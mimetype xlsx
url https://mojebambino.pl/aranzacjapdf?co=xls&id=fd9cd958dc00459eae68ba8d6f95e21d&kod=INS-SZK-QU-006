--- v0 (2025-10-06)
+++ v1 (2026-01-19)
@@ -15,308 +15,299 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>INS-SZK-QU-006 Sala szkolna Quadro w kolorystyce turkusowej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 17:32:40</t>
+    <t>z dnia 2026-01-19 15:17:50</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>109100</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane małe, szaro-błękitne</t>
   </si>
   <si>
-    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz tkaniną meditap, łatwą do utrzymania w czystości. Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz tkaniną PVC, łatwą do utrzymania w czystości. • wym. 40 x 40 x 40 cm</t>
+    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 40 x 40 x 40 cm</t>
   </si>
   <si>
     <t>092195-9</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - turkusowy pastel, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – turkusowy pastel, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>101863</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasny turkus</t>
   </si>
   <si>
     <t>B9030-56-23-SP-1AMC26-PA-P</t>
   </si>
   <si>
     <t>Stół T 70 x 50 rozm. 5-6, 1-os., stelaż turkusowy, blat klon jasny, obrzeże ABS, narożniki proste</t>
   </si>
   <si>
     <t xml:space="preserve">Stoły T występują w dwóch rozmiarach blatów: 1-osobowy (70 x 50 cm) i 2-osobowy (130 x 50 cm). Stoły bez regulacji wysokości dostępne w rozmiarach od 3 do 6, stoły z regulacją – w rozmiarach: 2–3, 3–4 i 5–6. Blaty dostępne w trzech wersjach płyty: – laminowanej o gr. 18 mm, w 6 odcieniach do wyboru: biały, klon jasny, klon 375, buk, szary oraz brzoza. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, klon, brzoza) o gr. 4 mm; – o gr. 25 mm, płyta wiórowa lub blat wykonany ze sklejki pokrytej trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję bez dodatkowego obrzeża. Narożniki w obu przypadkach mogą być proste lub zaokrąglone, natomiast przy blacie ze sklejki zawsze są zaokrąglone na całej powierzchni i lakierowane.  Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: oliwkowej, łososiowej, turkusowej, musztardowej, antracytowej i aluminium. Stoły są wyposażone w haczyki na tornister, plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz zatyczki chroniące stelaż przez zarysowaniem go podczas regulowania wysokości. </t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098838</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - morskie</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – morskie</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>056251</t>
   </si>
   <si>
-    <t>Dywan jednokolorowy - beżowy 2 x 3 m</t>
-[...2 lines deleted...]
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 300 cm</t>
+    <t>Dywan jednokolorowy – beżowy 2 x 3 m</t>
+  </si>
+  <si>
+    <t>Dywan o jednolitym kolorze, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym.. • wysokość runa: 7 mm • wym. 2 x 3 mNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 300 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>098859</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st. - turkusowy pastel</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Quadro – drzwiczki średnie 90 st. – turkusowy pastel</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
     <t>109005</t>
   </si>
   <si>
     <t>Gruszka mała błękitny pastel - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I• śr. 60 cm• wym. 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101919</t>
   </si>
   <si>
     <t>Poduszka ciemnoturkusowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109111</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane duże, szaro-turkusowe</t>
   </si>
   <si>
-    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz tkaniną meditap, łatwą do utrzymania w czystości. • wym. 120 x 40 x 40 cm</t>
+    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 120 x 40 x 40 cm</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm• wym. 126 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>092162</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z przegrodą, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z przegrodą, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 70,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>109110</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane duże, szaro-beżowe</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
-    <t>842207</t>
-[...7 lines deleted...]
-  <si>
     <t>092098</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - beżowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – beżowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>098837</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - turkusowy pastel</t>
+    <t>Quadro – drzwiczki małe 90 st. – turkusowy pastel</t>
   </si>
   <si>
     <t>109050</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. błękitny pastel</t>
   </si>
   <si>
     <t>094089</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - turkusowy pastel</t>
+    <t>Quadro – skrzynia duża – turkusowy pastel</t>
   </si>
   <si>
     <t>096973</t>
   </si>
   <si>
-    <t>Quadro - regał XL z 3 przegrodami i 3 półkami - klon jasny</t>
-[...2 lines deleted...]
-    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał XL z 3 przegrodami i 3 półkami – klon jasny</t>
+  </si>
+  <si>
+    <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>101918</t>
   </si>
   <si>
     <t>Poduszka jasnoturkusowa</t>
   </si>
   <si>
     <t>094144</t>
   </si>
   <si>
     <t>Krzesło T z regulowaną wysokością rozm. 5-6 turkusowe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym ze sklejki bukowej w kolorze naturalnym, o gr. 6 mm w rozmiarze 1-2 i 2-3 oraz 8 mm w rozmiarach 3-4 i 5-6. Stelaż został wykonany z rury płaskoowalnej o wym. 38 x 20 mm i 30 x 15 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a szerokie, zaokrąglone oparcie zapewnia wygodę. Podstawa w kształcie litery H zapewnia wysoką stabilność. Blat jest chroniony przed zarysowaniem 3 stopkami umieszczonymi pod siedziskiem. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normami PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-2, 2-3, 3-4, 5-6 • stelaż w 6 kolorach• wym. 42,9 x 45,9 x 85,2 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -394,51 +385,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3bab86afa6ec2a5cb8986ea8c9516b91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f14a2b5a38a664b53626d64d88baac2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26a5a159c20e747261077a72e4f54e33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1903976c3bae1613d02baee6decc26d64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4cb0af4207f649d80ed72c0e76c1a45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8999a37c5fcd64c763cc682b3782ac966.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a75842d9708e706f7f58201854aec4a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b5565528c31791afbaad7c75af63048.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc23961b372adf66715d068e48edcc29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f999873b1e7085ff3cc3abd65cd58b9810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97dde23598ac885425d7e57fb4e7ab1c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/248f2713a283b6cd530c47b8b43d49f412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae7c21708bf7745de71e3dd956d9b8413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cff9cdec8da189ef63bff0e1d6c06fa14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf1b83cc45643e9acd5e612b8e5090c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42025bd194ef1962689aa2e96a9fad3116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8092f4fef69d1828a6f6a40d813d6bfe17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1f7236cdd3110375f3313112c48316718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a3c9303c8363b392b52ba928ede660c19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244031c58254e51815e18e0d80df19eb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d0a0332e72ac678ea7c6170bc1094621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b58ebc96687279c55503a58b0900ffe722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39ad714464bab2df0886134bdafcbad23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdf8d8f11770e057723e74ba790ecec24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74711cd670f47976eca67d89872e127325.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6babd5b0a0731b369b0adae159e7c826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14d5aa2ab2927bf6a1c350c27a89f5e27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b7b56198d6be1e7ed4a5e9d3f35bc228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6beedd3af73e40d629b8eaa23657207c29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf39f4d6fec85eb87d25ba64a040a951.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd1e613a03ce4637e74f1c7f45fa612c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6896f920e98d20dae26cbd7cacd84e383.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa426ae38e91c8620d87b42e02bf07b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3832a747a2c1e04d377e3562cfcb73c45.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e92100082bf82dd134136feb173bff76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c90cb0518dbcefe38ab710501755fa7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7725e553c56eade9f0bf46706215ca58.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369b55ccf1fc594b97f5f16005edd5cb9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e08332231138720f49044bc281f62dd10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78966a1d141c6427f349792e61107f9111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4872c549c781edf5e40a71cf89e6efaf12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c138612ae713df982d0bcfc8827ee7c913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29608675c6bf684cff9b7b42ce66931114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2481e00042169b2b1eff759e06fc9a5415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d084e8fa6e5c4e0f46d7e63fac48e57516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f111a664d066446836c5f2f2f8e11f4e17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836be08f176b789b633b9c0d2465d54618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65d61314fac88c482cc5cb8287bab4319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ce15b9cbd974748fcab5dd6805c03020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75eacb057ae9e18b0e76907b46800db221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3abd09b3c22e723a4582c1829648589922.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c4c298bf459dca478217e56c2d384023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13496ace5c4ad9a327d77e03c2ab10424.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37959aba00524da8b1cfec9654e043825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8344a7bace29119d2c83c80a6435cda426.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11efa8185f052c7ac0cc6015873d4c627.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040daec0175bfe69e81c311a564747d728.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-SZK-QU-006" descr="Sala szkolna Quadro w kolorystyce turkusowej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -979,327 +970,297 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="842207" descr="842207"/>
+        <xdr:cNvPr id="20" name="092098" descr="092098"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="092098" descr="092098"/>
+        <xdr:cNvPr id="21" name="098837" descr="098837"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="098837" descr="098837"/>
+        <xdr:cNvPr id="22" name="109050" descr="109050"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="109050" descr="109050"/>
+        <xdr:cNvPr id="23" name="094089" descr="094089"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="094089" descr="094089"/>
+        <xdr:cNvPr id="24" name="096973" descr="096973"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="096973" descr="096973"/>
+        <xdr:cNvPr id="25" name="101918" descr="101918"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="101918" descr="101918"/>
+        <xdr:cNvPr id="26" name="094144" descr="094144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="094144" descr="094144"/>
+        <xdr:cNvPr id="27" name="092210" descr="092210"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="092210" descr="092210"/>
+        <xdr:cNvPr id="28" name="092187" descr="092187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1566,54 +1527,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F36" sqref="F36:G36"/>
+      <selection activeCell="F35" sqref="F35:G35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2048,251 +2009,230 @@
       <c r="E24" s="8">
         <v>16</v>
       </c>
       <c r="F24" s="10">
         <v>53.9</v>
       </c>
       <c r="G24" s="11">
         <v>862.4</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="8">
         <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>1099.9</v>
+        <v>549.9</v>
       </c>
       <c r="G25" s="11">
-        <v>1099.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="E26" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F26" s="10">
-        <v>549.9</v>
+        <v>119.9</v>
       </c>
       <c r="G26" s="11">
-        <v>549.9</v>
+        <v>239.8</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C27" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E27" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>119.9</v>
+        <v>249.9</v>
       </c>
       <c r="G27" s="11">
-        <v>239.8</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="C28" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="9" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>249.9</v>
+        <v>549.9</v>
       </c>
       <c r="G28" s="11">
-        <v>249.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
-        <v>549.9</v>
+        <v>1499.9</v>
       </c>
       <c r="G29" s="11">
-        <v>549.9</v>
+        <v>1499.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E30" s="8">
         <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>1499.9</v>
+        <v>59.9</v>
       </c>
       <c r="G30" s="11">
-        <v>1499.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
         <v>77</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F31" s="10">
-        <v>59.9</v>
+        <v>279.9</v>
       </c>
       <c r="G31" s="11">
-        <v>59.9</v>
+        <v>1119.6</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="E32" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F32" s="10">
-        <v>279.9</v>
+        <v>119.9</v>
       </c>
       <c r="G32" s="11">
-        <v>1119.6</v>
+        <v>239.8</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="80">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>81</v>
       </c>
-      <c r="C33" s="9" t="s">
+      <c r="D33" s="9" t="s">
         <v>82</v>
       </c>
-      <c r="D33" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F33" s="10">
-        <v>119.9</v>
+        <v>1349.9</v>
       </c>
       <c r="G33" s="11">
-        <v>239.8</v>
-[...4 lines deleted...]
-      <c r="B34" s="8" t="s">
+        <v>1349.9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="F35" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="C34" s="9" t="s">
-[...20 lines deleted...]
-        <v>19267.2</v>
+      <c r="G35" s="12">
+        <v>18167.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 