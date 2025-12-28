--- v0 (2025-10-31)
+++ v1 (2025-12-28)
@@ -20,105 +20,105 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>WIZ-STO-MB-0005 Stołówka Mila 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-31 23:05:08</t>
+    <t>z dnia 2025-12-28 16:55:29</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>044113</t>
   </si>
   <si>
-    <t>Tablica korkowa 100 x 150 cm - błękitna</t>
-[...2 lines deleted...]
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 150 cm</t>
+    <t>Tablica korkowa 100 x 150 cm – błękitna</t>
+  </si>
+  <si>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 100 x 150 cm</t>
   </si>
   <si>
     <t>092151</t>
   </si>
   <si>
-    <t>Quadro - regał L z 2 przegrodami i 2 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,8  x 41,5 x 124,2 cm</t>
+    <t>Quadro – regał L z 2 przegrodami i 2 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi drzwiczkami (098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) – w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092558-092563, 094006-094016, sprzedawane osobno) – w środkowej kolumnie. Od 2024 r. można zamocować je na 4 poziomach. Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) – w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) – w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 116,80 x 41,50 x 124,20 cm</t>
   </si>
   <si>
     <t>F011046-4-08-08</t>
   </si>
   <si>
     <t>Krzesło P rozm.  4 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym ze sklejki płaskiej o gr. 6 mm w rozmiarach 1-4 i 8 mm w rozmiarach 5-6. Kolorowy stelaż został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-2, 22 mm w rozmiarach 3-4 oraz 25 mm w rozmiarach 5-6. Zaokrąglony kształt oparcia zwiększa komfort użytkowania. Krzesła można stawiać jedno na drugim. Zgodne z normami PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-6 • stelaż w różnych kolorach • aluminium</t>
   </si>
   <si>
     <t>092218</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - pomarańczowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>819042</t>
   </si>
   <si>
     <t>Wózek 3-półkowy</t>
   </si>
   <si>
     <t>Wózek kelnerski do samodzielnego montażu, wykonany ze stali nierdzewnej, z półkami ze stali chromowanej, wyposażony w 4 skrętne, gumowe koła i 2 hamulce. • wym. półek 83 x 51 cm • wym. wózka 86 x 54 x 92 cm • maksymalne obciążenie 145 kg</t>
   </si>
   <si>
     <t>822091</t>
   </si>
   <si>
     <t>Widelec</t>
   </si>
   <si>
     <t>Widelec wykonany ze stali nierdzewnej 18/0. Możliwość mycia w zmywarce. • dł. 19,5 cm</t>
   </si>
   <si>
     <t>822002</t>
   </si>
   <si>
     <t>Talerz płaski Brush - zielony</t>
   </si>
@@ -137,51 +137,51 @@
   <si>
     <t>822090</t>
   </si>
   <si>
     <t>Łyżka</t>
   </si>
   <si>
     <t>Łyżka wykonana ze stali nierdzewnej 18/0. Możliwość mycia w zmywarce. • dł. 19 cm</t>
   </si>
   <si>
     <t>822003</t>
   </si>
   <si>
     <t>Talerz płaski Brush - żółty</t>
   </si>
   <si>
     <t>F011046-5-08-08</t>
   </si>
   <si>
     <t>Krzesło P rozm.  5 aluminium</t>
   </si>
   <si>
     <t>092213</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st.  - szare</t>
+    <t>Quadro – drzwiczki średnie 90 st. – szare</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -259,51 +259,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66abb7d81b8b0b961f6cb334511cd2101.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbbb640c625c7313149d2d70ceed18582.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15abe3dc4fd96257e145ab4c717a0f343.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d6a26ccf1e396fffa49ea1926d7f4a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6843f43f8fc868b27afc96129685b555.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cbc73ba270013cac2e143959e2e7b26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a2aa99ea99d99203fee728a38458af07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f296e9111d2f9fcaba76a15b9f82c08.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e325a9eb49d844e83c539c6fcbb6709.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b8ee57c113c3ec00fb76ea90417956610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9feeadc76f1efda7b87721f936533511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c80446501798d8dd49eabaff75725412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bafca98136f49558a0293f993f50698313.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c379336c57d4ce9e03d35aa9e6592a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0872e065fc7112368cc27e254abf651a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73809af344c15c02776ec2b05b8da5243.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bdd6bf5973dadc208def7e56ed04b234.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d692b58a51a5c8cf9dd4a4cadabf755.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261b24a9c614efcdf7b6388ac378afcd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027949c5bbf53eed69960508400be62f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56367513d361d5b5ee26ea499a243b878.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e90781782cfcec6e7c7c39fed648509.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a829e3b4efd768e1aaa22308fa7d169c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec97b0087d7a7433d4f0a7d593da8c411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429332bd8a5072b0895afd2b511e806512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4123e2fd96d5d7b4f4f7814f35aaa12e13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4953000" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-MB-0005" descr="Stołówka Mila 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>