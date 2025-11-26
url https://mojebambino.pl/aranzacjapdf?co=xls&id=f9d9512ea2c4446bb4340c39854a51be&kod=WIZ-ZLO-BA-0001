--- v0 (2025-10-03)
+++ v1 (2025-11-26)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>WIZ-ZLO-BA-0001 Sala Bajkowa Zagroda</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 22:42:16</t>
+    <t>z dnia 2025-11-26 12:20:29</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>126528</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. bielone, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
@@ -74,69 +74,72 @@
   <si>
     <t>100708</t>
   </si>
   <si>
     <t>Kącik Lodziarnia</t>
   </si>
   <si>
     <t>Kącik o wyglądzie lodziarni, z wysuwaną półką. Wykonany z płyty w tonacji brzozy o gr. 18 mm. Daszek i kółka z płyty MDF o gr. 12 mm, półka z płyty MDF o gr. 18 mm. Słupki z lakierowanej sklejki o gr. 18 mm • wym. całości 120 x 47 x 143 cm • blat o wym. 71,5 x 44,5 cm na wys. 62,5 cm • 15,5 cm powyżej blatu półka z białej płyty • dł. wysuwanej półki: 35 cm • wysuwana półka na wys. 58,5 cm.</t>
   </si>
   <si>
     <t>100893</t>
   </si>
   <si>
     <t>Przesuwanka Królik</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 40 x 76,5 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>100853</t>
   </si>
   <si>
     <t>Szafka Pingwin</t>
   </si>
   <si>
-    <t>Seria kolorowych szafek do wyposażenia kącików ekologicznych lub tematycznych, uzupełniających kolekcję Bajkową. Pozwalają na przechowywanie książek, gier, zabawek i pomocy dydaktycznych na półkach lub w pojemnikach, a umieszczone na nich sympatyczne aplikacje ożywią salę. Wykonane z płyty laminowanej w tonacji brzozy, o gr. 18 mm i kolorowej płyty MDF.• wym. 115 x 47,5 x 122 cm</t>
+    <t>Seria kolorowych szafek do wyposażenia kącików ekologicznych lub tematycznych, uzupełniających kolekcję Bajkową. Pozwalają na przechowywanie książek, gier, zabawek i pomocy dydaktycznych na półkach lub w pojemnikach, a umieszczone na nich sympatyczne aplikacje ożywią salę. Wykonane z płyty laminowanej w tonacji brzozy, o gr. 18 mm i kolorowej płyty MDF.• wym. 115 x 47,5 x 122 cm• wym. 115 x 47,50 x 122 cm</t>
   </si>
   <si>
     <t>101661</t>
   </si>
   <si>
     <t>Pufa śr. 40 cm - motyw trójkątów</t>
   </si>
   <si>
     <t>Okrągłe, wygodne pufy w ciekawej kolorystyce, z motywami kół, trójkątów lub strzałek, w dwóch różnych wielkościach (śr. 40 lub 80 cm). Wykonane z jednego kawałka pianki, pokrytej poliestrową tkaniną (Nord). • wys. 30 cmZdejmowane pokrycie, można prać w pralce (30°C).</t>
   </si>
   <si>
     <t>100895</t>
   </si>
   <si>
     <t>Duża szafa z aplikacją do zestawu Zagroda</t>
   </si>
   <si>
-    <t xml:space="preserve">Szafa z kolorową aplikacją, dostosowana do przechowywania segregatorów, uzupełnia kolekcję Bajkową. Wyposażona w przegrodę oraz 3 półki po każdej stronie. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. Drzwi wykonane z białej płyty laminowanej MDF o gr. 16 mm. Aplikacje na drzwiach z płyty laminowanej o gr. 12 mm. • szer. drzwi prawych 34,5 cm • szer. drzwi lewych 43,5 cm • wym. 82,5 x 40 x 156 cm </t>
+    <t>Szafa z kolorową aplikacją, dostosowana do przechowywania segregatorów, uzupełnia kolekcję Bajkową. Wyposażona w przegrodę oraz 3 półki po każdej stronie. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. Drzwi wykonane z białej płyty laminowanej MDF o gr. 16 mm. Aplikacje na drzwiach z płyty laminowanej o gr. 12 mm.
+• szer. drzwi prawych 34,5 cm
+• szer. drzwi lewych 43,5 cm
+• wym. 82,5 x 40 x 156 cm • wym. 82,50 x 40 x 156 cm</t>
   </si>
   <si>
     <t>101662</t>
   </si>
   <si>
     <t>Pufa śr. 80 cm - motyw trójkątów</t>
   </si>
   <si>
     <t>095956</t>
   </si>
   <si>
     <t>Cichy blat Plus prostokątny, 80 x 120 - beżowy</t>
   </si>
   <si>
     <t>Ciche blaty Plus są wykonane ze specjalnych materiałów, dzięki którym przedmioty na niego upuszczone są amortyzowane, a więc wywoływany przez nie hałas jest stłumiony. To sprawia, że stoły są idealną powierzchnią do zabaw cięższymi, twardymi przedmiotami, np. klockami. Blat wykonany z płyty wiórowej z warstwą korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS. Drewniane nogi z regulowaną wysokością są dostępne osobno (126528 lub 126540). • wym. 80 x 120 cm</t>
   </si>
   <si>
     <t>118703</t>
   </si>
   <si>
     <t>Taboret drewniany - wys. 21 cm</t>
   </si>
   <si>
     <t xml:space="preserve">Taborety mogą być wykorzystywane nie tylko jako miejsce do siedzenia dla małych dzieci, ale także jako element używany do gimnastyki lub terapii. Dziecko może np. przechodzić z jednego taboretu na drugi. Antypoślizgowa powierzchnia, kolor naturalny. Wykonane z lakierowanej sklejki. Taborety można sztaplować - maksymalnie 5 sztuk. • w 8 wysokościach • śr. siedziska 30 cm • rozstaw nóg 38 cm </t>
   </si>
@@ -152,78 +155,83 @@
   <si>
     <t>100892</t>
   </si>
   <si>
     <t xml:space="preserve">Przesuwanka Gąska </t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 30 x 70 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>118352-3</t>
   </si>
   <si>
     <t>Krzesło Filipek bielone, rozm. 3</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
   </si>
   <si>
     <t>101611</t>
   </si>
   <si>
     <t>Bujak Kurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wym. 77 (+13) x 30 x 54 cm• wys. siedziska 29 cm• waga: 2,9 kg• wykonane z wytrzymałej pianki • od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 77 (+13) x 30 x 54 cm• wys. siedziska 29 cm• waga: 2,9 kg• wykonane z wytrzymałej pianki • wym. 90 x 30 x 58 cm• od 3 lat</t>
   </si>
   <si>
     <t>101511</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnoszara, wys. 15 cm</t>
   </si>
   <si>
-    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokryte trwałą tkaniną meditap niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
+    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>101672</t>
   </si>
   <si>
     <t>Gruszka - motyw trójkątów</t>
   </si>
   <si>
     <t>Miękkie i wygodne gruszki wypełnione granulatem styropianowym, dopasowujące się kształtem do osoby siedzącej. Zewnętrzny pokrowiec z motywem trójkątów, kółek lub strzałek, wykonany z poliestrowiej tkaniny (Nord). • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).</t>
   </si>
   <si>
     <t>100832</t>
   </si>
   <si>
     <t>Zestaw mebli Zagroda - laminowany</t>
   </si>
   <si>
-    <t xml:space="preserve">Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm  • wys. najwyższego elementu 2,41 m Zestaw mebli zawiera:  • 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami  (wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm)  • Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją)  • Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem </t>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm  • wys. najwyższego elementu 2,41 m
+Zestaw mebli zawiera: 
+• 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami 
+(wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm) 
+• Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją) 
+• Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -301,51 +309,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbedb5f3e80044b21c7adc55ed5e9a321.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4195327d8c12030c4a567ea737f1ea42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b707d634a4d3d713e07800f44e04e6f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915effe2769d8f941f698f96ece350994.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5677e02c796625d283ec10056689be755.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a00730e590708134c61e9e3903c4f9ff6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f03b643bd25f7cc46c9625faefc2a07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/948235bc8a0f751cd6e81015a54bff598.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3b795c48a1e4d28d5452f3665fc0dc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c344722cb901dc3981369135419521ca10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ea06acbc989d9de26449356080680011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20a1d798ca277df94f4724a20af7b6d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ddf73cb1c4b8d48adea37713f5253b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b7ac0241c335d0be5c54a7efec1a32614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0d888c260438c11f9d9413af03e655615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284aef44f1f6a38b53b0d9a3f36c692916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cdb925a96d23c5056d69f3ed05ac41417.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c18321ff612a7791037afbfa25532201.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e578ff9515920923bbb26dba3e5bb42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff376c6ff91d1981c28f0abebe134cc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd7d7f2d26ab844abff245734e8348424.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b67682487542a5de861151e093999835.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540703ce1bd93e744e41c025616ef2856.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28d5699a07fc4308ea665a1fc4459af7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a51bfd0c3cc0eddf676e4bccf24ffc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6283030e942c27135e712a2c6782ba4b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c1a0285b2495750a45496364f2605010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ad3fe702902b136ed288eb7b74738b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25798ab1a91f4559ea6e9bee5646a25812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e206cfffc9f114d0a8183e04f2b0b813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c06e8f77c8e66557514002e7d67faff14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6bd558b172e52d9e24380d80569cb7015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ab48872ad345c07ce4ea2ab10ff12816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d3af63c3db4e1432a9b8574284c64317.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-BA-0001" descr="Sala Bajkowa Zagroda"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>