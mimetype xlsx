--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>WIZ-ZLO-BA-0001 Sala Bajkowa Zagroda</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 12:20:29</t>
+    <t>z dnia 2026-01-11 07:27:40</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>126528</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. bielone, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
@@ -92,146 +92,138 @@
   <si>
     <t>100853</t>
   </si>
   <si>
     <t>Szafka Pingwin</t>
   </si>
   <si>
     <t>Seria kolorowych szafek do wyposażenia kącików ekologicznych lub tematycznych, uzupełniających kolekcję Bajkową. Pozwalają na przechowywanie książek, gier, zabawek i pomocy dydaktycznych na półkach lub w pojemnikach, a umieszczone na nich sympatyczne aplikacje ożywią salę. Wykonane z płyty laminowanej w tonacji brzozy, o gr. 18 mm i kolorowej płyty MDF.• wym. 115 x 47,5 x 122 cm• wym. 115 x 47,50 x 122 cm</t>
   </si>
   <si>
     <t>101661</t>
   </si>
   <si>
     <t>Pufa śr. 40 cm - motyw trójkątów</t>
   </si>
   <si>
     <t>Okrągłe, wygodne pufy w ciekawej kolorystyce, z motywami kół, trójkątów lub strzałek, w dwóch różnych wielkościach (śr. 40 lub 80 cm). Wykonane z jednego kawałka pianki, pokrytej poliestrową tkaniną (Nord). • wys. 30 cmZdejmowane pokrycie, można prać w pralce (30°C).</t>
   </si>
   <si>
     <t>100895</t>
   </si>
   <si>
     <t>Duża szafa z aplikacją do zestawu Zagroda</t>
   </si>
   <si>
-    <t>Szafa z kolorową aplikacją, dostosowana do przechowywania segregatorów, uzupełnia kolekcję Bajkową. Wyposażona w przegrodę oraz 3 półki po każdej stronie. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. Drzwi wykonane z białej płyty laminowanej MDF o gr. 16 mm. Aplikacje na drzwiach z płyty laminowanej o gr. 12 mm.
-[...2 lines deleted...]
-• wym. 82,5 x 40 x 156 cm • wym. 82,50 x 40 x 156 cm</t>
+    <t>Szafa z kolorową aplikacją, dostosowana do przechowywania segregatorów, uzupełnia kolekcję Bajkową. Wyposażona w przegrodę oraz 3 półki po każdej stronie. Wykonana z płyty laminowanej w tonacji brzozy, o gr. 18 mm. Drzwi wykonane z białej płyty laminowanej MDF o gr. 16 mm. Aplikacje na drzwiach z płyty laminowanej o gr. 12 mm.• szer. drzwi prawych 34,5 cm• szer. drzwi lewych 43,5 cm• wym. 82,5 x 40 x 156 cm • wym. 82,50 x 40 x 156 cm</t>
   </si>
   <si>
     <t>101662</t>
   </si>
   <si>
     <t>Pufa śr. 80 cm - motyw trójkątów</t>
   </si>
   <si>
     <t>095956</t>
   </si>
   <si>
     <t>Cichy blat Plus prostokątny, 80 x 120 - beżowy</t>
   </si>
   <si>
-    <t>Ciche blaty Plus są wykonane ze specjalnych materiałów, dzięki którym przedmioty na niego upuszczone są amortyzowane, a więc wywoływany przez nie hałas jest stłumiony. To sprawia, że stoły są idealną powierzchnią do zabaw cięższymi, twardymi przedmiotami, np. klockami. Blat wykonany z płyty wiórowej z warstwą korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS. Drewniane nogi z regulowaną wysokością są dostępne osobno (126528 lub 126540). • wym. 80 x 120 cm</t>
+    <t>Ciche blaty Plus są wykonane ze specjalnych materiałów, dzięki którym przedmioty na niego upuszczone są amortyzowane, a więc wywoływany przez nie hałas jest stłumiony. To sprawia, że stoły są idealną powierzchnią do zabaw cięższymi, twardymi przedmiotami, np. klockami. Blat wykonany z płyty wiórowej z warstwą korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS. Drewniane nogi z regulowaną wysokością są dostępne osobno (126528 lub 126540). • wym. 80 x 120 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>118703</t>
   </si>
   <si>
     <t>Taboret drewniany - wys. 21 cm</t>
   </si>
   <si>
     <t xml:space="preserve">Taborety mogą być wykorzystywane nie tylko jako miejsce do siedzenia dla małych dzieci, ale także jako element używany do gimnastyki lub terapii. Dziecko może np. przechodzić z jednego taboretu na drugi. Antypoślizgowa powierzchnia, kolor naturalny. Wykonane z lakierowanej sklejki. Taborety można sztaplować - maksymalnie 5 sztuk. • w 8 wysokościach • śr. siedziska 30 cm • rozstaw nóg 38 cm </t>
   </si>
   <si>
     <t>100894</t>
   </si>
   <si>
     <t>Przesuwanka Pies</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 66,5 x 50 cm• wym. 66.5 x 50OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>100892</t>
   </si>
   <si>
     <t xml:space="preserve">Przesuwanka Gąska </t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 30 x 70 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>118352-3</t>
   </si>
   <si>
     <t>Krzesło Filipek bielone, rozm. 3</t>
   </si>
   <si>
-    <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
+    <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101611</t>
   </si>
   <si>
     <t>Bujak Kurka</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wym. 77 (+13) x 30 x 54 cm• wys. siedziska 29 cm• waga: 2,9 kg• wykonane z wytrzymałej pianki • wym. 90 x 30 x 58 cm• od 3 lat</t>
   </si>
   <si>
     <t>101511</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnoszara, wys. 15 cm</t>
   </si>
   <si>
     <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>101672</t>
   </si>
   <si>
     <t>Gruszka - motyw trójkątów</t>
   </si>
   <si>
     <t>Miękkie i wygodne gruszki wypełnione granulatem styropianowym, dopasowujące się kształtem do osoby siedzącej. Zewnętrzny pokrowiec z motywem trójkątów, kółek lub strzałek, wykonany z poliestrowiej tkaniny (Nord). • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).</t>
   </si>
   <si>
     <t>100832</t>
   </si>
   <si>
-    <t>Zestaw mebli Zagroda - laminowany</t>
-[...7 lines deleted...]
-• Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
+    <t>Zestaw mebli Zagroda – laminowany</t>
+  </si>
+  <si>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm • wys. najwyższego elementu 2,41 mZestaw mebli zawiera: • 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami (wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm) • Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją) • Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -309,51 +301,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c18321ff612a7791037afbfa25532201.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e578ff9515920923bbb26dba3e5bb42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff376c6ff91d1981c28f0abebe134cc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd7d7f2d26ab844abff245734e8348424.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b67682487542a5de861151e093999835.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/540703ce1bd93e744e41c025616ef2856.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28d5699a07fc4308ea665a1fc4459af7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a51bfd0c3cc0eddf676e4bccf24ffc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6283030e942c27135e712a2c6782ba4b9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c1a0285b2495750a45496364f2605010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ad3fe702902b136ed288eb7b74738b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25798ab1a91f4559ea6e9bee5646a25812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e206cfffc9f114d0a8183e04f2b0b813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c06e8f77c8e66557514002e7d67faff14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6bd558b172e52d9e24380d80569cb7015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ab48872ad345c07ce4ea2ab10ff12816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d3af63c3db4e1432a9b8574284c64317.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bd25df108a752499ebbee0d1c1c1021.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/598c52bd525e1298bc909f515b06e5fd2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65eeebea873437f7b877c13ec2044d643.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5dc7b6752921fb80f0bd5d31f0131954.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a33748360845294a24581ed09b496ed95.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e306eda4c23e1cfcde28b7de363ff2576.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acd91c8b80506573b7fd2ac24e72a307.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b9f9ca7d7edb261166ffcaf3f257878.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b082f4a6eb8fcd40e24e7817648ed059.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e336243186a9cbc0b476e86435a3316910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9dca50c6f29c8ad3a9483535d3e9bec11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0a9bf609c424ff069d47095afd595b912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0aa4a9b0d233563515d83d7b684404613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b0e30b88064f5144912893ca843c1414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1645e3c5df67d59b21cd4eb0a309b52815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84e31c72b635abcdb76213b0b35522916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77865ec44e4f9fd5ea1a687044a4a4117.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-BA-0001" descr="Sala Bajkowa Zagroda"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>