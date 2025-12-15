--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -20,327 +20,332 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-009 Sala przedszkolna Quadro w kolorystyce limonkowo-zielonych </t>
   </si>
   <si>
-    <t>z dnia 2025-10-28 10:23:51</t>
+    <t>z dnia 2025-12-15 05:01:20</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,50 x 35 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101583</t>
   </si>
   <si>
     <t>Materac Quadro 2 zielony, wys. 15 cm</t>
   </si>
   <si>
     <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z trudnopalnej pianki i trudnopalnej tkaniny. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• dł. boków 90; 78,5; 55,5; 41; 38,5 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>056051</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 140 cm - zielony</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 140 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 140 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101523</t>
   </si>
   <si>
     <t>Materac Quadro 1 jasnozielony, wys. 15 cm</t>
   </si>
   <si>
-    <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z pianki, pokrytej wysokiej jakości, bardzo wytrzymałą tkaniną trudnopalną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• dł. boków 25; 23,5; 63; 16; 78,5 cm</t>
+    <t>Piankowe materace w różnych kolorach, kształtach i rozmiarach. Wykonane z pianki, pokrytej wysokiej jakości, bardzo wytrzymałą tkaniną trudnopalną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. Parametry tkaniny: 100 % poliester; gramatura: 476 g/mb; tkanina zgodna z normą DIN 4102-1 (klasa palności B1) oraz EN-PN 1021-1.; ścieralność: 96 000 cykli.• dł. boków 25; 23,5; 63; 16; 78,5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101920</t>
   </si>
   <si>
     <t>Poduszka limonka</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>133591</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 limonkowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>B9002-01-08-LM31-P-SP-PA</t>
   </si>
   <si>
     <t xml:space="preserve">Stół Cichy prostokątny 140x70, szary, rozm.1 </t>
   </si>
   <si>
     <t>101849</t>
   </si>
   <si>
     <t>Bujak liść</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wykonany z wytrzymałej pianki• wym. 66 x 29 x 42 cm</t>
   </si>
   <si>
     <t>092296</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - limonkowa</t>
   </si>
   <si>
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>861093</t>
   </si>
   <si>
     <t>Fotel Shape jasnoszary</t>
   </si>
   <si>
-    <t>Wygodny fotel Shape, który swoim oryginalnym kształtem nadaje pomieszczeniom nowoczesnego wyglądu. Siedzisko i oparcie fotela wykonane w całości z ciętej pianki (40 kg/m3). Tapicerowany tkaniną materiałową powlekaną (odporność na ścieranie 300 000 cykli). Odporny na różnice temperatur i jest łatwy w czyszczeniu. Jest wodoodporny i w pełni zmywalny. • skład: powłoka zewnętrzna 100% winyl, baza 100% poliester • wym. 47 x 94 x 82 cm • wys. siedziska 43 cm</t>
+    <t>Wygodny fotel Shape, który swoim oryginalnym kształtem nadaje pomieszczeniom nowoczesnego wyglądu. Siedzisko i oparcie fotela wykonane w całości z ciętej pianki (40 kg/m3). Tapicerowany tkaniną materiałową powlekaną (odporność na ścieranie 300 000 cykli). Odporny na różnice temperatur i jest łatwy w czyszczeniu. Jest wodoodporny i w pełni zmywalny.
+• skład: powłoka zewnętrzna 100% winyl, baza 100% poliester
+• wym. 47 x 94 x 82 cm
+• wys. siedziska 43 cm</t>
   </si>
   <si>
     <t>109085</t>
   </si>
   <si>
     <t>Mała kanapa beżowa</t>
   </si>
   <si>
-    <t>Piankowe kanapy pokryte trwałą tkaniną meditap, wolną od ftalanów. • wym. 65 x 44,5 x 42 cm • wys. siedziska 20 cm</t>
+    <t>Piankowe kanapy pokryte trwałą tkaniną, wolną od ftalanów. • wym. 65 x 44,5 x 42 cm • wys. siedziska 20 cm• wym. 65 x 44,50 x 42 cm</t>
   </si>
   <si>
     <t>101952N</t>
   </si>
   <si>
     <t>Pufa Flora</t>
   </si>
   <si>
-    <t xml:space="preserve">Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm </t>
+    <t>Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>133604</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - limonkowe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>092195-2</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - limonkowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – limonkowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>372034</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - limonka</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - jasnoszary</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>099484</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny kwadratowy, limonkowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • wym. 65 x 65 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>146269</t>
   </si>
   <si>
     <t>EKO dekor - domek duży zielony</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092204</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - limonkowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – limonkowe</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -418,51 +423,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fa3ece358d9cad3faf353455e382e61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea94fa2bf4401d4b1618a37a72b3e602.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b018d3860f900027d4f29f21bb2cbf3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c22fce4e150f12a5648b1cda4fdf407d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8098ef149537b50c0400d83442686855.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798ae8fb0ccf81e5abf41d0072103b656.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d8acf6fe69ec66af0e47cacdc9ffe57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989606915fdbe61dc26d385965026ded8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d70b1d890978eeb753b9577b6c4f5c0c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c07b4558c876af6badd9edb72e0a8110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94426607343066e092c69e5b46eb5a2c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377c58ba760beeb886bd4adba64f04eb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880ce426035fcd8c6fdf5141515132ff13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff435619663454d7878a9cf0daf1253614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45eaabbc3e0ed6d79c774255d5dc591915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515c6a5e3d3a4fca0a68181fcb75128a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9cd0cd0b309a59d0acec45a845a3be217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118ccc3e7b0bd95d96bbb8fac2fc2cef18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178d510c34c742c95a5d6a85fc5b31f919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe3b7b67c269b9c0857d3e7f319e3e020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2a81a296f4bc199b4e23635499946421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1aee6a22e3613796c43c70145b7069b22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1df441f0793f6e7ada8eca48b97bc523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/429b3ae7853e0a3fd52031913e4c709b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2210a3d4dd52a934dadb094cce8dc4d25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d587b737296fe553b191c089df0f27926.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34954121a04199bdf82b09a5c090a66827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a8a808cc41e4ca61d14a7e8bf5357f28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fbaa9ae01252507321c0e4547e9be729.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9c40afdf53dd0eb62423af0240336330.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbb081c49d24873d33268e1b6763b5631.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06e3d2fd89f253faa597743c102947cf1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b069b67b9310f9b703050836d80bd1242.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcefece213bc9cbe2218458cbb0c53d93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29459bf8e90a88072f5f267e18b08b634.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ae7691538ceec02f81bcd9d3be55715.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b226ce130d76fae72cabc6284227996.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/446ebbe59c03203dc3aac61408cc44a07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234f662a3ba5c72aa8bbd0c5e7282ac68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adbbd9393f90244087395eccb1aa29689.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70fadb28fe8546b9c4ac14477871405a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ad62491bf8b7a4a0df2458a03c96a911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abba65dccb6e9216713d95b8e9e083b312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d929dd7e9c5181780df6167a76d4da13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db727e6a1cab3631d288b67e70b7422014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a062d5c77d0f35aeb8f9b6ce970010c815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b61cf4195f124f3c4664696db905d516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a11767b1cd32a298e3459a6425067c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed35a48c5c3898860d99e83c50299cd18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc61219e566b35c79f52818d8b1f008f19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fee3202d10bafcb1b629ff0938f633020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2b08b1c2c3670de1cf8fddf2028e321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39408590f8fd317d97e8c9fb937de3c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9955452725c765bdc4c67822d57cff1723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d097868cbefd667b2910f017c65dc924.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/743de4c3cab87f042d4c02d45b40d7bd25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2023f80e08764b6b2571af44f2023cd326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec92d100524808e9c1180a8ff3489da727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64405b5c6d06d74fd7b1231423f4dd9028.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9732471cccea3050c5a371588e77c7929.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fae77b20da401c00249286ea86f23430.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/367dfae94f20b3334a1470532c0c173c31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-009" descr="Sala przedszkolna Quadro w kolorystyce limonkowo-zielonych "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>