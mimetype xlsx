--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -20,123 +20,123 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>AR-ZEST5656-f-20 Gabinet dyrektora Kvadra 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 15:26:52</t>
+    <t>z dnia 2025-11-23 09:17:15</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D095028</t>
   </si>
   <si>
     <t>Szafa z witryną 155</t>
   </si>
   <si>
-    <t>Szafa wykonana z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażona w witrynę z aluminiową ramką i szkłem piaskowanym o gr. 4 mm oraz w metalowe nóżki w kolorze aluminium z regulacją poziomu. • 2 półki • wym. 80 x 42 x 155 cm• wym. 42 cm x 80 cm x 155 cm</t>
+    <t>Szafa wykonana z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażona w witrynę z aluminiową ramką i szkłem piaskowanym o gr. 4 mm oraz w metalowe nóżki w kolorze aluminium z regulacją poziomu. • 2 półki • wym. 80 x 42 x 155 cm• wym. 80 x 42 x 155 cm</t>
   </si>
   <si>
     <t>D095026</t>
   </si>
   <si>
     <t>Szafa 155</t>
   </si>
   <si>
     <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu.• 3 półki• wym. 80 x 42 x 155 cm</t>
   </si>
   <si>
     <t>048009</t>
   </si>
   <si>
     <t>Krzesło Visa alu szare</t>
   </si>
   <si>
     <t>Krzesła na metalowym stelażu w kolorze jasnoszarym,z  podłokietnikami. Obszerne, komfortowe siedziska i oparcia, dostępne w szerokiej gamie kolorystycznej, starannie wykonanie. Wygodne oraz praktyczne. Materiał 100% poliester. • szer. siedziska 47 cm • gł. siedziska 45 cm • wym. 53 x 49 x 83,5 cm</t>
   </si>
   <si>
     <t>098261</t>
   </si>
   <si>
     <t>Dostawka do biurka Kvadra - prawa - klon 375</t>
   </si>
   <si>
-    <t>Zaokrąglona dostawka do biurek Kvadra. Na dwóch nogach w kolorze aluminium, wyposażonych w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blat wykonany z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Dostępna w wariancie lewym lub prawym. • śr. 100 cm • zwiększa długość biurka o 69 cm • wys. 76 cm• Biurka Kvadra (D095001-D095005) sprzedawane oddzielnie</t>
+    <t>Zaokrąglona dostawka do biurek Kvadra. Na dwóch nogach w kolorze aluminium, wyposażonych w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blat wykonany z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Dostępna w wariancie lewym lub prawym. • śr. 100 cm • zwiększa długość biurka o 69 cm • wys. 76 cm• Biurka Kvadra (D095001-D095005) sprzedawane oddzielnie• śr. 100 cm• wym. 76 cm</t>
   </si>
   <si>
     <t>048205</t>
   </si>
   <si>
     <t>Krzesło obrotowe I-Line szare</t>
   </si>
   <si>
     <t>• Wyjątkowo szerokie oparcie i siedzisko zapewniające komfort siedzenia.• Siedzisko i oparcie tapicerowane tkaniną polipropylenową.• Regulowane podłokietniki (góra – dół).• Nowoczesna nylonowa podstawa.• Samohamowne kółka do powierzchni miękkich.  • Mechanizm  ERGON 2L – funkcje:- kąt pochylenia oparcia +20° do - 3°   - blokada oparcia w wybranej pozycji- regulacja wysokości oparcia za pomocą śruby- regulacja wysokości siedziska za pomocą podnośnika pneumatycznego</t>
   </si>
   <si>
     <t>D095002</t>
   </si>
   <si>
     <t>Biurko Kvadra 160 - klon 375</t>
   </si>
   <si>
-    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 160 x 80 x 76 cm• wym. 160 cm x 80 cm x 76 cm</t>
+    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 160 x 80 x 76 cm• wym. 160 x 80 x 76 cm</t>
   </si>
   <si>
     <t>096673</t>
   </si>
   <si>
     <t>Szafa ubraniowa Kvadra - klon 375</t>
   </si>
   <si>
     <t>Wysoka szafa ubraniowa z zamkiem. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375. Wieniec dolny i górny z płyty o gr. 25 mm. Po jednej stronie szafy drążek na wieszaki, a powyżej półka. Po drugiej stronie 4 półki • wym. półek: 36,8 x 55,4 x 33,6 cm• wym. 80 x 58 x 190 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -223,51 +223,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46664dfd18f8c262d62cbec1c1a67d3f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce1d97b479f09068e465cb5e0759e702.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5494a7020815f7daf471b16f696c9ad73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ea1a55acaf45173bdc94f0137bb59b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7709ba08356beab044f831c9372d435.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85fb298c6936ec36bc2c065d7e59dfa96.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30acf48a77e1326d3f18bf51a41f49177.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d9bae173b71acc5961bf59d7ebfbce58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60c29c4d4ffda0a19a8385041e6706d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7411dff6e402f2e1a8e1ca50ed0440a62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc6da6f302781ae001d7dca958e32bd43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17d5e6e1b52626ee0d53d940552630b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfdee24c5a5525e57220ea1d29d6c2d65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989b6059089bef91d2651b37de83e0f26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd49905a456b3cff8e028743a9bf27d77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045a7a190b2f11e1bd9591ac15c4037d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4276725" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-ZEST5656-f-20" descr="Gabinet dyrektora Kvadra 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>