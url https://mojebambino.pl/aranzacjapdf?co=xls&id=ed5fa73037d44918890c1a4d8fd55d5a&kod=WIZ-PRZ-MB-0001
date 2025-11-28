--- v0 (2025-10-03)
+++ v1 (2025-11-28)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>WIZ-PRZ-MB-0001 Sala przedszkolna z Piankową Lokomotywą</t>
   </si>
   <si>
-    <t>z dnia 2025-10-04 00:00:23</t>
+    <t>z dnia 2025-11-28 01:58:09</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
@@ -140,87 +140,93 @@
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw trójkątów</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
     <t>101720</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. żółte</t>
   </si>
   <si>
     <t>101717</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw rombów</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wys. siedziska 28 cm • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40,5 cm• od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
+• waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>118310</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesło Filipek bukowe ze stopką filcową rozm. 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
   </si>
   <si>
     <t>100832</t>
   </si>
   <si>
     <t>Zestaw mebli Zagroda - laminowany</t>
   </si>
   <si>
-    <t xml:space="preserve">Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm  • wys. najwyższego elementu 2,41 m Zestaw mebli zawiera:  • 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami  (wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm)  • Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją)  • Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem </t>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm  • wys. najwyższego elementu 2,41 m
+Zestaw mebli zawiera: 
+• 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami 
+(wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm) 
+• Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją) 
+• Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
   </si>
   <si>
     <t>100894</t>
   </si>
   <si>
     <t>Przesuwanka Pies</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 66,5 x 50 cm• wym. 66.5 x 50OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>196063</t>
   </si>
   <si>
-    <t>Makatka Lista obecności i humoru - pociąg</t>
-[...2 lines deleted...]
-    <t>Pomoc mająca na celu uczenie dzieci rozpoznawania i nazywania emocji (własnych i kolegów). Wykonana w formie welurowej makatki, na której dzieci mogą każdego dnia przypinać wizytówkę ze swoim imieniem pod jednym z czterech obrazków określających nastrój (radość, smutek, złość, lęk). Jest to także lista obecności. Ostatni wagon w kształcie tortu jest sposobem na uhonorowanie jubilata. Świeczki są ruchome i można je przyczepiać wg potrzeb - tyle, ile dziecko ma lat. • wym. ciuchci 54 x 35 cm • wym wagoników 37 x 33 i 31 x 33 cm • wym. tortu 32 x 35 cm • 30 wizytówek • 1 identyfikator grupy • 7 świeczek• od 3 miesiąca</t>
+    <t>Makatka Lista obecności i humoru – pociąg</t>
+  </si>
+  <si>
+    <t>Pomoc mająca na celu uczenie dzieci rozpoznawania i nazywania emocji (własnych i kolegów). Wykonana w formie welurowej makatki, na której dzieci mogą każdego dnia przypinać wizytówkę ze swoim imieniem pod jednym z czterech obrazków określających nastrój (radość, smutek, złość, lęk). Jest to także lista obecności. Ostatni wagon w kształcie tortu jest sposobem na uhonorowanie jubilata. Świeczki są ruchome i można je przyczepiać według potrzeb – tyle, ile dziecko ma lat. • wym. ciuchci 54 x 35 cm • wym wagoników 37 x 33 i 31 x 33 cm • wym. tortu 32 x 35 cm • 30 wizytówek • 1 identyfikator grupy • 7 świeczek• od 3 lat</t>
   </si>
   <si>
     <t>101420</t>
   </si>
   <si>
     <t>Piankowy domek</t>
   </si>
   <si>
     <t>Piankowa konstrukcja w kształcie domku tworzy wspaniały i bezpieczny plac zabaw dla najmłodszych. Elementy połączone na rzepy. • wym. 104 x 100 x 130 cm • wym. materaca 123 x 123 cm • wym. drzwi 85 x 85 cm • wym. okna 30 x 38 cm• wykonany z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu</t>
   </si>
   <si>
     <t>096679</t>
   </si>
   <si>
     <t>Kącik Kawiarenka</t>
   </si>
   <si>
     <t xml:space="preserve">Kącik Kawiarenka daje wiele możliwości zabawy z odgrywaniem ról. Staranne wykonanie i ciekawe kolory sprawią, że będzie też estetyczną dekoracją sali. Daszek kącika wykonany z tkaniny. Drewniana rama. Elementy daszka oraz koła o śr. 53 cm wykonane z lakierowanej sklejki o gr. 18 mm. Blat wykonany z białej foliowanej płyty MDF o gr. 16 mm. Tabliczka z powierzchnią ścieralną o wym. 40 x 25 cm wykonana z czerwonej płyty MDF o gr. 12 mm.  • blat o wym. 118 x 48 cm na wys. 61,5 cm. </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -316,51 +322,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e76db0f386aae2e92199d550e2d7c81.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0beae13b0fd8d9b8e7d38691a1106dcb2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca58968a4408dde66cb96ac3002b62c33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f296b0575ee5e4fdf92d0da9ee8f6e794.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eb40565d49daf2a4d8a9f8cf2c7fd245.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3902c4ceedebde5eca0687115e1c8fb6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3a539df2d2736a4dcb3aa837fa834d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30225f0b9901726639a50b911168f1968.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8de8b93f9394fe051fa0da94158d469.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bf345d34a231b7b839d715a2e8594ab10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a76208b5665b97497c9e723eae3c29611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee431c60ac1950e7b4fdcae3293b5f5512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87dad9f1899eabc8a7fbcbf0ff1fb88613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0c58b681dbeb73c72edb4ee826812b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f98e75b676d633ed388524e69de9e415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b1ff76d9a4e6793b164f0343e979b016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7ec68942d70b116f846e54ee3cc62517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/616b1850e03d26a72f1ec7da2163d11818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d252607548cb2d2f99954dc416a735c19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685abe0d2ec1930c84a9716c3bc5e2c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d1946f780549663c95c20e456eb0372.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0719b7ee984fd7f33777ee142f0e81d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fff190df16e295b0cdf808a79ffe6ca4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffa42533f1afa55f04098ecd93074fe5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c34d4c778d357738179a1e3648130a56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7207a76cd32da00e609de94e37148f1c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5f743d0d86581c67160844dce173918.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712ad88a79e29897f743f739dc2b46fd9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e44e26c5c0fa53beb393414a7e294010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa81802aacc2a612f6433ebfdc6b7ddc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1ecdc7c194fe87f4b0e9ab69cbf00f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2af8985617dae62e91dc3cd3a5bb3413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e627494612ffb1234ae13e9d4d8d04c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c1ed30754bbc234accbb3ff1f5c23615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e691b05e7a4bdd5e94632351616b39816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c06638989e3a29d97ba111e108cd8b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e1514a43105b3819c0b11205150e7518.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fca1758e5e20ecb86e905c6b7dea0719.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0001" descr="Sala przedszkolna z Piankową Lokomotywą"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>