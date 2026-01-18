--- v1 (2025-11-28)
+++ v2 (2026-01-18)
@@ -15,200 +15,186 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>WIZ-PRZ-MB-0001 Sala przedszkolna z Piankową Lokomotywą</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 01:58:09</t>
+    <t>z dnia 2026-01-18 15:30:15</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
   <si>
-    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cm</t>
+    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>048009</t>
   </si>
   <si>
     <t>Krzesło Visa alu szare</t>
   </si>
   <si>
     <t>Krzesła na metalowym stelażu w kolorze jasnoszarym,z  podłokietnikami. Obszerne, komfortowe siedziska i oparcia, dostępne w szerokiej gamie kolorystycznej, starannie wykonanie. Wygodne oraz praktyczne. Materiał 100% poliester. • szer. siedziska 47 cm • gł. siedziska 45 cm • wym. 53 x 49 x 83,5 cm</t>
   </si>
   <si>
     <t>542029</t>
   </si>
   <si>
     <t>Tabliczka ścienna - krowa</t>
   </si>
   <si>
     <t>Tabliczki w kształcie sympatycznych zwierzątek z aplikacjami sensorycznymi. Wykonane z kolorowej płyty MDF o gr. 15 mm, do przykręcenia do ściany. Elementy manipulacyjne stymulują zmysł dotyku i rozwijają sprawność motoryczną, ciekawa kolorystyka przyciąga wzrok, niektóre aplikacje wydają również dźwięki. Elementy montażowe w zestawie.  Krowa posiada 3 obracane kółka z wzorami wywołującymi ciekawe złudzenia optyczne, gdy wprawimy koła w ruch. • śr. kół: 15,1; 12,6; 10,1 i 9,1 cm • odstaje od ściany na 3 cm • wym. 36 x 55 cm• od 12 miesięcyOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>101739</t>
   </si>
   <si>
     <t>Poducha Sowa</t>
   </si>
   <si>
     <t>Siedzisko obszyte tkaniną Bardo (65% poliester, 35% bawełna), wypełnione paskami pianki poliuretanowej. • wym. 147 x 180 x 20 cmPokrycie łatwe w czyszczeniu, zdejmowane i nadające się do prania. Uwaga: jako włókno naturalne, bawełna może się nieznacznie skurczyć podczas prania.</t>
   </si>
   <si>
     <t>100892</t>
   </si>
   <si>
     <t xml:space="preserve">Przesuwanka Gąska </t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 30 x 70 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
-    <t>095445</t>
-[...7 lines deleted...]
-  <si>
     <t>101421</t>
   </si>
   <si>
     <t>Piankowa Lokomotywa</t>
   </si>
   <si>
-    <t>Zestaw pianek składający się z 15 części (w tym 6 kół). Elementy tworzą wielobarwną lokomotywę, która zachęci dzieci do ćwiczeń i rozwijania swojej koordynacji ruchowej. • wym. po złożeniu 160 x 60 x 117 cm • wym. elem. od 50 x 50 x 40 cm do 25 x 10 cm• wykonana z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu • elementy połączone na rzepy</t>
+    <t>Zestaw pianek składający się z 15 części (w tym 6 kół). Elementy tworzą wielobarwną lokomotywę, która zachęci dzieci do ćwiczeń i rozwijania swojej koordynacji ruchowej. • wym. po złożeniu 160 x 60 x 117 cm • wym. elem. od 50 x 50 x 40 cm do 25 x 10 cm• wykonana z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu • elementy połączone na rzepySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101716</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw trójkątów</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
     <t>101720</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. żółte</t>
   </si>
   <si>
     <t>101717</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw rombów</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
 • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>118310</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesło Filipek bukowe ze stopką filcową rozm. 2 </t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 1-4 • 6 kolorów </t>
   </si>
   <si>
     <t>100832</t>
   </si>
   <si>
-    <t>Zestaw mebli Zagroda - laminowany</t>
-[...7 lines deleted...]
-• Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
+    <t>Zestaw mebli Zagroda – laminowany</t>
+  </si>
+  <si>
+    <t>Meble wykonane z płyty laminowanej o gr. 18 mm w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty MDF, laminowanej lub lakierowanej. • dł. zestawu 3,45 m • gł. szafek 45 cm • wys. najwyższego elementu 2,41 mZestaw mebli zawiera: • 3 szafki o wym. 75 x 40 x 87 cm, w tym 2 z drzwiczkami (wys. szafek z aplikacjami: krówka – 156 cm, owieczka – 135 cm, płotek – 96,5 cm) • Szafkę słupek o wym. 45 x 40 x 156 cm (241 cm z aplikacją) • Nadstawkę o wym. 75 x 40 x 42 cm (99 cm z aplikacją), z wysuwanym pojemnikiem • wym. 345 x 40 x 241 cm• długość zestawu: 3,45 m</t>
   </si>
   <si>
     <t>100894</t>
   </si>
   <si>
     <t>Przesuwanka Pies</t>
   </si>
   <si>
     <t>Kolorowe aplikacje z płyty MDF, do zamocowania na ścianę. Stanowią dekorację sali, jak również pełnią funkcję panelu manipulacyjnego, usprawniającego motorykę ręki dziecka.• wym. 66,5 x 50 cm• wym. 66.5 x 50OSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Zawiera ruchome elementy.Ryzyko skaleczenia.</t>
   </si>
   <si>
     <t>196063</t>
   </si>
   <si>
     <t>Makatka Lista obecności i humoru – pociąg</t>
   </si>
   <si>
     <t>Pomoc mająca na celu uczenie dzieci rozpoznawania i nazywania emocji (własnych i kolegów). Wykonana w formie welurowej makatki, na której dzieci mogą każdego dnia przypinać wizytówkę ze swoim imieniem pod jednym z czterech obrazków określających nastrój (radość, smutek, złość, lęk). Jest to także lista obecności. Ostatni wagon w kształcie tortu jest sposobem na uhonorowanie jubilata. Świeczki są ruchome i można je przyczepiać według potrzeb – tyle, ile dziecko ma lat. • wym. ciuchci 54 x 35 cm • wym wagoników 37 x 33 i 31 x 33 cm • wym. tortu 32 x 35 cm • 30 wizytówek • 1 identyfikator grupy • 7 świeczek• od 3 lat</t>
   </si>
   <si>
     <t>101420</t>
   </si>
   <si>
     <t>Piankowy domek</t>
   </si>
@@ -322,51 +308,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4685abe0d2ec1930c84a9716c3bc5e2c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d1946f780549663c95c20e456eb0372.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0719b7ee984fd7f33777ee142f0e81d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fff190df16e295b0cdf808a79ffe6ca4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffa42533f1afa55f04098ecd93074fe5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c34d4c778d357738179a1e3648130a56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7207a76cd32da00e609de94e37148f1c7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5f743d0d86581c67160844dce173918.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712ad88a79e29897f743f739dc2b46fd9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e44e26c5c0fa53beb393414a7e294010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa81802aacc2a612f6433ebfdc6b7ddc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1ecdc7c194fe87f4b0e9ab69cbf00f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2af8985617dae62e91dc3cd3a5bb3413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e627494612ffb1234ae13e9d4d8d04c14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c1ed30754bbc234accbb3ff1f5c23615.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e691b05e7a4bdd5e94632351616b39816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c06638989e3a29d97ba111e108cd8b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e1514a43105b3819c0b11205150e7518.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23fca1758e5e20ecb86e905c6b7dea0719.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3184ac7f091af6dbbb2921f1ce87ebe21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f85e22849a042ac7bb0ba7a2f7e546be2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33f8e69161f3d1abd1a1ea5ae6a81fb33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afd27316be97dec773013e4b4b12dde4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5fc64ba17ce365b565f39933a18305e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f486a0cccf68e913ca51da7f9f62e1f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f200082adb6a2acab9e5889be63fe37.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c064837d08b03070815ae4d91fae3e68.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d88cc9d6c9c4547274186ebb41359a5a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c5c6909ae4248b4ecff69f965600dcf10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7046fe76a6e3897e40a217754aa1b3c211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19885d46940ae45572e1cde3e21ba9ae12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf811f22a00cded7d73005e08eaf72e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5911735c7067aae9d1030e0298b2c9f414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba9d346084180e22191038ffa84e4c215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8df8aea8df250d7ac18e8d39e57df116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92994549ea0e58cd013e0f008939094117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b66c2c8e4909170fed24689820bd3518.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0001" descr="Sala przedszkolna z Piankową Lokomotywą"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -547,387 +533,357 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="095445" descr="095445"/>
+        <xdr:cNvPr id="8" name="101421" descr="101421"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="101421" descr="101421"/>
+        <xdr:cNvPr id="9" name="101716" descr="101716"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="101716" descr="101716"/>
+        <xdr:cNvPr id="10" name="101720" descr="101720"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="101720" descr="101720"/>
+        <xdr:cNvPr id="11" name="101717" descr="101717"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="101717" descr="101717"/>
+        <xdr:cNvPr id="12" name="101745" descr="101745"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="101745" descr="101745"/>
+        <xdr:cNvPr id="13" name="118310" descr="118310"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="118310" descr="118310"/>
+        <xdr:cNvPr id="14" name="100832" descr="100832"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="100832" descr="100832"/>
+        <xdr:cNvPr id="15" name="100894" descr="100894"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="100894" descr="100894"/>
+        <xdr:cNvPr id="16" name="196063" descr="196063"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="196063" descr="196063"/>
+        <xdr:cNvPr id="17" name="101420" descr="101420"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="101420" descr="101420"/>
+        <xdr:cNvPr id="18" name="096679" descr="096679"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1194,54 +1150,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25:G25"/>
+      <selection activeCell="F24" sqref="F24:G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1403,293 +1359,272 @@
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
         <v>259.9</v>
       </c>
       <c r="G11" s="11">
         <v>259.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>949.9</v>
+        <v>2399.9</v>
       </c>
       <c r="G12" s="11">
-        <v>949.9</v>
+        <v>2399.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F13" s="10">
-        <v>2399.9</v>
+        <v>139.9</v>
       </c>
       <c r="G13" s="11">
-        <v>2399.9</v>
+        <v>279.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E14" s="8">
         <v>2</v>
       </c>
       <c r="F14" s="10">
         <v>139.9</v>
       </c>
       <c r="G14" s="11">
         <v>279.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="9" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E15" s="8">
         <v>2</v>
       </c>
       <c r="F15" s="10">
         <v>139.9</v>
       </c>
       <c r="G15" s="11">
         <v>279.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="D16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F16" s="10">
-        <v>139.9</v>
+        <v>429.9</v>
       </c>
       <c r="G16" s="11">
-        <v>279.8</v>
+        <v>429.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>40</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>429.9</v>
+        <v>279.9</v>
       </c>
       <c r="G17" s="11">
-        <v>429.9</v>
+        <v>279.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>279.9</v>
+        <v>4199.9</v>
       </c>
       <c r="G18" s="11">
-        <v>279.9</v>
+        <v>4199.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>4199.9</v>
+        <v>249.9</v>
       </c>
       <c r="G19" s="11">
-        <v>4199.9</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>249.9</v>
+        <v>679.9</v>
       </c>
       <c r="G20" s="11">
-        <v>249.9</v>
+        <v>679.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>679.9</v>
+        <v>3699.9</v>
       </c>
       <c r="G21" s="11">
-        <v>679.9</v>
+        <v>3699.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>3699.9</v>
+        <v>1799.9</v>
       </c>
       <c r="G22" s="11">
-        <v>3699.9</v>
-[...4 lines deleted...]
-      <c r="B23" s="8" t="s">
+        <v>1799.9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="F24" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="C23" s="9" t="s">
-[...20 lines deleted...]
-        <v>18787.7</v>
+      <c r="G24" s="12">
+        <v>17837.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 