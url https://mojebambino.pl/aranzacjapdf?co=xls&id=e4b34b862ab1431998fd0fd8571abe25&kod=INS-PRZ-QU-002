--- v0 (2025-11-17)
+++ v1 (2026-01-11)
@@ -20,343 +20,344 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-002 Sala przedszkolna Quadro w kolorystyce łososiowej </t>
   </si>
   <si>
-    <t>z dnia 2025-11-17 10:29:15</t>
+    <t>z dnia 2026-01-11 17:35:07</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>092195-6</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - łososiowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – łososiowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>092211</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - brązowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – brązowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>842204</t>
   </si>
   <si>
     <t>EKO dekor - domek duży - łososiowy</t>
   </si>
   <si>
-    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm </t>
+    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm
+</t>
   </si>
   <si>
     <t>101222N-2</t>
   </si>
   <si>
     <t>Mata narożna Ptaszek - łososiowa</t>
   </si>
   <si>
     <t>Mata narożna wypełniona gąbką, obszyta poliestrową tkaniną (Loca). Można prać w pralce w temp. 30 stopni.Granulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wym. 195 x 173 x 22 cm</t>
   </si>
   <si>
     <t>094085</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - jasnobrązowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – jasnobrązowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101892</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna musztardowa</t>
   </si>
   <si>
-    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
+    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • dł. boku 30 cm • wys. 42 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>552021</t>
   </si>
   <si>
     <t>Piankowe klocki Kasi, 48 elem.</t>
   </si>
   <si>
-    <t>Klocki wykonane z pianki EVA, czyli przyjaznego dla środowiska materiału, który charakteryzuje się lekkością oraz wytrzymałością i odpornością na zużycie. Uczą rozpoznawania kształtów, rozwijają wyobraźnię, umiejętności motoryczne, a także koordynację wzrokowo-ruchową. Łączniki dołączone do klocków pozwalają tworzyć trwałe konstrukcje. • 48 elem. o wym. od 7 x 7 x 3,5 cm do 7 x 7 x 28 cm• od 3 lat</t>
+    <t>Zestaw piankowych klocków wykonanych z pianki EVA - przyjaznego dla środowiska materiału, który charakteryzuje się lekkością oraz wytrzymałością i odpornością na zużycie. Uczą rozpoznawania kształtów, rozwijają wyobraźnię, umiejętności motoryczne, a także koordynację ręka-oko. Klocki oferują wiele możliwości tworzenia przeróżnych kombinacji budynków.• 48 elem. o wym. od 7 x 7 x 3,5 cm do 7 x 7 x 28 cm• od 3 lat</t>
   </si>
   <si>
     <t>109013</t>
   </si>
   <si>
     <t>Poduszka ciemnobeżowa</t>
   </si>
   <si>
     <t>098834</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - łososiowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – łososiowe</t>
   </si>
   <si>
     <t>109055</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. łososiowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - jasnoszary</t>
+    <t>Pojemnik płytki 1 – jasnoszary</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 35,50 x 34,50 x 35 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>094086</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - łososiowa</t>
+    <t>Quadro – skrzynia duża – łososiowa</t>
   </si>
   <si>
     <t>372078</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 ciemnobeżowy</t>
   </si>
   <si>
     <t>133600</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - łososiowe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm• wym. 126 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>133571</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 łososiowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>094110</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami - jasnobrązowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami – jasnobrązowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
     <t>099366</t>
   </si>
   <si>
-    <t>Blat Flexi okrągły 120 - biały</t>
-[...2 lines deleted...]
-    <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru, sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek bukowe (092790-092797),  nogi okrągłe o śr. 55 mm bez kółek bielone (099367-099373) lub mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• śr. 120 cm</t>
+    <t>Blat Flexi okrągły 120 – biały</t>
+  </si>
+  <si>
+    <t>Blaty wykonane są ze sklejki o gr. 25 mm, pokrytej kolorowym laminatem HPL. Rogi blatów zostały delikatnie zaokrąglone. Do wyboru są trzy rodzaje nóg w siedmiu długościach, sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek w kolorze bukowym (092790-092797), nogi okrągłe o śr. 55 mm bez kółek w kolorze bielonym (099367-099373) oraz wersja mix – dwie nogi z kółkami i dwie nogi bez kółek (092798-092805). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• śr. 120 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855229</t>
   </si>
   <si>
     <t>Pufa Star - beżowa</t>
   </si>
   <si>
     <t>Nowoczesne siedziska w ciekawym kształcie do świetlic, sal i korytarzy szkolnych. Piankowe siedzisko na drewnianym stelażu pokryte trudnopalną tkaniną tapicerską, która jest łatwa do utrzymania w czystości. • wym. 90 x 60 x 44 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>056187</t>
   </si>
   <si>
-    <t>Dywan jednokolorowy - łososiowy 2 x 3 m</t>
-[...2 lines deleted...]
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 cm x 200 cm</t>
+    <t>Dywan jednokolorowy – łososiowy 2 x 3 m</t>
+  </si>
+  <si>
+    <t>Dywan o jednolitym kolorze, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym.. • wysokość runa: 7 mm • wym. 2 x 3 mNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 x 200 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092790</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi - wys. 40 cm</t>
   </si>
   <si>
     <t>Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. • śr. 5,30 cm</t>
   </si>
   <si>
     <t>094189</t>
   </si>
   <si>
     <t>Blat Quadro biały okrągły, łososiowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120.00 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -452,51 +453,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a74c59190e267a642941537249a58f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8d382479272656371ced97e006588962.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd34cfa674a610d7f90b690203d21fee3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3788dca6fd64c67e46eb5bef2f26427d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd9396d5de3a5da0f958a71c4b3fa415.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f39a1aed16e7fb56dced284fb524cc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aaca80b09bd1b44667e9a980e3ffc237.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31daa1761b6ef23bd7fcffee0920b8798.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ecbf67c24bbadb9ed0a72ae419597e49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0640a3e6285652d86ff22228fedeb57010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c28a45a3b625c672ebf44c220d86c511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c2012d7990d60d974d594d98dd92ef12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d4db69c1dc739bc6f17acb2c203ac513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d264086810ea608475f5db1f0a31975914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50bcdfaf0d38b54f89f88db525c964b15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64203d888ad966cbcf56477ebf8fc3d816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0da2725bcfedff74e57a00e7ec5dcc17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7d13f699dd2eb3846a2d29f03ee3b418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7b81157bde9c39e189d53f43656e1a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b05daef546a13500e32766a2933c19620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efd2b047d33f24ab3dbb68073971da0021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428f1ff31700ed83967eddb84e6a46d22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8757480a2d084e7cfcca5deb7640421a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75334ccde424dcffcd95866a69e0eac524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf71f15d8086c466ed8054d4eafc35d625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103ada3b750e9768861a8f89ff5d13e326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d837221f6cb57d2218d972c37142b2f27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f233529865d033575e40302af87d86c928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a108f3114420914e2eb8a4c086ed510d29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd3828e98bc7bb42915aa3d1d468a07830.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9190d3f7b9802e53cb7b27141a3eedd931.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b30d2a4b7333fe6c490278b5ed5b09532.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0346c41eeecb66e33270ce8f23de4e233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fdb6ede79e7e53808a418acf38ecac34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227896cd6bbf7aafbc65974cd5b39e7435.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad063405e5d0507c339cf67831c7042036.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87b281434abde0ed437bd9a577ab7071.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728ac6001d17f49f0feaa2e0e07e6a942.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8500a4b00b7fffa3f475891e006b75aa3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2781ad4c2d906d1c7d0228a23250e1074.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf80f543dcfe4ff2a7750347ff6f592a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0522caae7f76b041369c52d845ffd686.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbffeb1e3cfa134a0080c6b471c3e457.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70ab9685b2410dd4ab4bca320a99a548.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb80f3c1c04a5d9737f9f67fc1f999e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99775a8c367f8efef28c14536c95a0f010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2133add5bfbb17d8bfe240a01eb9a84011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe0c18bd0bda97f1026699589bdf6ac12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b01714e5bda93c29edb6fd3d932632e13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0bfe836fd714c3893925a12d0815bf14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f75454c0d4212b39d52ed393d30fba3415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57798aafe75d1272f06699dc952e0f2c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09d8ce488fbf338e7120173afbb484517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f3f5d4c77be650c154a1c9724fa7a618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c0d319093c3f53a752f9f82419e89b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584df7422033b87d95baf9b74b200b8720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8f63a6c4c6341e1261770995d69b3e21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469350e83af2b1135923b0a9397e0aed22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdd0fdb8347ae7bb5d2f2dc10c9967823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8ffc5259a1a7efc1a4e4c0f274f18b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c242ab00f4b0076ced884d2d8190221d25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee77aaaf18f2cfa598157d339a6dee4726.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2b637ddb2682d7ab8c60b7b237e8be27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c46e4755161b8904f749a35cc1c31a528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa64af8a3ce35a22d6824ed93a8895f29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7093f206bc723309bbacd222732b99230.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bae21625d3130754e1640145c2d4a8131.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9d13ece76a24e6eb38b5f58396e94032.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150d5d6917641008cf0314a0c8bdcf4933.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e385af364a5baa03b3e9bf796a1c6fe34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f14bc0b09add07db7d8211cf02d76a35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df528bcb891190326bf38c09dbb067936.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-002" descr="Sala przedszkolna Quadro w kolorystyce łososiowej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>