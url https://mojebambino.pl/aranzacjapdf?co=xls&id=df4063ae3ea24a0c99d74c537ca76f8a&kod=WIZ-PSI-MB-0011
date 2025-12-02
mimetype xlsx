--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -19,267 +19,268 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>WIZ-PSI-MB-0011 Sala doświadczania świata 3</t>
   </si>
   <si>
-    <t>z dnia 2025-10-16 13:47:32</t>
+    <t>z dnia 2025-12-02 22:40:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>566005</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy 2,5 m, 150 wiązek</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy daje ciekawe efekty świetlne. Mogą stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cm</t>
   </si>
   <si>
     <t>855406</t>
   </si>
   <si>
     <t>Basen narożny biały</t>
   </si>
   <si>
-    <t>Stabilny basen wykonany z pianki poliuretanowej pokrytej bezftalanowym meditapem - materiałem łatwym do utrzymania w czystości, o przyjemnej w dotyku powierzchni. Dostępny w kilku wersjach.Do basenu należy dokupić piłeczki (131005-131016). Do basenu zmieści się 1000 piłeczek. • wym. 160 x 160 x 40 cm</t>
+    <t>Stabilny basen wykonany z pianki poliuretanowej pokrytej bezftalanową tkaniną, łatwą do utrzymania w czystości, o przyjemnej w dotyku powierzchni. Dostępny w kilku wersjach.Do basenu należy dokupić piłeczki (131005-131016). Do basenu zmieści się 1000 piłeczek.
+• wym. 160 x 160 x 40 cm</t>
   </si>
   <si>
     <t>ZEST6222</t>
   </si>
   <si>
     <t>Biały namiot z akcesoriami terapeutycznymi</t>
   </si>
   <si>
-    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu:  • 519024 Namiot biały • 101429 Biały materac • 356205 Świecące cylindry • 554001 Magiczny sześcian • 566300 Nawilżacz powietrza z odgłosami natury • 654001  Sensoryczne kule srebrne • 519323 Żelowe wężyki sensoryczne, 3 szt. • 519319 Fakturowa kostka • 356195 Wibrująca poduszka• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu: • 519024 Namiot biały• 101429 Biały materac• 356205 Świecące cylindry• 554001 Magiczny sześcian• 566300 Nawilżacz powietrza z odgłosami natury• 654001  Sensoryczne kule srebrne• 519323 Żelowe wężyki sensoryczne, 3 szt.• 519319 Fakturowa kostka• 356195 Wibrująca poduszka• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>356224</t>
   </si>
   <si>
     <t>Świecące klocki, 12 szt.</t>
   </si>
   <si>
     <t>Klocki zapewniają wspieranie kompetencji TIK podczas tworzenia świecących konstrukcji. Każdy z klocków świeci przez 3 minuty. Zabawa klockami pomaga dzieciom zrozumieć związek przyczynowo-skutkowy. Zestaw zawiera 12 klocków i 2 kable USB (1 kabel ładuje 3 klocki). • kolory niebieski, zielony, żółty, pomarańczowy, różowy, fioletowy • 12 szt.W celu czyszczenia przetrzeć wilgotna ścierką, nie wkładać do wody.• wym. 21 x 10 x 6 cm• od 10 miesięcy</t>
   </si>
   <si>
     <t>097108-1</t>
   </si>
   <si>
     <t>Materac Good Lull - ciemnooliwkowy - MED</t>
   </si>
   <si>
     <t>Wygodny materac, który zapewnia ergonomiczne podparcie dla ciała dziecka, sprzyjając zdrowemu snu i odpoczynkowi. Materac jest wypełniony kulkami silikonowymi, natomiast poszycie wykonane z tkaniny o składzie 65% poliester i 35% bawełna (gramatura 245 g/m2). Materac można połączyć z bujakiem (097106-1 – 097106-4, sprzedawane osobno), a także z platformą (097100-1, sprzedawana osobno). • wym. 100 x 50 x 5 cm</t>
   </si>
   <si>
     <t>097106-1</t>
   </si>
   <si>
     <t>Drewniany bujak Good Wood - biały - MED</t>
   </si>
   <si>
     <t>Drewniany bujak to wielofunkcyjne narzędzie wspierające rozwój motoryki dużej, równowagi oraz koordynacji ruchowej u dzieci. Wspiera integrację sensoryczną oraz pomaga ćwiczyć kontrolę nad ciałem. Jego przemyślana konstrukcja pozwala z niego zrobić stolik, przy pomocy blatu (097101-1 – 097101-4, sprzedawany osobno).  • waga 8,5 kg • maks. obciążenie 50-100 kg• wym. 50 x 100 x 60 cm• od 12 miesięcy• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>354094</t>
   </si>
   <si>
     <t>Panel lustrzany z 9 kopułami</t>
   </si>
   <si>
-    <t>Akrylowe panele lustrzane odporne na zarysowania, które są bezpieczne i idealne do wykorzystania w szkołach lub przedszkolach. Pozwalają im obserwować siebie i otaczające je przedmioty, a wypukłe kopuły lustrzane oferują zniekształcony, zabawny i interesujący widok na świat, zachęcając dzieci do eksploracji. Mogą być montowane zarówno wewnątrz, jak i na zewnątrz, a w zestawie znajdują się naklejki oraz solidne niebieskie uchwyty do mocowania na płaskich powierzchniach.  Panele lustrzane wspierają następujące obszary edukacyjne: • Poznanie świata - obserwacja • Rozwój osobisty - samoświadomość • Stymulacja zmysłów - wzroku• 9 kopuł• wym. 49 cm x 49 cm• od 3 lat</t>
+    <t>Akrylowe panele lustrzane odporne na zarysowania, które są bezpieczne i idealne do wykorzystania w szkołach lub przedszkolach. Pozwalają im obserwować siebie i otaczające je przedmioty, a wypukłe kopuły lustrzane oferują zniekształcony, zabawny i interesujący widok na świat, zachęcając dzieci do eksploracji. Mogą być montowane zarówno wewnątrz, jak i na zewnątrz, a w zestawie znajdują się naklejki oraz solidne niebieskie uchwyty do mocowania na płaskich powierzchniach.Panele lustrzane wspierają następujące obszary edukacyjne:• Poznanie świata - obserwacja• Rozwój osobisty - samoświadomość• Stymulacja zmysłów - wzroku• 9 kopuł• wym. 49 x 49 cm• od 3 lat</t>
   </si>
   <si>
     <t>128001</t>
   </si>
   <si>
     <t>Projektor przestrzenny Mathmos</t>
   </si>
   <si>
     <t>Wyświetla na ścianie lub suficie poruszający się obraz o szerokości do 1,5 m. Do projektora można wybrać wkłady olejowe (128002, pakowane po 4) lub wkłady graficzne (128011, pakowane po 4). Dodatkowo, do projektora jest dorzucana losowo 1 sztuka wkładu olejowego. • wym. 30 x 26,5 x 15 cm</t>
   </si>
   <si>
     <t>101879</t>
   </si>
   <si>
     <t>Pufa prostokątna z falą biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boków 60 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 60 i 120 cm</t>
   </si>
   <si>
     <t>356221</t>
   </si>
   <si>
     <t>Kamienie świecące, 12 szt.</t>
   </si>
   <si>
     <t>Kamienie można układać jeden na drugim lub turlać podczas zabawy sensorycznej. Stanowią doskonałe wprowadzenie do rozwoju kompetencji TIK, ponieważ naciskając przyciski na kamykach dziecko wywołuje związek przyczynowo skutkowy zmieniając ich kolor.  Zestaw zawiera 12 kamieni w 3 rozmiarach. W celu czyszczenia przetrzeć wilgotna ścierką, nie wkładać do wody. Kamienie ładowane są za pomocą kabli USB.  • 12 szt. • śr. największego kamienia 15 cm• od 10 miesięcy</t>
   </si>
   <si>
     <t>354085</t>
   </si>
   <si>
     <t>Stolik podświetlany</t>
   </si>
   <si>
-    <t>Zmieniający kolory stolik z podwyższoną krawędzią sprawdzi się do nauki poprzez zabawę i eksplorację sensoryczną. Jego wytrzymała i lekka konstrukcja  pozwala na jego przenoszenie i użytkowanie nawet na zewnątrz. Przy stoliku dzieci mogą pracować indywidualnie oraz w grupie. Powierzchnię roboczą można podzielić na kilka części korzystając z drewnianej przegrody (354089, sprzedawana osobno), co umożliwi wykonywanie zadań opartych na sortowaniu. Stolik jest podświetlany, a kolory światła zmienia się za pomocą pilota. Stolik jest wodoodporny, ma klasę zasilania A+ i zawiera uniwersalny zasilacz z niskim napięciem zasilania sieciowego. 8-godzinne ładowanie zapewnia od 5 do 10 godzin świecenia (w zależności od wybranego programu). • wys. 45 cm •. pow. robocza 60 cmProdukt wspiera następujące obszary nauki:  - Rozwój osobisty poprzez zabawę sensoryczną i współpracę - Rozumienie świata poprzez obserwację i badanie światła i kolorów• śr. 69 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Zmieniający kolory stolik z podwyższoną krawędzią sprawdzi się do nauki poprzez zabawę i eksplorację sensoryczną. Jego wytrzymała i lekka konstrukcja  pozwala na jego przenoszenie i użytkowanie nawet na zewnątrz. Przy stoliku dzieci mogą pracować indywidualnie oraz w grupie. Powierzchnię roboczą można podzielić na kilka części korzystając z drewnianej przegrody (354089, sprzedawana osobno), co umożliwi wykonywanie zadań opartych na sortowaniu. Stolik jest podświetlany, a kolory światła zmienia się za pomocą pilota. Stolik jest wodoodporny, ma klasę zasilania A+ i zawiera uniwersalny zasilacz z niskim napięciem zasilania sieciowego. 8-godzinne ładowanie zapewnia od 5 do 10 godzin świecenia (w zależności od wybranego programu).• wys. 45 cm •. pow. robocza 60 cmProdukt wspiera następujące obszary nauki: - Rozwój osobisty poprzez zabawę sensoryczną i współpracę- Rozumienie świata poprzez obserwację i badanie światła i kolorów• śr. 69 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>099387</t>
   </si>
   <si>
     <t>Przesuwanka - góry</t>
   </si>
   <si>
     <t>Przesuwanka w kształcie gór, w stonowanych kolorach. Zabawa pomaga rozwijać małą motorykę u dzieci. Wykonana ze sklejki (gr. 15 mm). • wym. 152 x 128 cm• od 3 lat</t>
   </si>
   <si>
     <t>101846</t>
   </si>
   <si>
     <t>Oparcie do białych puf 2</t>
   </si>
   <si>
-    <t>Oparcie do puf (101592-101606) wykonane z pianki, z drewnianym stelażem, pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
+    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
   </si>
   <si>
     <t>855379</t>
   </si>
   <si>
     <t>Materac składany, biały</t>
   </si>
   <si>
     <t>Półokrągły materac z możliwością złożenia go na pół. Dzięki dużemu formatowi umożliwia zabawę kilkorgu maluchom jednocześnie, stanowi miękkie i wygodne podłoże do siedzenia i zabawy. Na jego wykonanie składa się wysokiej jakości pianka poliuretanowa, nie odkształcająca się, zachowująca swoją miękkość i sprężystość nawet przy intensywnym użytkowaniu przez dłuższy czas. Materiał pokrowca jest bardzo łatwy w utrzymaniu czystości, wystarczy go przetrzeć zwilżoną szmatką. • wym. złożonego materaca 160 x 160 x 12 cm• wym. rozłożonego materaca 160 x 320 x 6 cm</t>
   </si>
   <si>
     <t>593020</t>
   </si>
   <si>
     <t>Baldachim smyka - turkusowy pastel</t>
   </si>
   <si>
     <t>Baldachimy w pastelowych kolorach to wszechstronne elementy dekoracyjne, które idealnie nadają się do kącików relaksacyjnych. Zawieszone nad materacem, poduszkami czy siedziskami tworzą przytulną przestrzeń, w której dzieci mogą się zrelaksować, wyciszyć i odciąć od bodźców zewnętrznych. • wym. 65 x 65 x 250 cm• od 3 lat</t>
   </si>
   <si>
     <t>092586S</t>
   </si>
   <si>
     <t>Quadro - drzwiczki do szatni 90 st., cichy domyk -  białe</t>
   </si>
   <si>
     <t>Dopasowane wymiarem do szatni Quadro.  • 1 para• wykonane z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną• wym. 20,8 x 20,8 cm</t>
   </si>
   <si>
     <t>101593</t>
   </si>
   <si>
     <t>Pufa wklęsła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 60 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cm</t>
   </si>
   <si>
     <t>558002</t>
   </si>
   <si>
     <t>Kolumna wodna 15 x 150 cm</t>
   </si>
   <si>
     <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota.  Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie.   Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.  Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 21,2 L. • wym. 15 x 150 cm• śr. 15 cm• wym. 150 cm</t>
   </si>
   <si>
     <t>075061</t>
   </si>
   <si>
     <t>Kosz na zabawki</t>
   </si>
   <si>
     <t xml:space="preserve">• śr. 38 cm • wys. 35 cm • różne kolory, sprzedawane losowo </t>
   </si>
   <si>
     <t>092584W</t>
   </si>
   <si>
     <t>Quadro - ławeczka do szatni 6, biała</t>
   </si>
   <si>
     <t>Przeznaczona dla 4 lub 6 dzieci. • z półką na buty • wys. siedziska 34 lub 26 cm • wys. siedziska 34 cm • wykonana z białej płyty laminowanej, o gr. 18 mm • wym. 136 cm x 43 cm x 34 cm</t>
   </si>
   <si>
     <t>092185W</t>
   </si>
   <si>
     <t>Quadro - wąska szafka wisząca z przegrodą, biała</t>
   </si>
   <si>
     <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• można uzupełnić dodatkowymi półkami (092199, sprzedawane osobno). • maks. obciążenie: 30 kg• wym. 79,2 x 41,5 x 41,4 cm</t>
   </si>
   <si>
     <t>101596</t>
   </si>
   <si>
     <t>Pufa wypukła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -357,51 +358,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94b83de4b5a37bab6547646b04a81eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57e7913a6efa6ebaa114c7503d4030992.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8112b5b8f3c0150eca51b7e574c11343.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708350b465e20326905bded8863cb39c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc988b4d14a8f68113b3fc29a0d1da05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d234ef9967bcc5d11b66aceffb26249e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b7a67fa4513fe990ffe5c39739b1abd7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e61c4e3a6d7548561864becdccba948.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e6549b154ebf2e35f5b6e07aea2526a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f368c7a1fa925ad95e4f195c13f8639210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bb093f30d2d1ab56277b8af52f2eae11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1863adef20f673da4eab7996efcf69012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae9e00d1e87e1549ee74afdda5eeccc13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba16485866b1a9e93857f7526fe13eeb14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56fa139bfe21888f82ea3dc5468860e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eca792f8ca5e027faadb6f51ec4faa4d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73703ec731fbf998976847788aea912017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5229db898c924ea911b30bb52d79d24a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2154062c68663bd7b1fa0006cdccdb4619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcb66dc5aecf05c9387a0b86441d1a020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04432d3df09bcc5bc61affca309999d21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff893ea50e0b1e4a4f0cfd2823bffcd322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d871405f24a4655186c4e23627eb648723.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66bd70a8e1e87ecb787d7bd98cd9c6db1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d0bc658cbed9af25c9455d5fcf8459c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413bffa0a837db93be77a28fc1ce3ea03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d2289ea035b4af594b200251a41bcc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345b04b20d146e9320b8a7a32035cd7d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c546809a5e7384bfeaa8dbb026429e16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f75e794148ae24507495d6aab8f0fb7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2d5afad007652de57d4d05a7c2cefc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa07b59ae64faf8d9892c99a7fb47039.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b228f466b753648e4dd32b937397ebb710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d619d3faaeb71943c25fbdaae1a9302011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e9fdc427dc5f89dec9c0159feb04f312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11db082dec5ee6e39268d7304969f5eb13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c55f2f5497d9d3bac090042fec553e614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6503e8f52baae2d1dffae2b0f0e3dad15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df1ee849db989091e01544bab52b12016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50982401a9a82b196e3b7b3902eec1817.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fac52d9600fbd2f249401c4c0edbb118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5c426595c39ba458734545e60e3f3b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e923ea0cbb9a7dc7288215530092147920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2d107f84e23cf6a37fe279648bd08621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b743c2e63112e162f0c0c9cccdf4906022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9cbdfc8f0f1fc4cb504c66431884e4b23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0011" descr="Sala doświadczania świata 3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>