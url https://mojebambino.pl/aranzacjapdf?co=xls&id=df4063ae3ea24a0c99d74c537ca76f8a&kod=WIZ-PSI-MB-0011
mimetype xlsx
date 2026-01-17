--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -14,273 +14,269 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>WIZ-PSI-MB-0011 Sala doświadczania świata 3</t>
   </si>
   <si>
-    <t>z dnia 2025-12-02 22:40:33</t>
+    <t>z dnia 2026-01-17 05:15:25</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>566005</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy 2,5 m, 150 wiązek</t>
   </si>
   <si>
-    <t>Żyrandol światłowodowy daje ciekawe efekty świetlne. Mogą stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cm</t>
+    <t>Może stanowić element ozdobny i oświetleniowy np. w sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855406</t>
   </si>
   <si>
     <t>Basen narożny biały</t>
   </si>
   <si>
-    <t>Stabilny basen wykonany z pianki poliuretanowej pokrytej bezftalanową tkaniną, łatwą do utrzymania w czystości, o przyjemnej w dotyku powierzchni. Dostępny w kilku wersjach.Do basenu należy dokupić piłeczki (131005-131016). Do basenu zmieści się 1000 piłeczek.
-• wym. 160 x 160 x 40 cm</t>
+    <t>Stabilny basen wykonany z pianki poliuretanowej pokrytej bezftalanową tkaniną, łatwą do utrzymania w czystości, o przyjemnej w dotyku powierzchni. Dostępny w kilku wersjach.Do basenu należy dokupić piłeczki (131005-131016). Do basenu zmieści się 1000 piłeczek.• wym. 160 x 160 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>ZEST6222</t>
   </si>
   <si>
     <t>Biały namiot z akcesoriami terapeutycznymi</t>
   </si>
   <si>
     <t>Namiot sensoryczny z akcesoriami terapeutycznymi to idealna przestrzeń do stymulacji zmysłów, odpoczynku oraz terapii. Tworzy bezpieczne i komfortowe miejsce, które dostosowuje się do indywidualnych potrzeb użytkownika. Idealnie sprawdzi się w terapii integracji sensorycznej, wspierając rozwój dzieci oraz dorosłych potrzebujących strefy odpoczynku i samoregulacji. Dzięki bogatemu zestawowi akcesoriów, namiot stanowi wszechstronną przestrzeń do zabawy, terapii i odprężenia.Skład zestawu: • 519024 Namiot biały• 101429 Biały materac• 356205 Świecące cylindry• 554001 Magiczny sześcian• 566300 Nawilżacz powietrza z odgłosami natury• 654001  Sensoryczne kule srebrne• 519323 Żelowe wężyki sensoryczne, 3 szt.• 519319 Fakturowa kostka• 356195 Wibrująca poduszka• wym. 110 x 110 x 110 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Produkt może być montowany tylko przez osobę dorosłą.Przechowywać z dala od otwartego ognia. Materiał łatwopalny.Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>356224</t>
   </si>
   <si>
     <t>Świecące klocki, 12 szt.</t>
   </si>
   <si>
-    <t>Klocki zapewniają wspieranie kompetencji TIK podczas tworzenia świecących konstrukcji. Każdy z klocków świeci przez 3 minuty. Zabawa klockami pomaga dzieciom zrozumieć związek przyczynowo-skutkowy. Zestaw zawiera 12 klocków i 2 kable USB (1 kabel ładuje 3 klocki). • kolory niebieski, zielony, żółty, pomarańczowy, różowy, fioletowy • 12 szt.W celu czyszczenia przetrzeć wilgotna ścierką, nie wkładać do wody.• wym. 21 x 10 x 6 cm• od 10 miesięcy</t>
+    <t>Klocki zapewniają wspieranie kompetencji TIK podczas tworzenia świecących konstrukcji. Każdy z klocków świeci przez 3 minuty. Zabawa klockami pomaga dzieciom zrozumieć związek przyczynowo-skutkowy. Zestaw zawiera 12 klocków i 2 kable USB (1 kabel ładuje 3 klocki). • kolory niebieski, zielony, żółty, pomarańczowy, różowy, fioletowy • 12 szt.W celu czyszczenia przetrzeć wilgotna ścierką, nie wkładać do wody.• wym. 21 x 10 x 6 cm• od 10 miesięcySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>097108-1</t>
   </si>
   <si>
     <t>Materac Good Lull - ciemnooliwkowy - MED</t>
   </si>
   <si>
-    <t>Wygodny materac, który zapewnia ergonomiczne podparcie dla ciała dziecka, sprzyjając zdrowemu snu i odpoczynkowi. Materac jest wypełniony kulkami silikonowymi, natomiast poszycie wykonane z tkaniny o składzie 65% poliester i 35% bawełna (gramatura 245 g/m2). Materac można połączyć z bujakiem (097106-1 – 097106-4, sprzedawane osobno), a także z platformą (097100-1, sprzedawana osobno). • wym. 100 x 50 x 5 cm</t>
+    <t>Wygodny materac, który zapewnia ergonomiczne podparcie dla ciała dziecka, sprzyjając zdrowemu snu i odpoczynkowi. Materac jest wypełniony kulkami silikonowymi, natomiast poszycie wykonane z tkaniny o składzie 65% poliester i 35% bawełna (gramatura 245 g/m2). Materac można połączyć z bujakiem (097106-1 – 097106-4, sprzedawane osobno), a także z platformą (097100-1, sprzedawana osobno). • wym. 100 x 50 x 5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>097106-1</t>
   </si>
   <si>
-    <t>Drewniany bujak Good Wood - biały - MED</t>
-[...2 lines deleted...]
-    <t>Drewniany bujak to wielofunkcyjne narzędzie wspierające rozwój motoryki dużej, równowagi oraz koordynacji ruchowej u dzieci. Wspiera integrację sensoryczną oraz pomaga ćwiczyć kontrolę nad ciałem. Jego przemyślana konstrukcja pozwala z niego zrobić stolik, przy pomocy blatu (097101-1 – 097101-4, sprzedawany osobno).  • waga 8,5 kg • maks. obciążenie 50-100 kg• wym. 50 x 100 x 60 cm• od 12 miesięcy• wyrób medyczny - klasa I</t>
+    <t>Drewniany bujak Good Wood – biały – MED</t>
+  </si>
+  <si>
+    <t>Drewniany bujak to wielofunkcyjne narzędzie wspierające rozwój motoryki dużej, równowagi oraz koordynacji ruchowej u dzieci. Wspiera integrację sensoryczną oraz pomaga ćwiczyć kontrolę nad ciałem. Jego przemyślana konstrukcja pozwala również wykorzystać go jako stolik przy pomocy blatu (097101-1 – 097101-4, sprzedawany osobno). • waga 8,5 kg• maks. obciążenie 50-100 kg• wym. 50 x 100 x 60 cm• od 12 miesięcy• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>354094</t>
   </si>
   <si>
     <t>Panel lustrzany z 9 kopułami</t>
   </si>
   <si>
-    <t>Akrylowe panele lustrzane odporne na zarysowania, które są bezpieczne i idealne do wykorzystania w szkołach lub przedszkolach. Pozwalają im obserwować siebie i otaczające je przedmioty, a wypukłe kopuły lustrzane oferują zniekształcony, zabawny i interesujący widok na świat, zachęcając dzieci do eksploracji. Mogą być montowane zarówno wewnątrz, jak i na zewnątrz, a w zestawie znajdują się naklejki oraz solidne niebieskie uchwyty do mocowania na płaskich powierzchniach.Panele lustrzane wspierają następujące obszary edukacyjne:• Poznanie świata - obserwacja• Rozwój osobisty - samoświadomość• Stymulacja zmysłów - wzroku• 9 kopuł• wym. 49 x 49 cm• od 3 lat</t>
+    <t>Akrylowe panele lustrzane odporne na zarysowania, bezpieczne i idealne do wykorzystania w szkołach oraz przedszkolach. Pozwalają dzieciom obserwować siebie i otaczające je przedmioty, a wypukłe kopuły tworzą zniekształcony, zabawny i intrygujący obraz, zachęcając do eksploracji. Panele można montować zarówno wewnątrz, jak i na zewnątrz. W zestawie znajdują się naklejki oraz solidne, niebieskie uchwyty do mocowania na płaskich powierzchniach.Panele lustrzane wspierają następujące obszary edukacyjne:• Poznanie świata – obserwacja• Rozwój osobisty – samoświadomość• Stymulacja zmysłów – wzroku• 9 kopuł• wym. 49 x 49 cm• od 3 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>128001</t>
   </si>
   <si>
     <t>Projektor przestrzenny Mathmos</t>
   </si>
   <si>
-    <t>Wyświetla na ścianie lub suficie poruszający się obraz o szerokości do 1,5 m. Do projektora można wybrać wkłady olejowe (128002, pakowane po 4) lub wkłady graficzne (128011, pakowane po 4). Dodatkowo, do projektora jest dorzucana losowo 1 sztuka wkładu olejowego. • wym. 30 x 26,5 x 15 cm</t>
+    <t>Wyświetla na ścianie lub suficie poruszający się obraz o szerokości do 1,5 m. Do projektora można wybrać wkłady olejowe (128002, pakowane po 4) lub wkłady graficzne (128011, pakowane po 4). Dodatkowo, do projektora jest dorzucana losowo 1 sztuka wkładu olejowego. • wym. 30 x 26,50 x 15 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101879</t>
   </si>
   <si>
     <t>Pufa prostokątna z falą biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 60 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 60 i 120 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>356221</t>
   </si>
   <si>
     <t>Kamienie świecące, 12 szt.</t>
   </si>
   <si>
-    <t>Kamienie można układać jeden na drugim lub turlać podczas zabawy sensorycznej. Stanowią doskonałe wprowadzenie do rozwoju kompetencji TIK, ponieważ naciskając przyciski na kamykach dziecko wywołuje związek przyczynowo skutkowy zmieniając ich kolor.  Zestaw zawiera 12 kamieni w 3 rozmiarach. W celu czyszczenia przetrzeć wilgotna ścierką, nie wkładać do wody. Kamienie ładowane są za pomocą kabli USB.  • 12 szt. • śr. największego kamienia 15 cm• od 10 miesięcy</t>
+    <t>Kamienie można układać jeden na drugim lub turlać podczas zabawy sensorycznej. Naciskając przyciski, dziecko poznaje związek przyczynowo-skutkowy, zmieniając kolor kamieni, co wspiera rozwój kompetencji TIK. Zestaw zawiera 12 kamieni w 3 rozmiarach. Do czyszczenia przetrzeć wilgotną ścierką, nie zanurzać w wodzie. Ładowane są za pomocą kabli USB. • 12 szt. • śr. największego kamienia 15 cm• od 10 miesięcySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>354085</t>
   </si>
   <si>
     <t>Stolik podświetlany</t>
   </si>
   <si>
-    <t>Zmieniający kolory stolik z podwyższoną krawędzią sprawdzi się do nauki poprzez zabawę i eksplorację sensoryczną. Jego wytrzymała i lekka konstrukcja  pozwala na jego przenoszenie i użytkowanie nawet na zewnątrz. Przy stoliku dzieci mogą pracować indywidualnie oraz w grupie. Powierzchnię roboczą można podzielić na kilka części korzystając z drewnianej przegrody (354089, sprzedawana osobno), co umożliwi wykonywanie zadań opartych na sortowaniu. Stolik jest podświetlany, a kolory światła zmienia się za pomocą pilota. Stolik jest wodoodporny, ma klasę zasilania A+ i zawiera uniwersalny zasilacz z niskim napięciem zasilania sieciowego. 8-godzinne ładowanie zapewnia od 5 do 10 godzin świecenia (w zależności od wybranego programu).• wys. 45 cm •. pow. robocza 60 cmProdukt wspiera następujące obszary nauki: - Rozwój osobisty poprzez zabawę sensoryczną i współpracę- Rozumienie świata poprzez obserwację i badanie światła i kolorów• śr. 69 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
+    <t>Zmieniający kolory stolik z podwyższoną krawędzią sprawdzi się do nauki poprzez zabawę i eksplorację sensoryczną. Jego wytrzymała, lekka konstrukcja umożliwia łatwe przenoszenie i użytkowanie także na zewnątrz. Dzieci mogą pracować przy nim indywidualnie lub w grupie. Powierzchnię roboczą można podzielić drewnianą przegrodą (354089, sprzedawana osobno), co pozwala wykonywać zadania oparte na sortowaniu. Stolik jest podświetlany, a kolory światła zmienia się za pomocą pilota. Jest wodoodporny, posiada klasę energetyczną A+ oraz uniwersalny zasilacz o niskim napięciu. 8-godzinne ładowanie zapewnia od 5 do 10 godzin świecenia — w zależności od wybranego programu.• wys. 45 cm •. pow. robocza 60 cmProdukt wspiera następujące obszary nauki: • Rozwój osobisty poprzez zabawę sensoryczną i współpracę• Rozumienie świata poprzez obserwację i badanie światła i kolorów• śr. 69 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099387</t>
   </si>
   <si>
     <t>Przesuwanka - góry</t>
   </si>
   <si>
     <t>Przesuwanka w kształcie gór, w stonowanych kolorach. Zabawa pomaga rozwijać małą motorykę u dzieci. Wykonana ze sklejki (gr. 15 mm). • wym. 152 x 128 cm• od 3 lat</t>
   </si>
   <si>
     <t>101846</t>
   </si>
   <si>
     <t>Oparcie do białych puf 2</t>
   </si>
   <si>
-    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
+    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>855379</t>
   </si>
   <si>
     <t>Materac składany, biały</t>
   </si>
   <si>
-    <t>Półokrągły materac z możliwością złożenia go na pół. Dzięki dużemu formatowi umożliwia zabawę kilkorgu maluchom jednocześnie, stanowi miękkie i wygodne podłoże do siedzenia i zabawy. Na jego wykonanie składa się wysokiej jakości pianka poliuretanowa, nie odkształcająca się, zachowująca swoją miękkość i sprężystość nawet przy intensywnym użytkowaniu przez dłuższy czas. Materiał pokrowca jest bardzo łatwy w utrzymaniu czystości, wystarczy go przetrzeć zwilżoną szmatką. • wym. złożonego materaca 160 x 160 x 12 cm• wym. rozłożonego materaca 160 x 320 x 6 cm</t>
+    <t>Półokrągły materac z możliwością złożenia go na pół. Dzięki dużemu formatowi umożliwia zabawę kilkorgu maluchom jednocześnie, stanowi miękkie i wygodne podłoże do siedzenia i zabawy. Na jego wykonanie składa się wysokiej jakości pianka poliuretanowa, nie odkształcająca się, zachowująca swoją miękkość i sprężystość nawet przy intensywnym użytkowaniu przez dłuższy czas. Materiał pokrowca jest bardzo łatwy w utrzymaniu czystości, wystarczy go przetrzeć zwilżoną szmatką. • wym. złożonego materaca 160 x 160 x 12 cm• wym. rozłożonego materaca 160 x 320 x 6 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>593020</t>
   </si>
   <si>
     <t>Baldachim smyka - turkusowy pastel</t>
   </si>
   <si>
     <t>Baldachimy w pastelowych kolorach to wszechstronne elementy dekoracyjne, które idealnie nadają się do kącików relaksacyjnych. Zawieszone nad materacem, poduszkami czy siedziskami tworzą przytulną przestrzeń, w której dzieci mogą się zrelaksować, wyciszyć i odciąć od bodźców zewnętrznych. • wym. 65 x 65 x 250 cm• od 3 lat</t>
   </si>
   <si>
     <t>092586S</t>
   </si>
   <si>
     <t>Quadro - drzwiczki do szatni 90 st., cichy domyk -  białe</t>
   </si>
   <si>
     <t>Dopasowane wymiarem do szatni Quadro.  • 1 para• wykonane z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną• wym. 20,8 x 20,8 cm</t>
   </si>
   <si>
     <t>101593</t>
   </si>
   <si>
     <t>Pufa wklęsła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru, które pozwalają stworzyć miejsce relaksu i odprężenia. Dodatkowo można na nich zainstalować różne urządzenia emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonano ze skrzynki pokrytej cienką warstwą pianki i obszyto trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>558002</t>
   </si>
   <si>
     <t>Kolumna wodna 15 x 150 cm</t>
   </si>
   <si>
-    <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota.  Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie.   Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.  Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 21,2 L. • wym. 15 x 150 cm• śr. 15 cm• wym. 150 cm</t>
+    <t>Urządzenie pozwala sterować kolorem i intensywnością bąbelków powietrza za pomocą pilota. Do wyboru jest 7 kolorów świecenia z możliwością zatrzymania wybranego koloru. Kolumny należy napełniać wodą destylowaną. Urządzenie można połączyć przez Bluetooth lub podłączyć do źródła muzyki. W zestawie znajdują się mikrofon i pilot. Włącznik/wyłącznik umieszczono na podstawie.Do czyszczenia używaj wody o temperaturze do 25 °C z dodatkiem mydła. Nie stosuj gąbek, szorstkich szmatek, skrobaczek ani szczoteczek. Najlepiej sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem usuwa zabrudzenia bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur ani środków chemicznych. Zabronione jest stosowanie rozpuszczalników, alkoholi, kwasów i płynów dezynfekujących, ponieważ mogą one odkształcić lub uszkodzić powierzchnię.Do napełnienia kolumny potrzeba 21,2 L.• wym. 15 x 150 cm• śr. 15 cm• wym. 150 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>075061</t>
   </si>
   <si>
     <t>Kosz na zabawki</t>
   </si>
   <si>
     <t xml:space="preserve">• śr. 38 cm • wys. 35 cm • różne kolory, sprzedawane losowo </t>
   </si>
   <si>
     <t>092584W</t>
   </si>
   <si>
     <t>Quadro - ławeczka do szatni 6, biała</t>
   </si>
   <si>
     <t>Przeznaczona dla 4 lub 6 dzieci. • z półką na buty • wys. siedziska 34 lub 26 cm • wys. siedziska 34 cm • wykonana z białej płyty laminowanej, o gr. 18 mm • wym. 136 cm x 43 cm x 34 cm</t>
   </si>
   <si>
     <t>092185W</t>
   </si>
   <si>
-    <t>Quadro - wąska szafka wisząca z przegrodą, biała</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• można uzupełnić dodatkowymi półkami (092199, sprzedawane osobno). • maks. obciążenie: 30 kg• wym. 79,2 x 41,5 x 41,4 cm</t>
+    <t>Quadro – wąska szafka wisząca z przegrodą, biała</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z białej płyty laminowanej o gr. 18 mm.• można uzupełnić dodatkowymi półkami (092199, sprzedawane osobno). • maks. obciążenie: 30 kg• wym. 79,20 x 41,50 x 41,40 cm</t>
   </si>
   <si>
     <t>101596</t>
   </si>
   <si>
     <t>Pufa wypukła biała, wys. 45,5 cm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -358,51 +354,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66bd70a8e1e87ecb787d7bd98cd9c6db1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d0bc658cbed9af25c9455d5fcf8459c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/413bffa0a837db93be77a28fc1ce3ea03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d2289ea035b4af594b200251a41bcc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345b04b20d146e9320b8a7a32035cd7d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c546809a5e7384bfeaa8dbb026429e16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f75e794148ae24507495d6aab8f0fb7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2d5afad007652de57d4d05a7c2cefc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa07b59ae64faf8d9892c99a7fb47039.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b228f466b753648e4dd32b937397ebb710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d619d3faaeb71943c25fbdaae1a9302011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72e9fdc427dc5f89dec9c0159feb04f312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11db082dec5ee6e39268d7304969f5eb13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c55f2f5497d9d3bac090042fec553e614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6503e8f52baae2d1dffae2b0f0e3dad15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df1ee849db989091e01544bab52b12016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50982401a9a82b196e3b7b3902eec1817.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fac52d9600fbd2f249401c4c0edbb118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5c426595c39ba458734545e60e3f3b19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e923ea0cbb9a7dc7288215530092147920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2d107f84e23cf6a37fe279648bd08621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b743c2e63112e162f0c0c9cccdf4906022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9cbdfc8f0f1fc4cb504c66431884e4b23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9463fce0e14f5ac01c643556eee6187a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1bc6c9368c34bc3e7a89a247be71002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89dd25b3a792c01fbe6091f47cb460bd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6ecb7ae3933a98ac1628869876e11394.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b30a7ff235f237c8c801e7891c09775.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b63c373e0c597935a633a86b09e18ed6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d414abfc4262677d2c12224caa7ed17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e59fea51b51b6de9626025177cdae16b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a824cf2dc7e4ce8a926ef82c4de21c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d912e736a75669c2e646957df5d74c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58cee54d75cdb1a330b37e4eaa7006ed11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2bcd777a9f37c8584242a351b45cb6712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c2c4ce417b93f7e0003a27708951bad13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52bbb4074c65721d393ec732d2fb5a914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07424ee26ae2a50092d4ce73679cbdea15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d93ba38703a0cb3bb7cb836207cce76016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16fb033eda913232620d45601612173517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2a5d5d035f25f14627d2d8004024bf18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa167dd5c1a4adb2bb2a5ded891fc31419.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8875708f0d73094330a73e176199542420.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1747c43f4f49629b1abeebc8d47a373821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83baf63718375925d27248a4f1be1aed22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7674681fe342f9a7a9d0fbfe8a42eb5223.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0011" descr="Sala doświadczania świata 3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1868,65 +1864,65 @@
       <c r="C26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E26" s="8">
         <v>2</v>
       </c>
       <c r="F26" s="10">
         <v>339.9</v>
       </c>
       <c r="G26" s="11">
         <v>679.8</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="E27" s="8">
         <v>2</v>
       </c>
       <c r="F27" s="10">
         <v>689.9</v>
       </c>
       <c r="G27" s="11">
         <v>1379.8</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="F29" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G29" s="12">
         <v>34385.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>