--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -20,205 +20,205 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>WIZ-PRZ-GR-0002 Sala przedszkolna Grande z Magicznym Boxem</t>
   </si>
   <si>
-    <t>z dnia 2025-10-28 13:34:09</t>
+    <t>z dnia 2025-12-14 06:43:29</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>146258</t>
   </si>
   <si>
     <t>EKO dekor - domek mały niebieski</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET, pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 4 prace formatu A4.  • wym. 79 x 65 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków, wykonane z tworzywa PET, w 20% pochodzącego z recyklingu. Idealne do eksponowania np. prac plastycznych. Do samodzielnego montażu przy użyciu taśmy lub kleju montażowego (brak w zestawie). Mieszczą do 4 prac w formacie A4. • wym. 79 x 65 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146245</t>
   </si>
   <si>
     <t>EKO dekor - domek mały szary</t>
   </si>
   <si>
     <t>098143</t>
   </si>
   <si>
     <t>Kuchenka Bianca, zestaw 3</t>
   </si>
   <si>
     <t>Moduły imitujące szafki kuchenne wykonane z bielonej sklejki o gr. 18 mm. Duży wybór modułów pozwala na stworzenie kuchenki w dowolnej kombinacji wg indywidualnych potrzeb. • wys. 52 cm • wys. z nadstawką 100 cm • szer. szafek 40, 80 i 100 cm • gł. szafek 40 cm• 3 moduły • wym. 160 x 40 x 100 cm• wym. 40 x 160 x 100</t>
   </si>
   <si>
     <t>146259</t>
   </si>
   <si>
     <t>EKO dekor - domek średni niebieski</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 9 prac formatu A4. • wym. 79 x 120 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>046077</t>
   </si>
   <si>
     <t>Siedzisko Modern Plus duże</t>
   </si>
   <si>
     <t>Siedziska z pianki na drewnianym stelażu. Pokryte tkaniną trudnopalną (Plus F.R.).• wym. 120 cm x 60 cm x 40 cm</t>
   </si>
   <si>
     <t>056168</t>
   </si>
   <si>
     <t>Dywan turkusowy w kolorowe kropki, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywan we wzory geometryczne. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiada Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 3 m</t>
+    <t>Dywan we wzory geometryczne, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 2 x 3 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>046076</t>
   </si>
   <si>
     <t>Kanapa Modern Plus, szaro-niebieska</t>
   </si>
   <si>
     <t>Siedziska z pianki na drewnianym stelażu. Pokryte tkaniną trudnopalną (Plus F.R.).• gł. siedziska: 53 cm • wys. siedziska: 40 cm.• wym. 120 cm x 72 cm x 72 cm</t>
   </si>
   <si>
     <t>099363</t>
   </si>
   <si>
     <t>Blat Flexi prostokątny - biały</t>
   </si>
   <si>
     <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru są sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek (092790-092797), mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805) lub z regulacją wysokości do 3 rozmiarów - bielone (126569, 126571) i bukowe (126568, 126570). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 cm</t>
   </si>
   <si>
     <t>146251</t>
   </si>
   <si>
     <t>EKO dekor - domek średni szary</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 9 prac formatu A4. • wym. 79 x 120 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 79 cm x 120 cm</t>
   </si>
   <si>
     <t>092741</t>
   </si>
   <si>
     <t>Kredens na kółkach - biały</t>
   </si>
   <si>
     <t xml:space="preserve">Pojemny i praktyczny mebel do przechowywania naczyń. Wyposażony w kółka (dwa przednie posiadają hamulec), na jednej z bocznych ścianek znajduje się uchwyt ułatwiający przemieszczanie kredensu, na drugiej - dwa wieszaki na ściereczki. Wykonany z płyty laminowanej, wieniec dolny ze sklejki. • wym. 100 x 50 x 105 cm • wys. blatu 65 cm • wym. półki 45 x 16 cm • gł. górnej półki 17 cm </t>
   </si>
   <si>
     <t>146246</t>
   </si>
   <si>
     <t>EKO dekor - domek duży szary</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 cm x 155 cm</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 x 155 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092792</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi - wys. 52 cm</t>
   </si>
   <si>
     <t>Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. • śr. 5,30 cm</t>
   </si>
   <si>
     <t>ZEST5717</t>
   </si>
   <si>
     <t>Grande - zestaw 72</t>
   </si>
   <si>
     <t>Funkcjonalne zestawy mebli, zapewniające dużo miejsca do przechowywania, poza zasięgiem dzieci, w szafkach zamykanych na kluczyk. Meble wykonane z płyty laminowanej o gr. 18 mm w odcieniu klonu oraz białym. Ramka okalająca meble wykonana z płyty komorowej w odcieniu klonu.
 W skład zestawu wchodzą:
 	098273 Szafka z pojemnikiem Grande białym, wym. 82 x 48 x 82,2 cm, wym. pojemnika 77,6 x 46 x 75 cm, 4 szt.
 	098268 Szafka wisząca Grande M szeroka - klon, wym. 82 x 38 x 72,2 cm, 4 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 4 szt.
 	098305 Rama wykończeniowa - klon, gł. 40 cm, gr. 3 cm
 Wymiar całego zestawu: 334 x 48 x 223 cm
 • wym. 334 x 48 x 223 cm• długość zestawu: 3,34 m</t>
   </si>
   <si>
     <t>046078</t>
   </si>
   <si>
     <t>Siedzisko Modern Plus małe</t>
   </si>
   <si>
     <t>Siedziska z pianki na drewnianym stelażu. Pokryte tkaniną trudnopalną (Plus F.R.).• wym. 70 cm x 70 cm x 40 cm</t>
   </si>
   <si>
     <t>821106</t>
   </si>
   <si>
-    <t>Knowla Box - aktywna ściana /podłoga</t>
+    <t>Knowla Box – aktywna ściana /podłoga</t>
   </si>
   <si>
     <t xml:space="preserve">
 Knowla Box to mobilne, multimedialne, interaktywne urządzenie, będące sercem edukacyjnej rozrywki Knowla. Wyposażone w najwyższej jakości ultra krótkoogniskowy, laserowy projektor Epson 760Wi (spełniający wymagania dyrektywy RoHS 2011/65/EU) umożliwia wyświetlanie wielkoformatowego obrazu na ścianie, jak i na podłodze - nawet w jasnych pomieszczeniach!
 Jako jedna z nielicznych firm na świecie, z dumą możemy oznaczać nasze produkty symbolem "Powered by Epson". To gwarancja najwyższej jakości, która przekłada się na niezrównaną czystość obrazu i pełne bezpieczeństwo użytkowania.
 Knowla Box posiada także wbudowany komputer z systemem Windows 11 oraz portami HDMI i USB. Zapewnia urozmaicone rodzaje interakcji z doświadczeniami cyfrowymi: uderzanie piłeczkami, pisanie pisakami, a także obsługę za pomocą klawiatury z touchpadem. Dodatkowo, za pomocą Knowla Remote, możemy obsługiwać urządzenie zdalnie.
 NOWOŚĆ!
 Aplikacja Knowla Remote umożliwia zdalne sterowanie urządzeniami Knowla (takimi jak Knowla Box czy Knowla Wall) z poziomu komputera, tabletu lub smartfona.
 Użytkownik może nie tylko zarządzać treściami na odległość, ale także udostępniać ekran komputera na urządzeniach Knowla oraz nawiązywać połączenia audio-wideo. Rozwiązanie doskonale wpisuje się w model nauczania hybrydowego i zdalnego, zapewniając ciągłość edukacji niezależnie od miejsca prowadzenia zajęć. Aplikacja Knowla Remote jest do pobrania na stronie knowla.eu oraz w Sklepie Play oraz Apple Store.
 Dzięki aplikacji nauczyciel może:
 	prowadzić lekcje zdalne lub hybrydowe z wykorzystaniem Knowla Box lub Knowla Wall,
 	mieć podgląd na aktywność uczniów i kontrolować przebieg zajęć z dowolnego miejsca,
 	wygodnie przełączać zadania i zarządzać przebiegiem zabawy,
 	błyskawicznie prezentować własne materiały, filmy czy prezentacje – bez logowania się na urządzeniu czy podłączania kabli,
 	transmitować na duży ekran obraz z kamery telefonu, np. w celu pokazania szczegółów eksperymentu lub pracy manualnej.
 Knowla Remote to intuicyjne rozwiązanie zwiększające elastyczność prowadzenia zajęć, wspiera nowoczesne metody nauczania i oszczędza czas nauczyciela.
 Knowla Box ma dostosowania do Specjalnych Potrzeb Edukacyjnych: przesuwanie pola obrazu, ściszanie dźwięku, dostosowywanie tempa poruszania się obiektów, zmiana koloru tła, głosowe komendy oraz głosowa informacja zwrotna, włączanie/wyłączanie efektów świetlnych.
 Mobilne, edukacyjne urządzenie multimedialne Knowla Box zostało stworzone do obsługi pakietów aplikacji Edukacyjny Wszechświat Knowla (planet tematycznych), ale może też służyć jako samodzielne centrum multimedialnej edukacji i rozrywki. Dzięki wbudowanemu komputerowi z systemem Windows 11 oraz portami HDMI i USB, można korzystać z internetu, odtwarzać filmy, prezentacje czy wykorzystać go do grupowej zabawy, np. karaoke. W tym samym czasie może korzystać nawet do 10-15 osób!
 Edukacyjny Wszechświat Knowla tworzy 16 różnych planet tematycznych. Są to osobne pakiety aplikacji - każda z nich odpowiada na inne potrzeby edukacyjne lub terapeutyczne dzieci w wieku przedszkolnym i wczesnoszkolnym (przedział wiekowy 3-10+ lat).
 Wyróżniamy w nim:
 	pakiet EDU (edukacyjno-rozwojowy; 7 planet),
 	pakiet SPE (korekcyjno-kompensacyjny, inkluzywny; 4 planety),
 	pakiet LING (nauka języków obcych; 5 planet).
 W zestawie z urządzeniem otrzymujemy pakiety startowe: Planetę Fruu z 250 aktywnościami edukacyjno-rozwojowymi dla dzieci w wieku przedszkolnym i wczesnoszkolnym, a także planetę EduMini (95 aktywności) pokazującą przekrój możliwości, interakcji całego Edukacyjnego Wszechświata.
 Planeta Fruu to mix 250 interaktywnych aktywności z najróżniejszych obszarów rozwojowych: aktywności logiczne, sportowe, zręcznościowe oraz edukacyjne. Także te, które z powodzeniem wykorzystać można podczas zajęć rewalidacyjnych i korekcyjno-kompensacyjnych, pracując z dziećmi z zaburzeniami przetwarzania zmysłowego, koncentracji, komunikacji i procesów uczenia się. Aktywności podzielone są na 4 kategorie: logiczne, sportowe, zręcznościowe oraz edukacyjne. Preferowana forma korzystania z nich to piłeczki, jednak można wykorzystywać w nich również pisaki. Dostępne są do zabawy zarówno dla jednej, jak i kilkunastu osób. Kilka z aktywności posiada podział na ilość rywalizujących osób, pojawiający się przed rozpoczęciem rozgrywki (np. Kręgle, Dart, Piłka nożna). W zależności od sposobu animacji mogą to być rozgrywki współpracujące bądź rywalizujące.
@@ -233,51 +233,51 @@
 	Dostosowane do pracy indywidualnej i grupowej.
 	NOWOŚĆ! Większa powierzchnia interakcji: obraz od 85 do 150 cali z interakcją pisakami i piłeczkami.
 	Wspiera rozwój kompetencji XXI wieku.
 Zestaw Knowla Box zawiera:
 	W pełni złożone urządzenie gotowe do uruchomienia. Wymiary urządzenia: 36,8 cm × 39,7 cm × 58,3 cm. Wymiary wyświetlanego obrazu: od 88" (189 × 118 cm) do nawet 156" (336 × 210 cm) przy zachowaniu ostrości oraz wszystkich interakcji (klawiatura z touchpadem, piłeczki, interaktywne pisaki – producent projektora Epson zapewnia interakcję pisakami do 100").
 	Wysokiej klasy projektor ultra krótkoogniskowy, laserowy Epson EB-760Wi o jasności 4100 lumenów. Żywotność w trybie Eco to 30 000 godzin, a w trybie wysokim to 20 000 godzin. Gwarancja na projektor to 60 miesięcy lub 12 000 godzin.
 	Wbudowany komputer (z łącznością Wi-Fi i systemem Windows).
 	Zewnętrzny port HDMI oraz port USB umożliwiający podłączanie urządzeń typu pendrive.
 	Pakiet startowy: planeta Fruu (250 aktywności) oraz planeta EduMini (95 aktywności).
 	40 piłeczek.
 	Pudełko na piłeczki.
 	Klawiaturę bezprzewodową z touchpadem.
 	2 interaktywne pisaki.
 	Kabel zasilający.
 	Pilot Epson.
 W przypadku użytkowania Knowla Box na podłodze, gdzie jest dywan lub wykładzina - zachęcamy do zakupu Knowla Mat (821115). Mata do Knowla Box, która pełni funkcję ekranu projekcyjnego. Lekka, zwijana i niegniotąca. Mocna i trwała tkanina poliestrowa powlekana PVC. Tworzy gładką, jednolitą powierzchnię do wyświetlania obrazu z projektora.
 Urządzenie (w szczególności projektor) spełnia wymagania DYREKTYWY PARLAMENTU EUROPEJSKIEGO I RADY 2011/65/UE z dnia 8 czerwca 2011 r. w sprawie ograniczenia stosowania niektórych niebezpiecznych substancji w sprzęcie elektrycznym i elektronicznym.
 Materiały dla nauczyciela:
 Każda planeta zawiera INSTRUKCJĘ, w której znajdują się:
 	szczegółowe opisy poszczególnych aplikacji,
 	odniesienia do podstawy programowej,
 	przykładowe scenariusze zajęć, ułatwiające korzystanie z materiałów.
 Na urządzeniu Knowla Box zainstalowane są dwie startowe, darmowe planety:
 	Planeta Fruu – mix aplikacji edukacyjnych oraz gier rozrywkowych; 250 aktywności,
 	Planeta EduMini – przekrojowe pokazanie możliwości całego Edukacyjnego Wszechświata; 95 aktywności.
-</t>
+Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146252</t>
   </si>
   <si>
     <t>EKO dekor - domek mały beżowy</t>
   </si>
   <si>
     <t>146253</t>
   </si>
   <si>
     <t>EKO dekor - domek średni beżowy</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
@@ -367,51 +367,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38717d706302ee79796b7aec1526f701.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/055a024754195e1129702b0dcd9d91d02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433e321b75aba00efc1e66a8ac920b033.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462132e0caf2fb65839f2d0b39a075df4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb85f9aab33bc18ac494c41c6a0492f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30126e95546ec6a92770469c7ff2f3e76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f6fee9b38a2dd1bfdbef4c04b6447d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a57e6e9fcd856bf5b09101b3a4e951ca8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1021c26c51c52cd4a3d9a2faa40808d49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a031de4fdbd723b9b40c35d44b646510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c94bd3e9af5b4f223904d34b5b38c2e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b0316083e0eb0eee31ab549da099fb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/252acb635ead1e312282f42ac22d4c3413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2b2d7f66e579cd494bdbc93a840778914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d63fd3ac7e0d380805e52d1b640669e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317e435bd74823b286c36389236849b16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/679e1b3b2ced77c9c4c42657f9790e8017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002b772ab04c2d8856e83ecb6209071618.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b21d95c46f2893db0a208ed8949973a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f8717d2da95e761606775524f656432.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06efe71128a80c9e9770fff0ccde64b53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4b35dcf28570527e6679cbc236b2a04.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abea6e7350b5bd8e23747cf2d9c80db5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7713676a2ad5cd233273991a5c56a56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e7f713e0f6f79af7bc887db1d137847.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637849472b8a4b7d3ed822a19f283a6a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd307442c504a68f9317a9cb6e2cf01c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d53ee182b5d259101bddeee1e8d15c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d7f81da7256e38939383fb8c45605c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6d12362d0b2f14ad5d45321598597712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f55de3d90db66f6226987e70ca81e6413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62f0fbc6dc937684609b5dd20488d1914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96446b277a12079d1a5d3a7871b1997a15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df1654a63cb90234b00377fc4bd82aed16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23af422f9fed4d8d1c30af5e5909cee117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22db41935f53fda0ee2b51a3622b9e7f18.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-GR-0002" descr="Sala przedszkolna Grande z Magicznym Boxem"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1586,104 +1586,104 @@
       <c r="E19" s="8">
         <v>2</v>
       </c>
       <c r="F19" s="10">
         <v>899.9</v>
       </c>
       <c r="G19" s="11">
         <v>1799.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>20999.9</v>
+        <v>18899.9</v>
       </c>
       <c r="G20" s="11">
-        <v>20999.9</v>
+        <v>18899.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
         <v>459.9</v>
       </c>
       <c r="G21" s="11">
         <v>459.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
         <v>799.9</v>
       </c>
       <c r="G22" s="11">
         <v>799.9</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="F24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G24" s="12">
-        <v>53668.33</v>
+        <v>51568.33</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 