--- v0 (2025-10-08)
+++ v1 (2025-11-28)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>WIZ-SZK-MB-0023 Zielona Pracownia 9</t>
   </si>
   <si>
-    <t>z dnia 2025-10-08 13:09:12</t>
+    <t>z dnia 2025-11-28 02:53:05</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>048205</t>
   </si>
   <si>
     <t>Krzesło obrotowe I-Line szare</t>
   </si>
@@ -73,147 +73,158 @@
   <si>
     <t>571066</t>
   </si>
   <si>
     <t>Krążek Newtona</t>
   </si>
   <si>
     <t>Koło podzielone na sektory o barwach tęczy. Wprawione w szybki ruch obrotowy przybiera kolor biały. Doświadczenie ilustruje zasadę działania wielu urządzeń, np. telewizorów kolorowych, monitorów komputerowych. • mocowany na podstawie  • wykonany z drewna, plastiku i metalu • śr. krążka 23 cm • wym. podstawy 24 x 43 cm.OSTRZEŻENIE: Produkt nie jest zabawką.</t>
   </si>
   <si>
     <t>095433S</t>
   </si>
   <si>
     <t>Quadro - szafa ubraniowa 90 st., cichy domyk  - biała, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Szafa wyposażona w przegrodę. Po jednej stronie 2 półki (dolna i górna) oraz 2 wieszaki ubraniowe, po drugiej stronie 4 półki. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z drzwiami wykonanymi z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Drzwi wyposażone w zawiasy 90 stopni z cichym domykiem. • wym. drzwi 37 x 184 cm • wym. półek 36 x 25 cm • wym. komór 36 x 134 cm• wym. 79,2 x 41,5 x 199 cm</t>
   </si>
   <si>
     <t>101861</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnozielone</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>101727</t>
   </si>
   <si>
     <t>Poducha szaro-zielona</t>
   </si>
   <si>
     <t>Pokrowiec z poliestru, wypełnienie strzępki pianki.Duża poducha z pokrowcem z poliestruCzyścić wilgotną szmatką lub miękką szczoteczką i ciepłą wodą z mydłem, następnie użyć szmatki zwilżonej czystą wodą i wytrzeć do sucha. W razie potrzeby prać ręcznie w czystej wodzie (30°C).• wym. 50 cm x 50 cm x 20 cm</t>
   </si>
   <si>
     <t>817210</t>
   </si>
   <si>
     <t>Plansza dydaktyczna - Młody ekolog</t>
   </si>
   <si>
     <t>Plansza dydaktyczna drukowana na kartonie kredowym o gramaturze 250 g. Ofoliowana i wyposażona w listwy metalowe i zawieszkę. • wym. 70 x 100 cm</t>
   </si>
   <si>
     <t>027002</t>
   </si>
   <si>
     <t>Globus fizyczny</t>
   </si>
   <si>
-    <t>Na telefon lub tablet można pobrać darmową aplikację, dzięki czemu klasyczny globus nabierze zupełnie nowego wymiaru! Poprzez połączenie nowoczesnej technologii AR z klasycznym globusem, można dostarczyć dzieciom zupełnie nowych doświadczeń: realistyczne obiekty 3D z animacjami i dźwiękami są prezentowane zgodnie z ich lokalizacjami geograficznymi, pozwalając dzieciom na zdobywanie kompleksowej wiedzy podczas zabawy. Minimalne wymagania sprzętowe do prawidłowego działania aplikacji: system Android w wersji minimum 8.0, procesor ARM64, 3 GB RAM lub system iOS od wersji 11.0.  • śr. 22 cm • wys. 30 cm • stopka i cięciwa wykonane z plastiku • opakowanie: folia Aplikację można pobrać ze strony https://www.multiglobear.com/, z Google Play lub App Store.</t>
+    <t>Na telefon lub tablet można pobrać darmową aplikację, dzięki czemu klasyczny globus nabierze zupełnie nowego wymiaru! Poprzez połączenie nowoczesnej technologii AR z klasycznym globusem, można dostarczyć dzieciom zupełnie nowych doświadczeń: realistyczne obiekty 3D z animacjami i dźwiękami są prezentowane zgodnie z ich lokalizacjami geograficznymi, pozwalając dzieciom na zdobywanie kompleksowej wiedzy podczas zabawy.Minimalne wymagania sprzętowe do prawidłowego działania aplikacji: system Android w wersji minimum 8.0, procesor ARM64, 3 GB RAM lub system iOS od wersji 11.0. • śr. 22 cm • wys. 30 cm • stopka i cięciwa wykonane z plastiku • opakowanie: foliaAplikację można pobrać ze strony https://www.multiglobear.com/, z Google Play lub App Store.</t>
   </si>
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>SET6169</t>
   </si>
   <si>
     <t>Quadro - zestaw 103, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt. • 096666 Quadro - nadstawka S z przegrodą, klon jasny, 1 szt. • 553022 Pojemnik składany z pokrywką, 4 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 2 szt. • wym. 79,20 x 41,50 x 126,40 cm• długość zestawu: 0,00 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt. • 096666 Quadro - nadstawka S z przegrodą, klon jasny, 1 szt. • 553022 Pojemnik składany z pokrywką, 4 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 2 szt. • wym. 79,20 x 41,50 x 126,40 cm</t>
   </si>
   <si>
     <t>D613509-05</t>
   </si>
   <si>
     <t>Stojak na mapy - klon</t>
   </si>
   <si>
     <t xml:space="preserve">Stojak na mapy wykonany z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem o gr. 0,5 mm. W kolorze klonu. • wym. 90 x 40 x 70 cm </t>
   </si>
   <si>
     <t>096948</t>
   </si>
   <si>
     <t>Quadro - regał M z 2 przegrodami i półką dwustronny - klon jasny</t>
   </si>
   <si>
     <t>Regał z otwartymi półkami w górnej części, idealny do wydzielania przestrzeni w sali. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 116,8 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>507011</t>
   </si>
   <si>
     <t>Pomiary energii</t>
   </si>
   <si>
     <t>Wiatrak do użytku na zewnątrz i wewnątrz pomieszczenia, służący do pomiarów siły wiatru, przepływu prądu, wody, nasłonecznienia. Posiada 4 wymienne monitory do obserwacji każdej z sił. • wym. 27 x 20 cm • maksymalna wys. 38 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>817041</t>
   </si>
   <si>
     <t>Plansza dydaktyczna - Etapy recyklingu</t>
   </si>
   <si>
     <t>SET6216</t>
   </si>
   <si>
     <t>Quadro - zestaw 111, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
     <t># 092143 Quadro - szafka L z 2 półkami, klon jasny, 1 szt.# 096668 Quadro - nadstawka M z półką, klon jasny, 1 szt.# 096718 Quadro - drzwiczki średnie z zamkiem 90, do szafek bez przegrody, 1 para - białe, 2 pary• wym. 79,20 x 41,50 x 201,20 cm• długość zestawu: 0,00 m</t>
   </si>
   <si>
     <t>ZEST5544</t>
   </si>
   <si>
     <t>Zestaw multimedialny 19</t>
   </si>
   <si>
-    <t xml:space="preserve"> Zestaw zawiera:   _x0001_585109 Tablica interaktywna insGraf 81 (4:3), 1 szt. _x0001_047057 Projektor multimedialny Epson EB-X49, 1 szt. _x0001_085293 Uchwyt sufitowy do projektorów 8-98 cm, 1 szt.      585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt.    _x0001_Przekątna: 81,3 cali _x0001_Przekątna obszaru interaktywnego: 73,8 cali _x0001_Technologia: IR - pozycjonowania w podczerwieni (dotykowa) _x0001_Format: 4:3 _x0001_Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna _x0001_Precyzja: </t>
+    <t xml:space="preserve">
+Zestaw zawiera:
+	585109 Tablica interaktywna insGraf 81 (4:3), 1 szt.
+	047057 Projektor multimedialny Epson EB-X49, 1 szt.
+	085825 Uchwyt sufitowy PMV200 do projektora, 1 szt.
+585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt. 
+	Przekątna: 81,3 cali
+	Przekątna obszaru interaktywnego: 73,8 cali
+	Technologia: IR - pozycjonowania w podczerwieni (dotykowa)
+	Format: 4:3
+	Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna
+	Precyzja: </t>
   </si>
   <si>
     <t>256072</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 żółte, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>817211</t>
   </si>
   <si>
     <t>Plansza dydaktyczna - W trosce o środowisko</t>
   </si>
   <si>
     <t>095445</t>
   </si>
   <si>
     <t>Quadro - biurko z szafką i 1 szufladą 90 st.  - białe, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
   </si>
@@ -315,51 +326,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c8665c2cd734747ecadaf2f449958331.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643127eea34b0813e379b05a7ede3d7c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f6f5be5d2de168bfca9044f71559803.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257d9c14559b3d12572d130703573e704.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1ba1dfebd0e4a251e068511a87e6df5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f5d121f5eed60b8b1fb0c4eb4b86816.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272938f183ecd6a289af7dfffac14c4d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b23f1a373e8ae55492625e2fe061a508.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d5d51d1acadbe58f7e889ead69fdfec9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11764c0d6f553789a57836fe25dea94610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5415dc7441e1d42d21f0d630ab45a7e011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7171c6e1a2ab2745fb1ff41e103d330512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a07ddb5a8bb400c8cd8b893b6dfb12c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1563ce1a53c4b2f0f9464097877d33714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307c1dac5ebaf0d947452b7e0c16c4bb15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8f751e39fe0ff4485f31a9b7527f3f16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf7b0ce51ec134ce114290369535a3717.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a358939d0a414697cbbb2e39c3b457818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3346bef204476e95f20d100e167f9519.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9a19a84b2e510bc3f6a65d39a0705e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcd2057fa238880783fe42b1e2027482.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b282050ed95b7ab28a9880e928147d883.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df775eb32f7343f9bab23a8a465893314.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f876b68730372d878ccfea24d2fa5b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0733ca7e52cc46d621b3edd39da4a4af6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201a2998c9ccec13cad1bf23414bbaa27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06704cfeeef7a763bdd4bbcbe0e445e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e28235a828df12f4de61cc8b4431d7749.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fc93807c18d141f36cf6a060b4cfc710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677b93db6d0b5a61f6d6d52f8a50d8ba11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad532d75ad54c1f16bcb1b5f859a122f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a415c6ccc6131f445586c80b1fd2ad13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f30b762f4c082ef50223131c62fbb714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbe9024bbc91dc9f65ea3ee3b8bddc515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb441da60eded181abdfa9662ea3ddc16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7971b294bfa0573ff5d8fd9b46dae8217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97543962e97aeccaa0d7a1d15db2c9618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7c6fce488188731fe92cf8434317c619.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0023" descr="Zielona Pracownia 9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1564,54 +1575,54 @@
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
         <v>1789.6</v>
       </c>
       <c r="G19" s="11">
         <v>1789.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
       <c r="G20" s="11">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="E21" s="8">
         <v>10</v>
       </c>
       <c r="F21" s="10">
         <v>399.9</v>
       </c>
       <c r="G21" s="11">
         <v>3999.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
@@ -1638,51 +1649,51 @@
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
         <v>949.9</v>
       </c>
       <c r="G23" s="11">
         <v>949.9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="F25" s="4" t="s">
         <v>60</v>
       </c>
       <c r="G25" s="12">
-        <v>23224.4</v>
+        <v>23754.4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 