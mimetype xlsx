--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>WIZ-SZK-MB-0023 Zielona Pracownia 9</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 02:53:05</t>
+    <t>z dnia 2026-01-17 02:13:46</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>048205</t>
   </si>
   <si>
     <t>Krzesło obrotowe I-Line szare</t>
   </si>
@@ -118,137 +118,108 @@
   <si>
     <t>027002</t>
   </si>
   <si>
     <t>Globus fizyczny</t>
   </si>
   <si>
     <t>Na telefon lub tablet można pobrać darmową aplikację, dzięki czemu klasyczny globus nabierze zupełnie nowego wymiaru! Poprzez połączenie nowoczesnej technologii AR z klasycznym globusem, można dostarczyć dzieciom zupełnie nowych doświadczeń: realistyczne obiekty 3D z animacjami i dźwiękami są prezentowane zgodnie z ich lokalizacjami geograficznymi, pozwalając dzieciom na zdobywanie kompleksowej wiedzy podczas zabawy.Minimalne wymagania sprzętowe do prawidłowego działania aplikacji: system Android w wersji minimum 8.0, procesor ARM64, 3 GB RAM lub system iOS od wersji 11.0. • śr. 22 cm • wys. 30 cm • stopka i cięciwa wykonane z plastiku • opakowanie: foliaAplikację można pobrać ze strony https://www.multiglobear.com/, z Google Play lub App Store.</t>
   </si>
   <si>
     <t>079123</t>
   </si>
   <si>
     <t>Las - naklejka wielokrotnego użytku</t>
   </si>
   <si>
     <t>Naklejka dużych rozmiarów składająca się z 3 elementów. Drukowana na wysokiej jakości materiale posiadającym opatentowany rodzaj kleju oparty na mikro przyssawkach. Jest idealny do krótkookresowej jak i długookresowej aplikacji do wewnątrz. Usuwalny, aplikowany bez pęcherzyków. Łatwy w aplikacji, przyjazny dla środowiska. Nie pozostawia żadnych śladów po usunięciu, nawet po długookresowej aplikacji. Przeznaczony do większości czystych i gładkich powierzchni takich jak szyby, metal, płyty meblowe.• wym. 3,5 x 2,5 mUwaga, częścią dostawy jest TESTER. Koniecznie, przed instalacja tapety sprawdź, czy będzie trzymać na twojej powierzchni. • wym. 350 cm x 250 cm</t>
   </si>
   <si>
     <t>SET6169</t>
   </si>
   <si>
     <t>Quadro - zestaw 103, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt. • 096666 Quadro - nadstawka S z przegrodą, klon jasny, 1 szt. • 553022 Pojemnik składany z pokrywką, 4 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 2 szt. • wym. 79,20 x 41,50 x 126,40 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt. • 096666 Quadro - nadstawka S z przegrodą, klon jasny, 1 szt. • 553022 Pojemnik składany z pokrywką, 4 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 2 szt. • wym. 79,20 x 41,50 x 126,40 cm</t>
   </si>
   <si>
     <t>D613509-05</t>
   </si>
   <si>
     <t>Stojak na mapy - klon</t>
   </si>
   <si>
     <t xml:space="preserve">Stojak na mapy wykonany z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem o gr. 0,5 mm. W kolorze klonu. • wym. 90 x 40 x 70 cm </t>
   </si>
   <si>
     <t>096948</t>
   </si>
   <si>
-    <t>Quadro - regał M z 2 przegrodami i półką dwustronny - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał z otwartymi półkami w górnej części, idealny do wydzielania przestrzeni w sali. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 116,8 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z 2 przegrodami i półką dwustronny – klon jasny</t>
+  </si>
+  <si>
+    <t>Regał z otwartymi półkami w górnej części, idealny do wydzielania przestrzeni w sali. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 116,80 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>507011</t>
   </si>
   <si>
     <t>Pomiary energii</t>
   </si>
   <si>
     <t>Wiatrak do użytku na zewnątrz i wewnątrz pomieszczenia, służący do pomiarów siły wiatru, przepływu prądu, wody, nasłonecznienia. Posiada 4 wymienne monitory do obserwacji każdej z sił. • wym. 27 x 20 cm • maksymalna wys. 38 cmOSTRZEŻENIE: Do użytku pod bezpośrednim nadzorem osoby dorosłej.</t>
   </si>
   <si>
     <t>817041</t>
   </si>
   <si>
     <t>Plansza dydaktyczna - Etapy recyklingu</t>
   </si>
   <si>
     <t>SET6216</t>
   </si>
   <si>
     <t>Quadro - zestaw 111, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
     <t># 092143 Quadro - szafka L z 2 półkami, klon jasny, 1 szt.# 096668 Quadro - nadstawka M z półką, klon jasny, 1 szt.# 096718 Quadro - drzwiczki średnie z zamkiem 90, do szafek bez przegrody, 1 para - białe, 2 pary• wym. 79,20 x 41,50 x 201,20 cm• długość zestawu: 0,00 m</t>
   </si>
   <si>
-    <t>ZEST5544</t>
-[...18 lines deleted...]
-  <si>
     <t>256072</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 5 żółte, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>817211</t>
   </si>
   <si>
     <t>Plansza dydaktyczna - W trosce o środowisko</t>
-  </si>
-[...7 lines deleted...]
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -326,51 +297,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9a19a84b2e510bc3f6a65d39a0705e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcd2057fa238880783fe42b1e2027482.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b282050ed95b7ab28a9880e928147d883.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df775eb32f7343f9bab23a8a465893314.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f876b68730372d878ccfea24d2fa5b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0733ca7e52cc46d621b3edd39da4a4af6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201a2998c9ccec13cad1bf23414bbaa27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06704cfeeef7a763bdd4bbcbe0e445e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e28235a828df12f4de61cc8b4431d7749.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fc93807c18d141f36cf6a060b4cfc710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677b93db6d0b5a61f6d6d52f8a50d8ba11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad532d75ad54c1f16bcb1b5f859a122f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a415c6ccc6131f445586c80b1fd2ad13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f30b762f4c082ef50223131c62fbb714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbe9024bbc91dc9f65ea3ee3b8bddc515.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb441da60eded181abdfa9662ea3ddc16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7971b294bfa0573ff5d8fd9b46dae8217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97543962e97aeccaa0d7a1d15db2c9618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7c6fce488188731fe92cf8434317c619.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cef56dd0317447f3d57cfc5c613dd7441.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792c7b90031a7009bbd3fd1642dc37f72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26f95ee75cb0c758aa6d98f9112bbd23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402f947c76e1844b648ef0691dc1ce424.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd19dd7a83fd307e94cd13eb503899595.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a02165130af4ed3a5c3fb54504fe4386.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd70b1b726b1a28b99d8b672a67929db7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4dd5dc92ac681c57a4b8dc1791954c88.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38acbde9e7298edeccc80dff4a5efeaa9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f664f7e1f75dc39cbe1071e1a94fece710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c01f0daf257df58a2f3bf8678e109f911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d117f8764838404caec64bdea8bd6cda12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bd6f68f0254db0ebeb5045f52f350a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416117fe7ae8a5942edf467f54ddd77614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f9296de9212f89e392d1f8316ef8d715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c578c8594683b8a23a98e1011378a6c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/404cf190e9d78fe70a624cec4e9c48bf17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0023" descr="Zielona Pracownia 9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -791,147 +762,87 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="ZEST5544" descr="ZEST5544"/>
+        <xdr:cNvPr id="16" name="256072" descr="256072"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="256072" descr="256072"/>
+        <xdr:cNvPr id="17" name="817211" descr="817211"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1198,54 +1109,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G25"/>
+  <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25:G25"/>
+      <selection activeCell="F23" sqref="F23:G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1572,128 +1483,86 @@
       <c r="D19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
         <v>1789.6</v>
       </c>
       <c r="G19" s="11">
         <v>1789.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="8">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F20" s="10">
-        <v>6029.7</v>
+        <v>399.9</v>
       </c>
       <c r="G20" s="11">
-        <v>6029.7</v>
+        <v>3999.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" s="8">
+        <v>1</v>
+      </c>
+      <c r="F21" s="10">
+        <v>49.9</v>
+      </c>
+      <c r="G21" s="11">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="F23" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="E21" s="8">
-[...56 lines deleted...]
-        <v>23754.4</v>
+      <c r="G23" s="12">
+        <v>16774.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 