--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -20,150 +20,150 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-ZLO-QU-0003 Sala żłobkowa Quadro kontrastowa</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 12:48:45</t>
+    <t>z dnia 2025-12-06 07:37:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
-    <t>096572-2</t>
-[...7 lines deleted...]
-  <si>
     <t>101686</t>
   </si>
   <si>
     <t>Mata kontrastowa z lusterkami</t>
   </si>
   <si>
     <t>Mata kontrastowa to idealne rozwiązanie dla najmłodszych dzieci. Kontrastowe kolory i ciekawe kształty przyciągają wzrok, dodatkowo stymulowany dzięki lusterkom z pleksi. Wykonana z pianki pokrytej zdejmowanym pokrowcem z tkaniny Bardo (65% poliester, 35% bawełna).Uwaga: bawełna może się nieznacznie skurczyć podczas prania.• wym. 145 x 120 x 4 cm</t>
   </si>
   <si>
     <t>SET6045W</t>
   </si>
   <si>
     <t>Quadro - zestaw 42, biała skrzynia</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 092187W Quadro - regał wielofunkcyjny, biały, 1 szt.• 092291 Quadro - skrzynia duża - biała, 2 szt.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• 092187W Quadro - regał wielofunkcyjny, biały, 1 szt.• 092291 Quadro - skrzynia duża - biała, 2 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>096528</t>
   </si>
   <si>
-    <t>Sześcian - konstrukcja na akcesoria sensoryczne</t>
-[...2 lines deleted...]
-    <t>Wykonana z belek z drewna bukowego o przekroju 4,9 x 4,9 cm. Na wierzchniej stronie każdej z górnych belek po 11 otworów o śr. 2,5 mm, umieszczonych w odstępach co 9,3 cm. Możesz wypełnić spód sześcianu kwadratowymi poduszki (zestaw 10 sztuk 101388, które należy zamówić osobno). • Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 120 cm x 120 cm x 120 cm</t>
+    <t>Sześcian – konstrukcja na akcesoria sensoryczne</t>
+  </si>
+  <si>
+    <t>Wykonana z belek z drewna bukowego o przekroju 4,9 x 4,9 cm. Na wierzchniej stronie każdej z górnych belek po 11 otworów o śr. 2,5 mm, umieszczonych w odstępach co 9,3 cm. Możesz wypełnić spód sześcianu kwadratowymi poduszki (zestaw 10 sztuk 101388, które należy zamówić osobno). • Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 120 x 120 x 120 cmSpecyfikacja urządzenia:</t>
+  </si>
+  <si>
+    <t>119007N</t>
+  </si>
+  <si>
+    <t>Krzesło Krzyś Deluxe z podłokietnikami i stopką filcową, rozm. 2, buk</t>
+  </si>
+  <si>
+    <t>Wygodne krzesło dla malucha z oparciami pod ręce. Wykonane z lakierowanego drewna bukowego.  Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.</t>
   </si>
   <si>
     <t>092741</t>
   </si>
   <si>
     <t>Kredens na kółkach - biały</t>
   </si>
   <si>
     <t xml:space="preserve">Pojemny i praktyczny mebel do przechowywania naczyń. Wyposażony w kółka (dwa przednie posiadają hamulec), na jednej z bocznych ścianek znajduje się uchwyt ułatwiający przemieszczanie kredensu, na drugiej - dwa wieszaki na ściereczki. Wykonany z płyty laminowanej, wieniec dolny ze sklejki. • wym. 100 x 50 x 105 cm • wys. blatu 65 cm • wym. półki 45 x 16 cm • gł. górnej półki 17 cm </t>
   </si>
   <si>
     <t>101407</t>
   </si>
   <si>
     <t>Gruszka mini czerwona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 40 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga: 1,8 kg • śr. 40 cm • wys. 60 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 40 cm• wym. 60 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>565503</t>
   </si>
   <si>
     <t>Krzesełko do karmienia Rarytas</t>
   </si>
   <si>
-    <t>Krzesełko wykonane z polipropylenu oraz drewna brzozowego. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesło jest wielofunkcyjne, dzięki regulowanej wysokości w 2 pozycjach: wysokie krzesło do karmienia i niskie do użytkowania przy stoliku. Posiada podnóżek. Taca może być zamontowana w 3 pozycjach. Nakładka na tacę ułatwia utrzymanie jej w czystości. Poduszka do siedzenia z tkaniny PU jest również zdejmowana, co ułatwia czyszczenie. Wyposażone w 5-punktowe pasy bezpieczeństwa. Krzesełko wykonane zgodnie z normą EN 14988.  • wym. 44 x 54 x 86 cm • wys. siedziska 56,5 cm • wym. stoliczka 44 x 28 cm • waga: 6 kg• od 6 do 36 miesięcy</t>
+    <t>Krzesełko wykonane z polipropylenu oraz drewna brzozowego.Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesło jest wielofunkcyjne, dzięki regulowanej wysokości w 2 pozycjach: wysokie krzesło do karmienia i niskie do użytkowania przy stoliku. Posiada podnóżek. Taca może być zamontowana w 3 pozycjach. Nakładka na tacę ułatwia utrzymanie jej w czystości. Poduszka do siedzenia z tkaniny PU jest również zdejmowana, co ułatwia czyszczenie.Wyposażone w 5-punktowe pasy bezpieczeństwa.Krzesełko wykonane zgodnie z normą EN 14988.• wym. 44 x 54 x 86 cm• wys. siedziska 56,5 cm• wym. stoliczka 44 x 28 cm• waga: 6 kg• od 6 do 36 miesięcy</t>
   </si>
   <si>
     <t>101660</t>
   </si>
   <si>
     <t>Poducha kwiatek kontrastowa</t>
   </si>
   <si>
     <t>Miękka poducha z pokrowcem z tkaniny Bardo (65% poliester, 35% bawełna). Kontrastowe kolory przyciągają wzrok najmłodszych. • śr. całkowita 150 cm • wys. maks. ok. 20 cm Uwaga: bawełna może się nieznacznie skurczyć podczas prania.</t>
   </si>
   <si>
     <t>SET6145</t>
   </si>
   <si>
     <t>Quadro - zestaw 90, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt.• 092145 Quadro - szafka słupek M z 1 półką, klon jasny, 1 szt.• 092150 Quadro - regał M z 2 przegrodami i półką, klon jasny, 1 szt.• 092172 Quadro - szafka na dużą skrzynię, klon jasny, 1 szt.• 092006 Quadro - szuflada wąska środkowa - biała, 1 szt. • 092559 Quadro - szuflada wąska środkowa – czerwona, 1 szt. • 092091 Quadro - skrzynia mała – czerwona, 1 szt. • 092084 Quadro - skrzynia mała - biała, 1 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. mocowane do korpusu – szare, 1 szt. • wym. 317 x 41,5 x 86,8 cm• długość zestawu: 3,17 m</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. • 092141 Quadro - szafka M z 1 półką na cokole, klon jasny, 1 szt.• 092145 Quadro - szafka słupek M z 1 półką, klon jasny, 1 szt.• 092150 Quadro - regał M z 2 przegrodami i półką, klon jasny, 1 szt.• 092172 Quadro - szafka na dużą skrzynię, klon jasny, 1 szt.• 092006 Quadro - szuflada wąska środkowa - biała, 1 szt. • 092559 Quadro - szuflada wąska środkowa – czerwona, 1 szt. • 092091 Quadro - skrzynia mała – czerwona, 1 szt. • 092084 Quadro - skrzynia mała - biała, 1 szt. • 092200 Quadro - drzwiczki małe 90 st. mocowane do korpusu – białe, 1 szt.• 092201 Quadro - drzwiczki małe 90 st. mocowane do korpusu – szare, 1 szt. • wym. 317 x 41,50 x 86,80 cm• długość zestawu: 3,17 m</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -241,186 +241,186 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a86be5cf1cd0532158da1de135b444ec1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7793653ec1e8e6c1cf2b9006c7db203f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07dd50bb1167f97d5b21342dab0473f13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08e90170ecc1cd8c4376a7aed46a1104.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef49d82365e4f92401d84c30bdbf36c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e624c3df80ba7c41d4c9c548f3d889dc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4982620f76db07af442bde8fada6cab27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/883b92c53a0f99b856bdc11be1d28fd78.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2951ccb1118dc797c6e497067b818e659.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ebbb0e9470011aba0bc266bfc4e33c10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/998a655a77f8aee4f231b4eb8abf67871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe816f09f59ea0bfb6049bec27e40bd2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043c33b52e77a3c7e5fc97e5c3c159fb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09bcd53de7caebf83961a1a12c01778d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31428ad50f4d5589908bff7969c987a85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79155681351d89396226d0f2b0dffdc56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8085150e4692ae04216296216999087.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33cf2b025a3807334a345279b916a7578.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9125d8864c38bc7ee4a8e91344849ffe9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c45426fa5c52f435882d2bee472291b10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5572125" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-QU-0003" descr="Sala żłobkowa Quadro kontrastowa"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="096572-2" descr="096572-2"/>
+        <xdr:cNvPr id="2" name="101686" descr="101686"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="101686" descr="101686"/>
+        <xdr:cNvPr id="3" name="SET6045W" descr="SET6045W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="SET6045W" descr="SET6045W"/>
+        <xdr:cNvPr id="4" name="096528" descr="096528"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="096528" descr="096528"/>
+        <xdr:cNvPr id="5" name="119007N" descr="119007N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -923,120 +923,120 @@
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>329.9</v>
+        <v>759.9</v>
       </c>
       <c r="G6" s="11">
-        <v>2969.1</v>
+        <v>759.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>759.9</v>
+        <v>2449.7</v>
       </c>
       <c r="G7" s="11">
-        <v>759.9</v>
+        <v>2449.7</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>2449.7</v>
+        <v>1299.9</v>
       </c>
       <c r="G8" s="11">
-        <v>2449.7</v>
+        <v>1299.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F9" s="10">
-        <v>1299.9</v>
+        <v>529.9</v>
       </c>
       <c r="G9" s="11">
-        <v>1299.9</v>
+        <v>4769.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
         <v>1259.9</v>
       </c>
       <c r="G10" s="11">
         <v>1259.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
@@ -1105,51 +1105,51 @@
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>3549.0</v>
       </c>
       <c r="G14" s="11">
         <v>3549.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="F16" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="12">
-        <v>15116.7</v>
+        <v>16916.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 