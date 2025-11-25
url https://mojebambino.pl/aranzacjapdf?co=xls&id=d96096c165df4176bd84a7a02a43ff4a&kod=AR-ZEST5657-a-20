--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -20,132 +20,132 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>AR-ZEST5657-a-20 Gabinet dyrektora Kvadra 2</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 04:26:48</t>
+    <t>z dnia 2025-11-25 03:56:48</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>D095002</t>
   </si>
   <si>
     <t>Biurko Kvadra 160 - klon 375</t>
   </si>
   <si>
-    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 160 x 80 x 76 cm• wym. 160 cm x 80 cm x 76 cm</t>
+    <t>Biurko na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty biurek wykonane z płyty laminowanej w tonacji klonu 375, o gr. 25 mm, wykończonej obrzeżem o gr. 2 mm. Pod blatem znajduje się listwa do poziomego okablowania, a w blacie przelotka. • wym. 160 x 80 x 76 cm• wym. 160 x 80 x 76 cm</t>
   </si>
   <si>
     <t>D095031K</t>
   </si>
   <si>
     <t>Szafa wąska lewa z zamkiem</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu. • wym. 60 x 42 x 83,4 cm• wym. 60 x 42 x 85,4 cm</t>
+    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu. • wym. 60 x 42 x 83,4 cm• wym. 60 x 42 x 85,40 cm</t>
   </si>
   <si>
     <t>D095015</t>
   </si>
   <si>
     <t>Kontenerek z piórnikiem - klon 375</t>
   </si>
   <si>
-    <t>Kontenerki wolnostojące wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych. Na ruchomych rolkach z hamulcem. Bogate wyposażenie: piórnik, kartoteka (D095014), centralny zamek, w szufladach mechanizm stop control zabezpieczający przed jednoczesnym wysuwem więcej niż jednej szuflady. • wym. 43,2 x 58 x 65,1 cm</t>
+    <t>Kontenerki wolnostojące wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm oraz 25 mm na wieńcach górnych. Na ruchomych rolkach z hamulcem. Bogate wyposażenie: piórnik, kartoteka (D095014), centralny zamek, w szufladach mechanizm stop control zabezpieczający przed jednoczesnym wysuwem więcej niż jednej szuflady. • wym. 43,2 x 58 x 65,1 cm• wym. 43,20 x 58 x 65,10 cm</t>
   </si>
   <si>
     <t>048237</t>
   </si>
   <si>
     <t>Krzesło Athena 4L zielone</t>
   </si>
   <si>
     <t xml:space="preserve">Oryginalne, wytrzymałe i bardzo wygodne krzesło, które świetnie spisze się w przestrzeniach użyteczności publicznej, np. w poczekalniach.  • Tapicerowane siedzisko i oparcie jest zintegrowane z podłokietnikami. • Siedzisko i podłokietniki wykonane z płyty wiórowej (gr. 18 mm) i obłożone są wytrzymałą pianką.  • Rama: 4 nogi metalowe chromowane. • Stopki: GBP: do miękkich powierzchni, przegubowe, materiał: tworzywo sztuczne. • wys. siedziska: 46,5 cm  </t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>D095024K</t>
   </si>
   <si>
     <t>Szafa wąska prawa z zamkiem</t>
   </si>
   <si>
-    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu. • wym. 60 x 42 x 83,4 cm• wym. 60 x 42 x 83,4 cm</t>
+    <t>Szafy wykonane z płyty laminowanej w tonacji klonu 375, o gr. 18 mm i 25 mm na wieńcach górnych i dolnych, wykończonej obrzeżem. Wyposażone w metalowe nóżki w kolorze aluminium z regulacją poziomu. • wym. 60 x 42 x 83,4 cm• wym. 60 x 42 x 83,40 cm</t>
   </si>
   <si>
     <t>096671</t>
   </si>
   <si>
     <t>Szafka Kvadra na drukarkę 3D/ksero - klon 375</t>
   </si>
   <si>
-    <t>Mobilna szafka pod ksero, wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu 375. W celu wzmocnienia konstrukcji wieniec górny (blat) i dolny wykonano z płyty o gr. 25 mm. • pod blatem schowek o wym. 75,6 x 55,8 x 17,6 cm • zamykana na kluczyk szafka o wym. 75,6 x 55,8 x 42,4 • przednie kółka z hamulcem Maksymalne dopuszczalne obciążenie: 40 kg• wym. 80 x 60 x 75,8 cm</t>
+    <t>Mobilna szafka pod ksero, wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu 375. W celu wzmocnienia konstrukcji wieniec górny (blat) i dolny wykonano z płyty o gr. 25 mm. • pod blatem schowek o wym. 75,6 x 55,8 x 17,6 cm • zamykana na kluczyk szafka o wym. 75,6 x 55,8 x 42,4 • przednie kółka z hamulcemMaksymalne dopuszczalne obciążenie: 40 kg• wym. 80 x 60 x 75,80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -223,51 +223,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7968bdeefb67c78d52c0a42bc6cd381.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a11ac092d05442bc1a4d1907a05289bb2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9ff15209790a5064d9126a370c06293.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ad6370aabd58a2712a1f23c81b04144.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea00b9976e255d276af527623d675b865.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6add4fa0010581e3df42343ba78a34c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9181a0fd0b2e2ec87701fd4461acaec7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b17b925cc98a3aece0d77c37dec386f38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d52a4e9a2939026238de70b7732fbf41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f486d7804a1f996d0c10d11e5b18b462.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5833bc59c78ec0ee3b37ea5d0f0ad69f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5675b2427176e8be8872c3116a1241474.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b017e5d17aed2eec6345afaac7fa0695.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea56934c1fe1915706312ccfe1f696676.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972d13ee60e31d048c6ae1fb4e1b95437.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bb65a77577497154a93526c15c037518.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-ZEST5657-a-20" descr="Gabinet dyrektora Kvadra 2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>