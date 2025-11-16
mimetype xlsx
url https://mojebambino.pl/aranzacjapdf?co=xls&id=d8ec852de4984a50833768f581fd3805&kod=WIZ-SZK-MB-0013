--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>WIZ-SZK-MB-0013 Pracownia informatyczna</t>
   </si>
   <si>
-    <t>z dnia 2025-10-02 04:10:11</t>
+    <t>z dnia 2025-11-17 00:04:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET6215</t>
   </si>
   <si>
     <t>Zestaw Flexi 103</t>
   </si>
@@ -98,51 +98,62 @@
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>092375</t>
   </si>
   <si>
     <t>Szafka Flexi D wąska na cokole, brzoza</t>
   </si>
   <si>
     <t>Szafkę można uzupełnić pojemnikami drewnianymi (126043, 126044, 126052-126063, sprzedawane osobno).• wym. 60,1 x 41,5 x 87,1 cm</t>
   </si>
   <si>
     <t>256115</t>
   </si>
   <si>
     <t>Krzesło Ergo obrotowe na kółkach szare</t>
   </si>
   <si>
     <t>ZEST5544</t>
   </si>
   <si>
     <t>Zestaw multimedialny 19</t>
   </si>
   <si>
-    <t xml:space="preserve"> Zestaw zawiera:   _x0001_585109 Tablica interaktywna insGraf 81 (4:3), 1 szt. _x0001_047057 Projektor multimedialny Epson EB-X49, 1 szt. _x0001_085293 Uchwyt sufitowy do projektorów 8-98 cm, 1 szt.      585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt.    _x0001_Przekątna: 81,3 cali _x0001_Przekątna obszaru interaktywnego: 73,8 cali _x0001_Technologia: IR - pozycjonowania w podczerwieni (dotykowa) _x0001_Format: 4:3 _x0001_Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna _x0001_Precyzja: </t>
+    <t xml:space="preserve">
+Zestaw zawiera:
+	585109 Tablica interaktywna insGraf 81 (4:3), 1 szt.
+	047057 Projektor multimedialny Epson EB-X49, 1 szt.
+	085825 Uchwyt sufitowy PMV200 do projektora, 1 szt.
+585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt. 
+	Przekątna: 81,3 cali
+	Przekątna obszaru interaktywnego: 73,8 cali
+	Technologia: IR - pozycjonowania w podczerwieni (dotykowa)
+	Format: 4:3
+	Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna
+	Precyzja: </t>
   </si>
   <si>
     <t>044008</t>
   </si>
   <si>
     <t>Tablica biała flipchart</t>
   </si>
   <si>
     <t>Tablica biała na stojaku z uchwytem na blok papierowy. Powierzchnia lakierowana (suchościeralna, magnetyczna). 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. tablicy 100 x 70 cmBlok do flipchart 085290 sprzedawany osobno.</t>
   </si>
   <si>
     <t>100289</t>
   </si>
   <si>
     <t>Szafka Flexi D z 3 półkami na cokole, brzoza</t>
   </si>
   <si>
     <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex. Można do nich zamontować drzwiczki (100290 - 100297, sprzedawane osobno, co umożliwia wybór kolorów) albo uzupełnić je pojemnikami drewnianymi (126043, 126044, 126052-126063, sprzedawane osobno) lub z tkaniny (553001-553006 i 553011). • wym. 89,1 x 41,5 x 87,1 cm</t>
   </si>
   <si>
     <t>D052491-03</t>
   </si>
   <si>
     <t>Stolik komputerowy STANDARD  z półką na komputer i szufladą na klawiaturę - biały</t>
   </si>
@@ -247,51 +258,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36edb292aa456d61792474b8ba3a1a0a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa0b486bffa26add36cce5c7990a4c42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6837080958b5fa608bd6dda9adc2b10b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d345d7685ef63d69f32cacdf2fad0344.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f830a3cb90cd6291200c3d04af6eb4b15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d276ea096985a1d123a17a41d15f8f796.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48965c66f9fe59305c828004dde779a87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ee8b984511784d2049d691cbbb02918.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91b709662ee30bacd66ae3d0c9518f189.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d76539b39c4772ea62e78ec714784910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29ec152738a244e21dd2e5eb6eb1b9111.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3fa04f5b57805430503b55b489f76bd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3e9c986dedcb52c780cce6df8accb42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c28dbfdc6b618448c75d3a49643c4c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8969b08e8f5325cbb7b7feb69e9685254.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8fd9ddad4bf886746ebfc538dd50aa55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21be4dc830d10080eec6d8be2f936d1d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349b25e6b8b5cf2bff04e7f533ddaa437.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8ff408dd39d132ecf2a3abb84b71458.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84fd09d1453556714f578371f1f3ba3e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46925caf025dcb49e25ee4b077d09a8010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d88752f867386b650323535dc1f5795111.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0013" descr="Pracownia informatyczna"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1088,54 +1099,54 @@
       <c r="E11" s="8">
         <v>13</v>
       </c>
       <c r="F11" s="10">
         <v>759.9</v>
       </c>
       <c r="G11" s="11">
         <v>9878.7</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
       <c r="G12" s="11">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
         <v>459.9</v>
       </c>
       <c r="G13" s="11">
         <v>459.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
@@ -1162,51 +1173,51 @@
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="8">
         <v>24</v>
       </c>
       <c r="F15" s="10">
         <v>499.9</v>
       </c>
       <c r="G15" s="11">
         <v>11997.6</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="F17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="G17" s="12">
-        <v>43563.8</v>
+        <v>44093.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 