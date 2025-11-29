--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -20,87 +20,88 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>AR-099749W-f-21 Gabinet dyrektora Grande 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-12 10:12:32</t>
+    <t>z dnia 2025-11-29 03:39:21</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096926</t>
   </si>
   <si>
     <t>Drzwi witrynowe Grande M</t>
   </si>
   <si>
     <t>Drzwi witrynowe w ramce aluminiowej. Dostosowane do zamontowania w nadstawce M (096890, 096890W, 096891, 096891W) i w regałach M (096898, 096898W, 096899, 096899W). • wym. 40,5 x 70,1 cm • wym. 40,5 x 70,1 cm</t>
   </si>
   <si>
     <t>056109</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - szary 2 x 2 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 cm x 200 cm</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 2 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 200 cm</t>
   </si>
   <si>
     <t>096877</t>
   </si>
   <si>
     <t>Drzwi Grande wysokie 90 st. 2 szt. - białe</t>
   </si>
   <si>
     <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W, 098188, 098188W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
   </si>
   <si>
     <t>048132</t>
   </si>
   <si>
     <t>Krzesło obrotowe z wysokim oparciem lucia INTRATA  czarno - czarne</t>
   </si>
   <si>
     <t>Nowoczesne krzesło obrotowe posiadające szerokie i komfortowe siedzisko oraz ergonomicznie wyprofilowane wysokie oparcie. Dzięki mechanizmowi ACTIVE IN posiada możliwość swobodnego kołysania się z blokadą oparcia i siedziska w pięciu pozycjach. Fotel posiada funkcję  Anti-Shock zabezpieczającą przed uderzeniem w plecy.Podłokietniki krzesła oraz podstawa jezdna wykonane z tworzywa sztucznego. Materiał 100% polyolfinu.</t>
   </si>
   <si>
     <t>085126</t>
   </si>
   <si>
     <t>Uchwyt ścienny do monitorów 65, 75 i 86 cali</t>
   </si>
@@ -164,51 +165,119 @@
   <si>
     <t>834001</t>
   </si>
   <si>
     <t>Fotel konferencyjny na kółkach</t>
   </si>
   <si>
     <t xml:space="preserve">Fotel wyróżniający się nowatorską formą, wysoką jakością zastosowanych materiałów oraz doskonałymi walorami ergonomicznymi. Oparcie wykonane na bazie profilowanej formatki sklejkowej, z wypełnieniem z pianki tapicerowanej tkaniną poliestrową o gramaturze 250g/m2. Tapicerka ma wyraźnie zaznaczone krawędzie boczne wzdłuż oparcia i podłokietników zszywane z osobnych elementów. Integralnym elementem są podłokietniki, które stanowią wraz z oparciem jeden element. Siedzisko wykonane na bazie formatki sklejkowej, posiadającej specjalny układ tapicerski. Tapicerowane tkaniną poliestrową o gramaturze 250g/m2. Przód siedziska jest wyraźnie zaokrąglony w dół. Konstrukcja malowana proszkowo. • wym. 60 x 63 x 89,5 cm • wys. siedziska 43 cm </t>
   </si>
   <si>
     <t>096890</t>
   </si>
   <si>
     <t>Nadstawka Grande M - klon jasny</t>
   </si>
   <si>
     <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,4 cm</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -286,51 +355,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c99d5841710fab3a233074df925b63d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481790cc6bbf30c8281f4b79a6e97f1e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ff521e458e005b69e3c65b00cf7085c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f86390cd3dee9540b093978b1c5fe54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c1a5010defa1285d92830fd1cc68155.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e204dbf23d397680cd3cbc39e5d067536.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c630be1fbf7c63db00417cfc8fa846ac7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11641870aa7eefb95d32dd102938d0a98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59673a6a03c43c903639a5d2c304a29d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ea5c7f9f8e299a4d886c07edf0a82710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe81fc7e29a6c823a452dc72b62e344d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e542a6c906fca57c5e5e4360180b3912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6521f4a8c2d777247a27edfd81a1d2613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e724cb963ae487dde34821f80552a5914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60549d35af6a02f96c1992c53127f56415.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d04d95c5e14c9f7df49e2aa6a495b5a81.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4e688d6f30be80f502396c6d3f241c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7a02030916dbbeac4ef0a7e1d5dbb13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6366a663280256ba7c26277bbb4aa00e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448256ecf210a1ab14620a7bd99df2fb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/806cfc712350a357b28c572b9816bbdd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ef28f14579eb18195d4cb6efc5b25e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a3b93f8a2cf853d325eb27814c4ce18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542b5d24cee78664cff16b77e51ca9219.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1fea0418732ccc7fe3102821533ac6210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9357d4c563c1192c7d8a84970eada311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d23da9b4440411895d067c2fe3fdb0b512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61076e6d20cf4a0ce1f8aa779cafe2a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f45257344945371d933bfd16daa7aa4a14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f14754f999ec047c1baca1de00f97d015.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4457700" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-099749W-f-21" descr="Gabinet dyrektora Grande 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>