--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-SZK-GR-0008 Sala współpracy STREAM</t>
   </si>
   <si>
-    <t>z dnia 2025-10-16 18:47:36</t>
+    <t>z dnia 2025-12-01 00:07:31</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>834202</t>
   </si>
   <si>
     <t>Blocco zestaw 1</t>
   </si>
@@ -130,105 +130,176 @@
   </si>
   <si>
     <t>Zestaw wysokich, pojemnych mebli z drabiną regałową, która umożliwia swobodne korzystanie z górnych półek.
 Drabinę podczas użytkowania  zawiesza się na specjalnych metalowych drążkach umieszczonych w górnej części regału. Do przechowywania drabiny regałowej służy specjalny uchwyt znajdujący się z boku szafki. Dzięki takiemu rozwiązaniu można w pełni i bezpiecznie korzystać z górnych szafek regału.
 Zaletą wysokich mebli, a regały Grande w prezentowanym zestawie mają niewiele ponad 3 m, jest możliwość optymalnego wykorzystania przestrzeni a przez to duża ilość szafek do przechowywania. Dodatkowym atutem mebli są szafki zamykane na klucz. Środkowa część regału jest otwarta, co ułatwia dostęp do rzeczy, które powinny być stale pod ręką.
 Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096901 Regał Grande L głęboki - klon, wym. 82 x 48 x 117,4 cm, 4 szt.
 	096893 Nadstawka Grande L głęboka – klon, wym. 82 x 48 x 105,6 cm, 4 szt.
 	096891 Nadstawka Grande M głęboka - klon, wym. 82 x 48 x 70,4 cm, 4 szt.
 	096970 Moduł Grande 1-częściowy - klon, wys.11,2 cm, głęb. 48 cm, dł. 82 cm, 1 szt.
 	096972 Moduł Grande 3-częściowy - klon, wys.11,2 cm, głęb. 48 cm, dł. 246 cm, 1 szt.
 	096969 Drabina przestawna Grande, dł. 243 cm, 1 szt.
 	096974 Uchwyt na drabinę, 1 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 4 pary
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 105,3 cm, 6 par
 Wym. 328 x 49,8 x 304,6 cm
 # Uchwyt ścienny można zamontować na panelu bocznym półki lub na ścianie; Minimalna wysokość montażu: 245 cm, aby drabinka przylegała płasko do ściany. # Pasujące drzwi w rozmiarze M i L (z zamkiem lub bez, w tym drzwi szklane) lub dodatkowe półki można zamówić osobno. # Wysokie szafki muszą być przymocowane do ściany.UWAGA: Montaż drzwiczek zwiększa głębokość szafki o 18 mm (do 49,8 cm).• wym. 328.00 x 49.80 x 301.60 cm• długość zestawu: 3.28 m</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>256057</t>
   </si>
   <si>
     <t>Krzesło zawieszane Colores rozm. 6 zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Stelaż krzesła w delikatnym, aluminiowym kolorze, idealnie współgrającym z kolorystyką siedzisk. Krzesło można zawieszać na blacie lub stawiać jedno na drugim. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie  w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż wykonany z profilu płaskoowalnego o przekroju 38 x 20 mm. Krzesło jest wyposażone w plastikowe zatyczki chroniące podłogę przed zarysowaniem. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.</t>
   </si>
   <si>
     <t>098352</t>
   </si>
   <si>
     <t>Stół warsztatowy/montażowy/stolarski nauczyciela</t>
   </si>
   <si>
     <t>Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową (098354, sprzedawana oddzielnie). Stół wyposażony jest w 2 potrójne gniazdka. Wykonany z lakierowanej sklejki brzozowej (gr. 24 mm). • wym. 150 x 60 cm • reg. wys. 71 i 76 cm • udźwig 300 kg.</t>
   </si>
   <si>
     <t>585004</t>
   </si>
   <si>
-    <t>Uchwyt ścienny do monitorów insGraf DIGITAL 55 i 65 cali</t>
-[...2 lines deleted...]
-    <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital. Maksymalny udźwig - 120 kg Zalecana wielkość monitora: od 55&amp;apos;&amp;apos; do 65&amp;apos;&amp;apos; Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
+    <t>Uchwyt ścienny do monitorów insGraf DIGITAL 65, 75 i 86 cali</t>
+  </si>
+  <si>
+    <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital.
+Maksymalny udźwig - 120 kg
+Zalecana wielkość monitora: od 65&amp;apos;&amp;apos; do 86&amp;apos;&amp;apos;
+Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>256088</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>834159</t>
   </si>
   <si>
     <t>Treehouse otwarty - jasnoszary</t>
   </si>
   <si>
-    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. Cechy charakterystyczne:• metalowa konstrukcja – malowana proszkowo• blaty - płyta laminowana • wysokiej jakości kółka z funkcją blokadyMontaż wliczony w cenę.• obicie pianką i tkaniną • podłoga wykonana z desek • gr. ramy 8 cm• wys. siedzisk 33 cm • wym. stołu 72 x 58 x 71 cm • wym. 210 x 78 x 221,5 cm</t>
+    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. Cechy charakterystyczne:• metalowa konstrukcja – malowana proszkowo• blaty - płyta laminowana • wysokiej jakości kółka z funkcją blokady• obicie pianką i tkaniną • podłoga wykonana z desek • gr. ramy 8 cm• wys. siedzisk 33 cm • wym. stołu 72 x 58 x 71 cm • wym. 210 x 78 x 221,5 cmMONTAŻ WLICZONY W CENĘ.</t>
   </si>
   <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>842102</t>
   </si>
   <si>
     <t>Parawan wyciszający wysoki - szary</t>
   </si>
   <si>
     <t>Parawany wyciszające ze sztywną ramą obciągniętą materiałem, ustawiane na aluminiowych podstawkach. Możliwość łączenia kilku parawanów pod różnym kątem. Do każdego parawanu dodano: • 2 podstawki o wym. 38 x 4 x 10,3 cm • 4 haczyki i drążek do łączenia parawanów • gr. 5 cm • kolor szary • wym. 80,5 x 160 cm  • dł. drążka 101,5 cm • wym. 81 cm x 5 cm x 160 cm</t>
   </si>
   <si>
     <t>098152</t>
   </si>
   <si>
     <t>Stół Moove+ czworoboczny rozm. 6</t>
   </si>
@@ -262,51 +333,51 @@
   <si>
     <t>098354</t>
   </si>
   <si>
     <t>Nakładka/nadbudowa/tylna ścianka do stołu nauczyciela</t>
   </si>
   <si>
     <t>Nakładkę można zamontować na stole warsztatowym (098352, sprzedawany osobno). Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.• wym. 150 x 60 cmMożna również zamontować na ścianie.</t>
   </si>
   <si>
     <t>842103</t>
   </si>
   <si>
     <t>Parawan wyciszający wysoki - zielony</t>
   </si>
   <si>
     <t>Parawany wyciszające ze sztywną ramą obciągniętą materiałem, ustawiane na aluminiowych podstawkach. Możliwość łączenia kilku parawanów pod różnym kątem. Do każdego parawanu dodano: • 2 podstawki o wym. 38 x 4 x 10,3 cm • 4 haczyki i drążek do łączenia parawanów • gr. 5 cm • kolor zielony • wym. 80,5 x 160 cm • dł. drążka 101,5 cm • wym. 81 cm x 5 cm x 160 cm</t>
   </si>
   <si>
     <t>101838</t>
   </si>
   <si>
     <t>Gruszka duża szaro-beżowo-niebieska - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>ZEST5519</t>
   </si>
   <si>
     <t>Zestaw mobilny do pracy indywidualnej 2</t>
   </si>
   <si>
     <t>Zestaw mobilny do pracy indywidualnej 2:   _x0001_098128 Stół prostokątny easyMoove, 1 szt. _x0001_098125W Kontenerek Grande M - biały, 1 szt.   _x0001_372054 Pojemnik płytki 1 czarny, 2 szt.   Opis składników zestawu:  098128 Stół prostokątny easyMoove, 1 szt.  Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. Rozmiar 6. Dwie stopki i dwa kółka z hamulcem. Wymiar blatu: 50 x 70 cm.  098125W Kontenerek Grande M - biały, 1 szt.    Kontenerek w rozmiarze M uzupełniający kolekcję Grande, wykonany z białej płyty laminowanej o gr. 18 mm. Drzwiczki można zamontować po prawej lub lewej stronie kontenerka (w drzwiczkach należy przewiercić otwory na uchwyt w odpowiednim miejscu). Nadstawka w rozmiarze pozwalającym na przechowywanie segregatorów. Wymiary: 36 x 50,1 x 111,3 cm  372054 Pojemnik płytki 1 czarny, 2 szt.  Pojemniki do kontenerka, wykonane z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami. Wymiary: 31,2 x 42,7 x 7,5 cm  • wym. 106 x 50 x 111,3 cm</t>
   </si>
   <si>
     <t>834116</t>
   </si>
   <si>
     <t>Pufa Blocco 2-osobowa jasnoszara</t>
   </si>
   <si>
     <t>Seria siedzisk i oparć Blocco o geometrycznych kształtach świetnie sprawdzi się zarówno w przestrzeni biurowej, w gabinetach, jak i na korytarzu, w szatni czy w bibliotece. Można je dowolnie konfigurować. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) w stonowanych kolorach i wyposażone w niskie, okrągłe nóżki. Konstrukcja skrzyni jest wykonana z płyty wiórowej łączonej belkami z tarcicy. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wym. 130 x 50 x 42 cm  • wym. 130 cm x 50 cm x 42 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -402,51 +473,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d198a464348d54884bd996b5ad19b1fe1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25027aee0828f91cafc0a3adb6b7d83c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924ff23ed229fc2add2490e240f02c873.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a57973c3d7ff635de4bf242636e4a94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8905ee6e3a622d7b2a55a103ae54fd8b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dbe7e4440eba798f99996bfb02510ef6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb39ad011f8ad6c278015da1e14edcaf7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3468f1b9dce1de9c3b3c9283895979278.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81bc691c1decdde0dde00b7b43d267e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438d0e23f7d6e799f7b56000ac91156e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ccfd8636cf79075b9ae83c8310c14c11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de8674f425bb362b749e0e794d34c93712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a8d9ad80e4505aa2b017bde1b66a11413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f453f8a6bbf3f2dda8095626999a006314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50925438c2a753a0f426e130023bb86e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69a15da3ca7b5bee9a9eb37724c8598416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdcf5205634a775bced612a4874cc82117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d4a6e3c5a1691fb5c13321c572cb9718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e962b7999dc5ccf9ecdf6c09202f2919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6955370e50d216c6ebf5654fb754f75e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80685f54e1377921f2ca413f6abdd65a21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cf841611b84e8af034a6ff97802ef8322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1e81922e7807c558807408e65a333f523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec65efe9284c0b2d03e5eb30c165a7024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd3cba58b3884256f5d1103d1594fd925.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c56b0ae754c78827c6b5a7abfb67cb1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820a2554b835df8dcdf58eb9047062112.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d70d2b0c153d45fdbfcf8079f0681343.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f61f375139457f9a4a91f37cf1567b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e88c560b54e68285b3f1674992ae1e85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a0cbcd1cd5f4c776e2fedbbb69bccc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0426a2600e7764caf38f9c5b531f59b67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b039425368b95383b2976e37917e1d498.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6caddb9cc56063ff6afbdf4e7453726e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5d43f05090b775489756fc51c2bb8e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3605a3d26f5f6a367909f8738a68005d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafd225082bde5fe89fa2e03bf96812712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1b79d204107043dab4510973c9ea0913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0d5a93fda7360327975a6214d91c8914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4bc8ab4b323ffad3640ec4edbb3860015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/618b7aacbac969eab7ef1ff5b4fb553016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52469192a61a62f168a0b7c8957f20c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8497b90754223a74fc2c5ea291587d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e8c31a628f98bbb6da843162e7c56e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c02c9f619d425324642a1c02ecf0c1020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bb1b70babfe22d68875d2642386eff21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f307b45918fe6298571e3251f6a30a22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e98502320e41e5c90cc1ac822a8266d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802ce04f7041c282c8b515ea4017317424.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf17acba141dea629654544d9b12323e25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0008" descr="Sala współpracy STREAM"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>