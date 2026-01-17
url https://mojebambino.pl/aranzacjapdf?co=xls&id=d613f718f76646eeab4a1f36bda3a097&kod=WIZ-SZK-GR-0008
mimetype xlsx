--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-SZK-GR-0008 Sala współpracy STREAM</t>
   </si>
   <si>
-    <t>z dnia 2025-12-01 00:07:31</t>
+    <t>z dnia 2026-01-17 02:02:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>834202</t>
   </si>
   <si>
     <t>Blocco zestaw 1</t>
   </si>
@@ -124,127 +124,50 @@
   </si>
   <si>
     <t>ZEST5337</t>
   </si>
   <si>
     <t>Grande - Wysoki regał z modułem do mocowania drabiny 27 - klonowo-biały</t>
   </si>
   <si>
     <t>Zestaw wysokich, pojemnych mebli z drabiną regałową, która umożliwia swobodne korzystanie z górnych półek.
 Drabinę podczas użytkowania  zawiesza się na specjalnych metalowych drążkach umieszczonych w górnej części regału. Do przechowywania drabiny regałowej służy specjalny uchwyt znajdujący się z boku szafki. Dzięki takiemu rozwiązaniu można w pełni i bezpiecznie korzystać z górnych szafek regału.
 Zaletą wysokich mebli, a regały Grande w prezentowanym zestawie mają niewiele ponad 3 m, jest możliwość optymalnego wykorzystania przestrzeni a przez to duża ilość szafek do przechowywania. Dodatkowym atutem mebli są szafki zamykane na klucz. Środkowa część regału jest otwarta, co ułatwia dostęp do rzeczy, które powinny być stale pod ręką.
 Meble wykonane z klonowej płyty laminowanej o gr. 18 mm.
 	096901 Regał Grande L głęboki - klon, wym. 82 x 48 x 117,4 cm, 4 szt.
 	096893 Nadstawka Grande L głęboka – klon, wym. 82 x 48 x 105,6 cm, 4 szt.
 	096891 Nadstawka Grande M głęboka - klon, wym. 82 x 48 x 70,4 cm, 4 szt.
 	096970 Moduł Grande 1-częściowy - klon, wys.11,2 cm, głęb. 48 cm, dł. 82 cm, 1 szt.
 	096972 Moduł Grande 3-częściowy - klon, wys.11,2 cm, głęb. 48 cm, dł. 246 cm, 1 szt.
 	096969 Drabina przestawna Grande, dł. 243 cm, 1 szt.
 	096974 Uchwyt na drabinę, 1 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 70,1 cm, 4 pary
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 105,3 cm, 6 par
 Wym. 328 x 49,8 x 304,6 cm
 # Uchwyt ścienny można zamontować na panelu bocznym półki lub na ścianie; Minimalna wysokość montażu: 245 cm, aby drabinka przylegała płasko do ściany. # Pasujące drzwi w rozmiarze M i L (z zamkiem lub bez, w tym drzwi szklane) lub dodatkowe półki można zamówić osobno. # Wysokie szafki muszą być przymocowane do ściany.UWAGA: Montaż drzwiczek zwiększa głębokość szafki o 18 mm (do 49,8 cm).• wym. 328.00 x 49.80 x 301.60 cm• długość zestawu: 3.28 m</t>
   </si>
   <si>
-    <t>585022</t>
-[...75 lines deleted...]
-  <si>
     <t>256057</t>
   </si>
   <si>
     <t>Krzesło zawieszane Colores rozm. 6 zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Stelaż krzesła w delikatnym, aluminiowym kolorze, idealnie współgrającym z kolorystyką siedzisk. Krzesło można zawieszać na blacie lub stawiać jedno na drugim. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie  w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż wykonany z profilu płaskoowalnego o przekroju 38 x 20 mm. Krzesło jest wyposażone w plastikowe zatyczki chroniące podłogę przed zarysowaniem. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.</t>
   </si>
   <si>
     <t>098352</t>
   </si>
   <si>
     <t>Stół warsztatowy/montażowy/stolarski nauczyciela</t>
   </si>
   <si>
     <t>Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową (098354, sprzedawana oddzielnie). Stół wyposażony jest w 2 potrójne gniazdka. Wykonany z lakierowanej sklejki brzozowej (gr. 24 mm). • wym. 150 x 60 cm • reg. wys. 71 i 76 cm • udźwig 300 kg.</t>
   </si>
   <si>
     <t>585004</t>
   </si>
   <si>
     <t>Uchwyt ścienny do monitorów insGraf DIGITAL 65, 75 i 86 cali</t>
   </si>
   <si>
     <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital.
@@ -252,63 +175,71 @@
 Zalecana wielkość monitora: od 65&amp;apos;&amp;apos; do 86&amp;apos;&amp;apos;
 Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>256088</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 38 do 51 cm</t>
   </si>
   <si>
     <t>834159</t>
   </si>
   <si>
-    <t>Treehouse otwarty - jasnoszary</t>
-[...2 lines deleted...]
-    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. Cechy charakterystyczne:• metalowa konstrukcja – malowana proszkowo• blaty - płyta laminowana • wysokiej jakości kółka z funkcją blokady• obicie pianką i tkaniną • podłoga wykonana z desek • gr. ramy 8 cm• wys. siedzisk 33 cm • wym. stołu 72 x 58 x 71 cm • wym. 210 x 78 x 221,5 cmMONTAŻ WLICZONY W CENĘ.</t>
+    <t>Treehouse otwarty – jasnoszary</t>
+  </si>
+  <si>
+    <t>Treehouse to innowacyjne rozwiązanie, które zapewnia funkcjonalność i poprawę jakości akustyki w przestrzeniach edukacyjnych, takich jak szkoły i biblioteki. To ciepła i przytulna konstrukcja tworząca przyjazną atmosferę do pracy indywidualnej lub grupowej, w zależności od potrzeby. Formą przypomina domek na drzewie, w którym powstają najbardziej kreatywne pomysły. Treehouse posiada znaczną powierzchnię absorbującą dźwięki, dzięki czemu wpływa pozytywnie na zmniejszenie hałasu i pogłosu w całym pomieszczeniu. 
+Cechy charakterystyczne:
+• metalowa konstrukcja – malowana proszkowo
+• blaty – płyta laminowana • wysokiej jakości kółka z funkcją blokady• obicie pianką i tkaniną 
+• podłoga wykonana z desek 
+• gr. ramy 8 cm
+• wys. siedzisk 33 cm 
+• wym. stołu 72 x 58 x 71 cm 
+• wym. 210 x 78 x 221,5 cmMONTAŻ WLICZONY W CENĘ.</t>
   </si>
   <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
-    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
+    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 x 88 cm</t>
   </si>
   <si>
     <t>842102</t>
   </si>
   <si>
     <t>Parawan wyciszający wysoki - szary</t>
   </si>
   <si>
     <t>Parawany wyciszające ze sztywną ramą obciągniętą materiałem, ustawiane na aluminiowych podstawkach. Możliwość łączenia kilku parawanów pod różnym kątem. Do każdego parawanu dodano: • 2 podstawki o wym. 38 x 4 x 10,3 cm • 4 haczyki i drążek do łączenia parawanów • gr. 5 cm • kolor szary • wym. 80,5 x 160 cm  • dł. drążka 101,5 cm • wym. 81 cm x 5 cm x 160 cm</t>
   </si>
   <si>
     <t>098152</t>
   </si>
   <si>
     <t>Stół Moove+ czworoboczny rozm. 6</t>
   </si>
   <si>
     <t xml:space="preserve">Mobilny stół na stelażu metalowym z okrągłymi nogami (śr. 32 mm). Stelaż został zespolony z nogami dla zwiększenia stabilności. Blat z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem ABS o gr. 1 mm.• dwie stopki i dwa kółka z hamulcem • dł. boków 90, 42, 70, 70 cmStoły Moove Plus dzięki swojemu nieregularnemu kształtowi oferują szeroką gamę możliwości ustawiania i łączenia. Krótkie boki trójkątnych stołów Moove Plus pasują do długich boków kwadratowych stołów Moove Plus. Kwadratowe stoły Moove Plus można łatwo ustawić w łuk, aby umożliwić grupom dyskusyjnym. W tym celu ustawia się je obok siebie na długich bokach; z przodu (szer. 70 cm) jest wystarczająco dużo miejsca dla 1 osoby. Dzięki kółkom aranżację można szybko dostosować do zmieniających się sytuacji podczas nauki i pracy. </t>
   </si>
   <si>
     <t>834113</t>
   </si>
   <si>
     <t>Pufa Blocco 1-osobowa grafitowa</t>
   </si>
@@ -325,50 +256,200 @@
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>834110</t>
   </si>
   <si>
     <t>Pufa Blocco 1-osobowa niebieska</t>
   </si>
   <si>
     <t>098354</t>
   </si>
   <si>
     <t>Nakładka/nadbudowa/tylna ścianka do stołu nauczyciela</t>
   </si>
   <si>
     <t>Nakładkę można zamontować na stole warsztatowym (098352, sprzedawany osobno). Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.• wym. 150 x 60 cmMożna również zamontować na ścianie.</t>
   </si>
   <si>
     <t>842103</t>
   </si>
   <si>
     <t>Parawan wyciszający wysoki - zielony</t>
   </si>
   <si>
     <t>Parawany wyciszające ze sztywną ramą obciągniętą materiałem, ustawiane na aluminiowych podstawkach. Możliwość łączenia kilku parawanów pod różnym kątem. Do każdego parawanu dodano: • 2 podstawki o wym. 38 x 4 x 10,3 cm • 4 haczyki i drążek do łączenia parawanów • gr. 5 cm • kolor zielony • wym. 80,5 x 160 cm • dł. drążka 101,5 cm • wym. 81 cm x 5 cm x 160 cm</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>101838</t>
   </si>
   <si>
     <t>Gruszka duża szaro-beżowo-niebieska - MED</t>
   </si>
   <si>
     <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>ZEST5519</t>
   </si>
   <si>
     <t>Zestaw mobilny do pracy indywidualnej 2</t>
   </si>
   <si>
     <t>Zestaw mobilny do pracy indywidualnej 2:   _x0001_098128 Stół prostokątny easyMoove, 1 szt. _x0001_098125W Kontenerek Grande M - biały, 1 szt.   _x0001_372054 Pojemnik płytki 1 czarny, 2 szt.   Opis składników zestawu:  098128 Stół prostokątny easyMoove, 1 szt.  Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. Rozmiar 6. Dwie stopki i dwa kółka z hamulcem. Wymiar blatu: 50 x 70 cm.  098125W Kontenerek Grande M - biały, 1 szt.    Kontenerek w rozmiarze M uzupełniający kolekcję Grande, wykonany z białej płyty laminowanej o gr. 18 mm. Drzwiczki można zamontować po prawej lub lewej stronie kontenerka (w drzwiczkach należy przewiercić otwory na uchwyt w odpowiednim miejscu). Nadstawka w rozmiarze pozwalającym na przechowywanie segregatorów. Wymiary: 36 x 50,1 x 111,3 cm  372054 Pojemnik płytki 1 czarny, 2 szt.  Pojemniki do kontenerka, wykonane z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami. Wymiary: 31,2 x 42,7 x 7,5 cm  • wym. 106 x 50 x 111,3 cm</t>
   </si>
   <si>
     <t>834116</t>
   </si>
   <si>
     <t>Pufa Blocco 2-osobowa jasnoszara</t>
   </si>
@@ -473,51 +554,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c56b0ae754c78827c6b5a7abfb67cb1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820a2554b835df8dcdf58eb9047062112.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d70d2b0c153d45fdbfcf8079f0681343.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f61f375139457f9a4a91f37cf1567b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e88c560b54e68285b3f1674992ae1e85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a0cbcd1cd5f4c776e2fedbbb69bccc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0426a2600e7764caf38f9c5b531f59b67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b039425368b95383b2976e37917e1d498.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6caddb9cc56063ff6afbdf4e7453726e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5d43f05090b775489756fc51c2bb8e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3605a3d26f5f6a367909f8738a68005d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafd225082bde5fe89fa2e03bf96812712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1b79d204107043dab4510973c9ea0913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0d5a93fda7360327975a6214d91c8914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4bc8ab4b323ffad3640ec4edbb3860015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/618b7aacbac969eab7ef1ff5b4fb553016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52469192a61a62f168a0b7c8957f20c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8497b90754223a74fc2c5ea291587d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e8c31a628f98bbb6da843162e7c56e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c02c9f619d425324642a1c02ecf0c1020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bb1b70babfe22d68875d2642386eff21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f307b45918fe6298571e3251f6a30a22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e98502320e41e5c90cc1ac822a8266d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802ce04f7041c282c8b515ea4017317424.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf17acba141dea629654544d9b12323e25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a197c692a01e900634e52d51249d87d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6987b8607961b7cb69ffc79bdbadb7f52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1dd39ef8a1ac0684a6c059500f2febb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/991358dc8859582ba94ad171a57649624.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e212260dc1e5f7e4e1c2b31a15e11f085.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d14653977d967aa41c47df73de407686.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3e526d55b3895f79beda4bbddde7617.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c86e420254121232ae08f94a605eb618.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfba651e101848a597409f2ec115f5a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627efcd1301ca337c3e6ba8c2880831e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ffbdc7d2c0500512a9be5ecb1d900b411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77281586283b1de99b6c12b624d6eb5d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77145d9e6bb2a5b7f74d8ed5203162be13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa90c6d4b71328e39125ec3bd18513ce14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1576173fc714f22580baf8a1bef920e815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df0a6a64d3968e941a5fc5c7e3d94d4c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c8797ffced88596bd3e7c58ed840ba117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e45f1a8ffdb353b2a3aca175ab0162418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a999078646ee1d0aef96ba6bd8a85cb19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457e25cb3cb97894ba5141c1105901f520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7e8a33908931b3be6ec8a71305434721.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee5006e640a40de4576d9a140edf711022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452eb7c0e70a5478f769247a1c286f5623.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a2b36d7909d744928a4d84abd629b824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3ba76c47cee1f4bc68c87289161eb625.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0008" descr="Sala współpracy STREAM"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -668,501 +749,501 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="585022" descr="585022"/>
+        <xdr:cNvPr id="7" name="256057" descr="256057"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="256057" descr="256057"/>
+        <xdr:cNvPr id="8" name="098352" descr="098352"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="098352" descr="098352"/>
+        <xdr:cNvPr id="9" name="585004" descr="585004"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="585004" descr="585004"/>
+        <xdr:cNvPr id="10" name="098128" descr="098128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="098128" descr="098128"/>
+        <xdr:cNvPr id="11" name="585004" descr="585004"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="585004" descr="585004"/>
+        <xdr:cNvPr id="12" name="256088" descr="256088"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="256088" descr="256088"/>
+        <xdr:cNvPr id="13" name="834159" descr="834159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="834159" descr="834159"/>
+        <xdr:cNvPr id="14" name="092902" descr="092902"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="092902" descr="092902"/>
+        <xdr:cNvPr id="15" name="842102" descr="842102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="842102" descr="842102"/>
+        <xdr:cNvPr id="16" name="098152" descr="098152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="098152" descr="098152"/>
+        <xdr:cNvPr id="17" name="834113" descr="834113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="834113" descr="834113"/>
+        <xdr:cNvPr id="18" name="146064" descr="146064"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="146064" descr="146064"/>
+        <xdr:cNvPr id="19" name="834110" descr="834110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="834110" descr="834110"/>
+        <xdr:cNvPr id="20" name="098354" descr="098354"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="098354" descr="098354"/>
+        <xdr:cNvPr id="21" name="842103" descr="842103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="842103" descr="842103"/>
+        <xdr:cNvPr id="22" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1710,372 +1791,372 @@
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>2</v>
       </c>
       <c r="F10" s="10">
         <v>15517.4</v>
       </c>
       <c r="G10" s="11">
         <v>31034.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F11" s="10">
-        <v>6887.9</v>
+        <v>479.9</v>
       </c>
       <c r="G11" s="11">
-        <v>20663.7</v>
+        <v>3839.2</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>479.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G12" s="11">
-        <v>3839.2</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>1699.9</v>
+        <v>269.9</v>
       </c>
       <c r="G13" s="11">
-        <v>1699.9</v>
+        <v>269.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F14" s="10">
-        <v>269.9</v>
+        <v>649.9</v>
       </c>
       <c r="G14" s="11">
-        <v>269.9</v>
+        <v>6499.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E15" s="8">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F15" s="10">
-        <v>649.9</v>
+        <v>269.9</v>
       </c>
       <c r="G15" s="11">
-        <v>6499.0</v>
+        <v>539.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E16" s="8">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F16" s="10">
-        <v>269.9</v>
+        <v>719.9</v>
       </c>
       <c r="G16" s="11">
-        <v>539.8</v>
+        <v>7199.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="8">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F17" s="10">
-        <v>719.9</v>
+        <v>19999.9</v>
       </c>
       <c r="G17" s="11">
-        <v>7199.0</v>
+        <v>39999.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="8">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F18" s="10">
-        <v>19999.9</v>
+        <v>779.9</v>
       </c>
       <c r="G18" s="11">
-        <v>39999.8</v>
+        <v>9358.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E19" s="8">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F19" s="10">
-        <v>779.9</v>
+        <v>749.9</v>
       </c>
       <c r="G19" s="11">
-        <v>9358.8</v>
+        <v>2999.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="8">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F20" s="10">
-        <v>749.9</v>
+        <v>499.9</v>
       </c>
       <c r="G20" s="11">
-        <v>2999.6</v>
+        <v>5998.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>499.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G21" s="11">
-        <v>5998.8</v>
+        <v>1199.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>1199.9</v>
+        <v>399.9</v>
       </c>
       <c r="G22" s="11">
-        <v>1199.9</v>
+        <v>399.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E23" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F23" s="10">
-        <v>399.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G23" s="11">
-        <v>399.9</v>
+        <v>2399.8</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F24" s="10">
-        <v>1199.9</v>
+        <v>559.9</v>
       </c>
       <c r="G24" s="11">
-        <v>2399.8</v>
+        <v>559.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F25" s="10">
-        <v>559.9</v>
+        <v>749.9</v>
       </c>
       <c r="G25" s="11">
-        <v>559.9</v>
+        <v>2249.7</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="8">
         <v>3</v>
       </c>
       <c r="F26" s="10">
-        <v>749.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G26" s="11">
-        <v>2249.7</v>
+        <v>26999.7</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
         <v>599.9</v>
       </c>
       <c r="G27" s="11">
         <v>599.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
@@ -2102,51 +2183,51 @@
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="8">
         <v>2</v>
       </c>
       <c r="F29" s="10">
         <v>1559.9</v>
       </c>
       <c r="G29" s="11">
         <v>3119.8</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="F31" s="4" t="s">
         <v>76</v>
       </c>
       <c r="G31" s="12">
-        <v>196894.3</v>
+        <v>203230.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 