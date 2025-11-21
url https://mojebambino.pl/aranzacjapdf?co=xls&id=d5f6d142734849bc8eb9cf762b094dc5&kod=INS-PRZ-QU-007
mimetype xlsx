--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>INS-PRZ-QU-007 Sala przedszkolna Quadro w kolorystyce  beżowo-niebieskiej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 15:39:37</t>
+    <t>z dnia 2025-11-21 06:17:21</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
@@ -203,120 +203,121 @@
   <si>
     <t>056032</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - niebieski 2 x 2 m</t>
   </si>
   <si>
     <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 cm x 200 cm</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
     <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
   </si>
   <si>
     <t>092604</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120.00 x 80.00 x 58.00 cm</t>
   </si>
   <si>
     <t>133358</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - aluminium, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
     <t>Quadro - regał wielofunkcyjny, klon jasny</t>
   </si>
   <si>
     <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - beżowy</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
     <t>Gruszka mała beżowa - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>146246</t>
   </si>
   <si>
     <t>EKO dekor - domek duży szary</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 cm x 155 cm</t>
   </si>
   <si>
     <t>101848</t>
   </si>
   <si>
     <t>Bujak auto</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 90,8 x 43,3 x 33,5 cm</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 91 x 43 x 34 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>133519</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  • aluminium</t>
   </si>
   <si>
     <t>092294</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - błękitna</t>
   </si>
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
@@ -421,51 +422,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224b695a059123f73f8781170987a98f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee735e508096dafa96f3d4f16ebc0af12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d41f77a336c300d99916b6964a988c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69498d76b286ca0fbffa0e46fd39d814.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f89539ad31fafd48962ce6125b9d275.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee7068b4fc73ba5a8c6bce9a5827b656.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d49acbee54dae5c2f039b7ca3c72af97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37b769caeac179d9a6677f5732d87538.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c040d9a14ed62652112131bda9d72e679.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d84311221ad695eef1d3ba023c80d310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211f9d77a6bcf44b533a7a88fef9bf3211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de9fe3df528dd5b34bce2231c953ecde12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ac24bd2db238520f2ed27ed44c3a4c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d6ab1812ab1f75df9db2ba854aee1914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b79e794a87db654360acb0f8bc0d35115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e3764b76119c3d46a7055fef73030516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d33d3ea8157a1ff9a685898312dbd9617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d57a58592292a868e68bdf5738047518.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557268b6c554386483996c369f909eb319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ced30e5e7be894d0b516d3fb05c96420.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb0e8717a02d6956a6130ab41355102b21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a94d668129fb6762fa8de09d299b1022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5803a25862c36ada43685b488d6eee6d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6c0cca8d20ad0d86393374d54bb6024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9144391220a68b62911b5c926149f09a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/222fe5115d496caa960dc032293d507326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d711e71fbb98d75ecb5386ae28c008027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d19a39f8f9ff2efa059d2d35d74665ca28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7242279e5f132c9d138b5759be7590d29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e8b77ec8aad8fd3c5b1f27cad11bab30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ad02bd425973f6616849e8870e079531.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/311318fab42f1c36121a94f1789ad80532.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939a6b28b2cd3b18e67935b219db8b111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b243c72c3506acfe625090f45079452.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de89b8300fce8956bfe05347348cfe63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54950a4ad3047b78da4ad1dfe2d4b8b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141c06269d2044e52b3a9756bf7b18085.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c98ad3bb46f4839baeb5e8e3523d1fd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca20735836ffcdf9014e78cbe170377.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058c5c94d6f260c0ecdbf2efcb6e85ef8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a89398c0cbeeffaa6d84b2e58f10309.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0830f7dec2600c84cdf4623d79792610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089b10af6cd496e63a0c0be9cca68a6611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e71c5fd0affc070fcac30c146a843312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa4cd72a54931644be0b7510c317332013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed8dc8f233f17ba4220de25368e420814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c428ea7030a87ca62c2d52b55b27d6e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253ff1c691e0a60002c400e498e9b0e616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3844c65bfc82866be315b84001b5969f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4483e1f6ae098f00b647d3a26dc105c118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5180f526484e8b903cb54bd3c65346de19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d74899fe7b603e19f6671cf94c8c21e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c1999beadb8f2bcfe38fdc7df4c41d21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a4c9b68e5c728ea0c65ab1743e5b7e22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a31488b625a78fc01b9005b513696523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f3529b50a89f45a53665f58de504b324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5eff9e8dc69604dd41145f6a25485225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dbbb59bd957d64450205f287865ee1726.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96619e1fbb983025f691fde46a64a20927.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01493df7d429d5286a753c6caaf2caee28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b690263e2141b9813612af55d77213829.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600b5e23e0d5999095f4196f482b241f30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f79955e0989602009128a6dcda789b631.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1841975931a2a8b75d93f49c086c38d132.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-007" descr="Sala przedszkolna Quadro w kolorystyce  beżowo-niebieskiej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>