--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -20,331 +20,332 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>INS-PRZ-QU-007 Sala przedszkolna Quadro w kolorystyce  beżowo-niebieskiej</t>
   </si>
   <si>
-    <t>z dnia 2025-11-21 06:17:21</t>
+    <t>z dnia 2026-01-10 06:22:52</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101922</t>
   </si>
   <si>
     <t>Poduszka beżowa</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  szare</t>
-[...2 lines deleted...]
-    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
+    <t>Siedzisko Paolo krótkie, szare</t>
+  </si>
+  <si>
+    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092202</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - błękitne</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – błękitne</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>101788</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 dł. 116, jasnoszara</t>
   </si>
   <si>
-    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm  </t>
+    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm </t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>101818</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, błękit turkusowy</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>094198</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, klon jasny obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - jasnoszary</t>
+    <t>Pojemnik płytki 1 – jasnoszary</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>092195-3</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - szara, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – szara, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>101916</t>
   </si>
   <si>
     <t>Poduszka niebieska</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
   </si>
   <si>
     <t>372051</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - błękitny</t>
+    <t>Pojemnik płytki 1 – błękitny</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>092203</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - niebieskie</t>
+    <t>Quadro – drzwiczki małe 90 st. – niebieskie</t>
   </si>
   <si>
     <t>056032</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - niebieski 2 x 2 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 cm x 200 cm</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 2 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 200 x 200 cm</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 35,50 x 34,50 x 35 cm</t>
   </si>
   <si>
     <t>092604</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120.00 x 80.00 x 58.00 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>133358</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - aluminium, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
-    <t>Gruszka mała beżowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Gruszka mała beżowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>146246</t>
   </si>
   <si>
     <t>EKO dekor - domek duży szary</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 cm x 155 cm</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 x 155 cm</t>
   </si>
   <si>
     <t>101848</t>
   </si>
   <si>
     <t>Bujak auto</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wypełnienie: pianka poliuretanowa• waga: 2,1 kg• wys. siedziska: 25 cm• wym. 91 x 43 x 34 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>133519</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  • aluminium</t>
   </si>
   <si>
     <t>092294</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - błękitna</t>
   </si>
   <si>
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -422,51 +423,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939a6b28b2cd3b18e67935b219db8b111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b243c72c3506acfe625090f45079452.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de89b8300fce8956bfe05347348cfe63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54950a4ad3047b78da4ad1dfe2d4b8b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141c06269d2044e52b3a9756bf7b18085.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c98ad3bb46f4839baeb5e8e3523d1fd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ca20735836ffcdf9014e78cbe170377.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058c5c94d6f260c0ecdbf2efcb6e85ef8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a89398c0cbeeffaa6d84b2e58f10309.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0830f7dec2600c84cdf4623d79792610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089b10af6cd496e63a0c0be9cca68a6611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e71c5fd0affc070fcac30c146a843312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa4cd72a54931644be0b7510c317332013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed8dc8f233f17ba4220de25368e420814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c428ea7030a87ca62c2d52b55b27d6e15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253ff1c691e0a60002c400e498e9b0e616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3844c65bfc82866be315b84001b5969f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4483e1f6ae098f00b647d3a26dc105c118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5180f526484e8b903cb54bd3c65346de19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d74899fe7b603e19f6671cf94c8c21e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c1999beadb8f2bcfe38fdc7df4c41d21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a4c9b68e5c728ea0c65ab1743e5b7e22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43a31488b625a78fc01b9005b513696523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f3529b50a89f45a53665f58de504b324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5eff9e8dc69604dd41145f6a25485225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dbbb59bd957d64450205f287865ee1726.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96619e1fbb983025f691fde46a64a20927.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01493df7d429d5286a753c6caaf2caee28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b690263e2141b9813612af55d77213829.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600b5e23e0d5999095f4196f482b241f30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f79955e0989602009128a6dcda789b631.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1841975931a2a8b75d93f49c086c38d132.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effaa1c80b7aab1951febcb350331ba11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4bddb40bf4fd220121ed07dbd1a40b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4fd4dee28bade964b2fa4f9126cd773.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31681b0bc6dc684a93fe88e5703cc6064.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba493d883f663a06a61b4af90b2f6c325.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9596187eda6e70bc58dc02c1bbf040d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee13abd928359b828877d06f782583587.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba76b432bf5d5ea402b6fdef7fa99fc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08f45f36d920d68ca45af75175435109.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db597fac054c48b934e8c80f0c538b1110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3e52e5392656f64446116a9b12a00311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/889ffe79cb8472b734baf0ddcc6a9e2312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758e33467a158d2baa099afcf11d114b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d2071a645f606550e574341450cac3914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12797ae6d3078b5e82ab7e3a4aa87db015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3f6bdc25aecd83546e90cbc53ec0a616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6eb0d6e9a4a0deccbca87df409aa57c17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26cb2271a3da852bf1cdd20dc3fc2e118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc13405324746eccccc8664b2f3e71519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9fae1e3bd6d23bfb01f27a81d4287eb20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d9470aa59d32f51c89fb50a932da0221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3387cbb5bf459f7635befd28c7e50aa122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4882820acada7e242793df25ccd03723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b505b4bf5d016d12a5a5e390af8f3b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae85c5a65c3aca1c967eec5d0fffe10725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c2b895aa7619db065222f1bae3b63326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e92e732c65900fa9d4f13ee3411b1127.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f661f60110cc4c7f57993c82cdc16ee028.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142630802a74e086005d7c3f690b221f29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac404468aed490989a9206544a6fd8730.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27350c9a527238d492d7857a2a10c9e031.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c8ef47f5ba2a5aafb715942ab8a1e2632.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-007" descr="Sala przedszkolna Quadro w kolorystyce  beżowo-niebieskiej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>