--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>WIZ-SZA-MB-0023 Korytarz szkolny z sofami Universum</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 10:52:24</t>
+    <t>z dnia 2025-12-09 18:47:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>094284</t>
   </si>
   <si>
     <t>Stolik Universum wys. 45 cm - klon jasny</t>
   </si>
@@ -195,51 +195,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c9cade24948d3c9450c8b8ec0ff4a81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cd25e6f4700e04d4d9f49c953639ab2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528df5a4295c706cf10915a2e30a6d1c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f8aa6d12f2f3b7add7342286c5eee64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296b687f7aeb32dc32000b22e2442ac25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b4a2d60769d623ec997aeec26eba0b61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7769fd69f7385c8a8ed272a3e2e1c32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c32cb3739140d9fe4181461cfccb8673.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5812360f281f2c49242e8ac4623a864.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcb9d77211b5b294200467616f8e176e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0023" descr="Korytarz szkolny z sofami Universum"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>