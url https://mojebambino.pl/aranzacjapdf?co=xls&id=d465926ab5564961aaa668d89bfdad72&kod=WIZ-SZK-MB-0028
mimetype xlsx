--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -20,141 +20,161 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZK-MB-0028 Pracownia informatyczna ze stołami Mila trójkątnymi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-07 02:32:56</t>
+    <t>z dnia 2025-11-23 10:01:44</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65". • wym. 110 x 60 x 161 cm</t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65".• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>585022-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
     <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
   </si>
   <si>
     <t>D052495-6-08-08</t>
   </si>
   <si>
     <t>Stolik komputerowy LUX  z półką na komputer i szufladą na klawiaturę - buk</t>
   </si>
   <si>
     <t>Stoliki komputerowe na metalowych okrągłych nogach. Blaty wykonane z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem o gr. 2 mm. Posiadają wysuwaną półkę na klawiaturę oraz wieszak na komputer. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • przestrzeń na komputer 51,5 cm• wym. 116 x 58 x 76 cm</t>
   </si>
   <si>
     <t>095475</t>
   </si>
   <si>
     <t>Zestaw Expo z tablicami - 3 moduły, klon 375</t>
   </si>
   <si>
-    <t>• 095285 - Nadstawka trzymodułowa Expo - klon, 1 szt. • 095286 - Tablica suchościeralna, magnetyczna 3 szt. • 146195 - Rynienka na mazaki, 1 szt. • D094333-05 Szafa niska - klon, 3 szt.</t>
+    <t>• 095285 - Nadstawka trzymodułowa Expo - klon, 1 szt. • 095286 - Tablica suchościeralna, magnetyczna 3 szt. • 146195 - Rynienka na mazaki, 1 szt. • D094333-05 Szafa niska - klon, 3 szt.• wym. 228 x 40 x 204 cm• długość zestawu: 2,28 m</t>
   </si>
   <si>
     <t>256093</t>
   </si>
   <si>
     <t>Krzesło Colores zawieszane rozm. 5 - szare</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Stelaż krzesła w delikatnym, aluminiowym kolorze, idealnie współgrającym z kolorystyką siedzisk. Krzesło można zawieszać na blacie lub stawiać jedno na drugim. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie  w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż wykonany z profilu płaskoowalnego o przekroju 38 x 20 mm. Krzesło jest wyposażone w plastikowe zatyczki chroniące podłogę przed zarysowaniem. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.</t>
   </si>
   <si>
     <t>515033</t>
   </si>
   <si>
     <t>Biała tablica magnetyczna wisząca wym. 150 x 100 cm</t>
   </si>
   <si>
     <t>Tablice białe do układania obrazków, pisania. Posiadają aluminiową ramę. Po tablicy można pisać tylko markerami suchościeralnymi dobrej jakości. Mocowane są do ściany za pomocą uchwytów. Wymagają częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 150 x 100 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>821068</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 EDU Szkoła</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach". 1. Możliwość podłączenia do internetu: - kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia, - radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami, Dostęp do internetu pozwala m.in. na: - zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry), - zdalne wykonanie prac konserwacyjnych i serwisowych, - zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw. 2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznych systemu nagłaśniającego głośników przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia. Dane techniczne: • sterowanie za pomocą pilota • wyposażony w czujniki ruchu 5. generacji • wbudowany projektor szerokokątny • wbudowany komputer z procesorem Intel • uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu) • nadaje się do jasnych, gładkich powierzchni • złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła - funkcja projektora • rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m • pobór energii maks. 375 W • waga 9,5 kg • wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie – ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".
+1. Możliwość podłączenia do internetu:
+- kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,
+- radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,
+Dostęp do internetu pozwala m.in. na:
+- zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),
+- zdalne wykonanie prac konserwacyjnych i serwisowych,
+- zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.
+2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.
+Dane techniczne:
+• sterowanie za pomocą pilota
+• wyposażony w czujniki ruchu 5. generacji
+• wbudowany projektor szerokokątny
+• wbudowany komputer z procesorem Intel
+• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu)
+• nadaje się do jasnych, gładkich powierzchni
+• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora
+• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m
+• pobór energii maks. 375 W
+• waga 9,5 kg
+• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -232,51 +252,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c78a5b9b248383cf2c501ffb95f374861.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b32344aca16ded8e313c75967b9e5cd2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df42f109cae6d5a14cea624d532f9dff3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126596fe319297fe3303156774acff824.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fce85a88fe42e0f719e7833df6c3875.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518b647052846b48f0d1a9390499389f6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09302a70ae8622f7d495483266a13a0a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd06213c337539f38dfe591b240f64598.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d4af948735a4729656b70c1963faac9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c215d165183ee03934c3a44f33266f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05ee18c7d8f20ac4cea0e36f6e3093c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c3029e6a4c07b68de83017974d05d33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/115cd0ebb0c3f0245a8df6fa6a6aeccc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670942744e117522d55c31327ae56a275.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3b8df4d95a876a83c46881acbfe8226.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736a7b16bb583ab70c4f45303acd47697.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce0af08d10203167625249ddc8673338.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24f8f36bad8c47cf302f55c08e0de2f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0028" descr="Pracownia informatyczna ze stołami Mila trójkątnymi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>