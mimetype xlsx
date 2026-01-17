--- v1 (2025-11-23)
+++ v2 (2026-01-17)
@@ -20,87 +20,79 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZK-MB-0028 Pracownia informatyczna ze stołami Mila trójkątnymi</t>
   </si>
   <si>
-    <t>z dnia 2025-11-23 10:01:44</t>
+    <t>z dnia 2026-01-17 03:39:24</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65".• wym. 110 x 60 x 161 cm</t>
-[...8 lines deleted...]
-    <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65" i 75''.
+• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>D052495-6-08-08</t>
   </si>
   <si>
     <t>Stolik komputerowy LUX  z półką na komputer i szufladą na klawiaturę - buk</t>
   </si>
   <si>
     <t>Stoliki komputerowe na metalowych okrągłych nogach. Blaty wykonane z płyty laminowanej o gr. 18 mm, wykończonej obrzeżem o gr. 2 mm. Posiadają wysuwaną półkę na klawiaturę oraz wieszak na komputer. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • przestrzeń na komputer 51,5 cm• wym. 116 x 58 x 76 cm</t>
   </si>
   <si>
     <t>095475</t>
   </si>
   <si>
     <t>Zestaw Expo z tablicami - 3 moduły, klon 375</t>
   </si>
   <si>
     <t>• 095285 - Nadstawka trzymodułowa Expo - klon, 1 szt. • 095286 - Tablica suchościeralna, magnetyczna 3 szt. • 146195 - Rynienka na mazaki, 1 szt. • D094333-05 Szafa niska - klon, 3 szt.• wym. 228 x 40 x 204 cm• długość zestawu: 2,28 m</t>
   </si>
   <si>
     <t>256093</t>
   </si>
   <si>
     <t>Krzesło Colores zawieszane rozm. 5 - szare</t>
   </si>
@@ -110,71 +102,202 @@
   <si>
     <t>515033</t>
   </si>
   <si>
     <t>Biała tablica magnetyczna wisząca wym. 150 x 100 cm</t>
   </si>
   <si>
     <t>Tablice białe do układania obrazków, pisania. Posiadają aluminiową ramę. Po tablicy można pisać tylko markerami suchościeralnymi dobrej jakości. Mocowane są do ściany za pomocą uchwytów. Wymagają częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 150 x 100 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>821068</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 EDU Szkoła</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie – ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".
-[...19 lines deleted...]
-• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna jest dedykowana do ćwiczeń, gier i zabaw ruchowych, a nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość oraz szybkość reakcji. Magiczny Dywan tworzy zintegrowany system obejmujący czujniki ruchu, projektor i komputer, przeznaczony do pracy w każdym pomieszczeniu na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora buduje efekt wirtualnego "magicznego dywanu", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wciągające przygody edukacyjne ze wszystkich dziedzin wiedzy. Podczas zabawy dziecko ingeruje w tok gry ruchami rąk lub nóg, ucząc się przez aktywność i doświadczenie. Wyświetlany obszar ma wymiary około 3,6 × 2,3 m przy podwieszeniu urządzenia na wysokości około 3 m. Nowe wydanie zostało wyposażone w interaktywne menu, które nauczyciel może obsługiwać pilotem lub całkowicie ruchowo, a w razie potrzeby interaktywność menu można wyłączyć w opcjach.1. Możliwość podłączenia do internetu:• kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,• radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,○ Dostęp do internetu pozwala m.in. na:• zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),• zdalne wykonanie prac konserwacyjnych i serwisowych,• zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.○ Dane techniczne:• sterowanie za pomocą pilota,• wyposażony w czujniki ruchu 5. generacji,• wbudowany projektor szerokokątny,• wbudowany komputer z procesorem Intel,• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu),• nadaje się do jasnych, gładkich powierzchni,• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora,• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m,• pobór energii maks. 375 W,• waga 9,5 kg,• wymiary 30 x 21/26 x 32 cm.W skład zestawu wchodzi 58 aplikacji – 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą, a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5 m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5 m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+  </si>
+  <si>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -252,51 +375,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c215d165183ee03934c3a44f33266f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05ee18c7d8f20ac4cea0e36f6e3093c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c3029e6a4c07b68de83017974d05d33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/115cd0ebb0c3f0245a8df6fa6a6aeccc4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670942744e117522d55c31327ae56a275.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3b8df4d95a876a83c46881acbfe8226.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736a7b16bb583ab70c4f45303acd47697.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce0af08d10203167625249ddc8673338.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24f8f36bad8c47cf302f55c08e0de2f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7da9a5687ebd2e80ab81430032b8b911.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0af755af5436c7271eef53cfe79460d32.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0097a8deb486107ae82e8523a0524b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48671a1f0f903b5599ba62cc4b9c98f84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3560257bd3d10a829de2845f406fd185.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfd8fdcc173987752a11599f7f0f3ac76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0531e8abee5b23c195b6812304b3543f7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0441d2efb527f110802d18f1014f86638.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ec021de3b3be7d5c41c1636692a6019.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0028" descr="Pracownia informatyczna ze stołami Mila trójkątnymi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -327,231 +450,231 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="3" name="D052495-6-08-08" descr="D052495-6-08-08"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="D052495-6-08-08" descr="D052495-6-08-08"/>
+        <xdr:cNvPr id="4" name="095475" descr="095475"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="095475" descr="095475"/>
+        <xdr:cNvPr id="5" name="256093" descr="256093"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="256093" descr="256093"/>
+        <xdr:cNvPr id="6" name="515033" descr="515033"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="515033" descr="515033"/>
+        <xdr:cNvPr id="7" name="548100" descr="548100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="548100" descr="548100"/>
+        <xdr:cNvPr id="8" name="821068" descr="821068"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="821068" descr="821068"/>
+        <xdr:cNvPr id="9" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -928,188 +1051,188 @@
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
         <v>1399.9</v>
       </c>
       <c r="G6" s="11">
         <v>1399.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>5599.9</v>
+        <v>729.9</v>
       </c>
       <c r="G7" s="11">
-        <v>5599.9</v>
+        <v>729.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>729.9</v>
+        <v>4763.2</v>
       </c>
       <c r="G8" s="11">
-        <v>729.9</v>
+        <v>4763.2</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F9" s="10">
-        <v>4763.2</v>
+        <v>479.9</v>
       </c>
       <c r="G9" s="11">
-        <v>4763.2</v>
+        <v>7678.4</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>479.9</v>
+        <v>549.9</v>
       </c>
       <c r="G10" s="11">
-        <v>7678.4</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>549.9</v>
+        <v>659.9</v>
       </c>
       <c r="G11" s="11">
-        <v>549.9</v>
+        <v>659.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>659.9</v>
+        <v>15499.9</v>
       </c>
       <c r="G12" s="11">
-        <v>659.9</v>
+        <v>15499.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>15499.9</v>
+        <v>7316.0</v>
       </c>
       <c r="G13" s="11">
-        <v>15499.9</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="F15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="G15" s="12">
-        <v>36881.0</v>
+        <v>38597.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 