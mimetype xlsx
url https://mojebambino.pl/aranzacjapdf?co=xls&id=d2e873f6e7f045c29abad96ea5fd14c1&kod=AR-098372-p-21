--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>AR-098372-p-21 Sala przedszkolna z Kącikiem piętrowym Flora</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:10:53</t>
+    <t>z dnia 2025-11-17 05:47:56</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>056163</t>
   </si>
   <si>
     <t>Dywan Flora, 2 x 3 m</t>
   </si>
@@ -92,51 +92,52 @@
   <si>
     <t>099361</t>
   </si>
   <si>
     <t xml:space="preserve">Quadro - szafka-ławeczka 3 - szary materac - klon jasny </t>
   </si>
   <si>
     <t>Niska szafka z siedziskiem, wyposażona w 3 szuflady. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej. Piankowy materac pokryty trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości.  • wys. materaca 4 cm• wym. 116,8 x 41,5 x 30,7 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - szare</t>
   </si>
   <si>
     <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
   </si>
   <si>
     <t>098372</t>
   </si>
   <si>
     <t>Kącik piętrowy Flora</t>
   </si>
   <si>
-    <t>Przestronny piętrowy kącik z motywem liści. Przestrzeń na dole  jest na tyle duża, że zmieści się w niej dodatkowe wyposażenie do zabawy. Można do niej wejść z aż trzech stron. Okienko na dole może posłużyć do zabawy w sklep. Bulaje znajdujące się w górnej części zapewnią doskonały widok z piętra. Kącik jest wykonany ze sklejki lakierowanej o gr. 18 mm, płyty MDF oraz naturalnego drewna, przez co mogą pojawić się różnice w odcieniach paneli. Podest pokryty antypoślizgową wykładziną. • wym. 264 x 205 (+61 cm schody) x 250 cm • wym. schodów 52 x 199 x 130 • wys. podestu 130 cm • wys. parapetów 120 cm • wys. wejścia 110 cm • wys. parapetu 52 cm • bulaje: plexi śr. 28 i 50 cm• system modułowy: panele ścienne na jednym poziomie można montować według potrzeb (należy zwrócić uwagę na wyjątki). Można również zamknąć jedno z dwóch wejść na dole ścianką tylną (bez aplikacji). • maksymalne obciążenie: 150kg • należy upewnić się, że wysokość pomieszczenia jest wystarczająca, aby dzieci mogły wygodnie stać  i nie dosięgły głową do sufitu. Odległość od sufitu musi być mniejsza niż 11 cm (9 cm w przypadku dzieci przebywających w żłobku) lub większa niż 23 cm  • konieczne kotwiczenie do podłoża • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
+    <t>Przestronny piętrowy kącik z motywem liści. Przestrzeń na dole  jest na tyle duża, że zmieści się w niej dodatkowe wyposażenie do zabawy. Można do niej wejść z aż trzech stron. Okienko na dole może posłużyć do zabawy w sklep. Bulaje znajdujące się w górnej części zapewnią doskonały widok z piętra. Kącik jest wykonany ze sklejki lakierowanej o gr. 18 mm, płyty MDF oraz naturalnego drewna, przez co mogą pojawić się różnice w odcieniach paneli. Podest pokryty antypoślizgową wykładziną.
+• wym. 264 x 205 (+61 cm schody) x 250 cm • wym. schodów 52 x 199 x 130 • wys. podestu 130 cm • wys. parapetów 120 cm • wys. wejścia 110 cm • wys. parapetu 52 cm • bulaje: plexi śr. 28 i 50 cm• system modułowy: panele ścienne na jednym poziomie można montować według potrzeb (należy zwrócić uwagę na wyjątki). Można również zamknąć jedno z dwóch wejść na dole ścianką tylną (bez aplikacji). • maksymalne obciążenie: 150kg • należy upewnić się, że wysokość pomieszczenia jest wystarczająca, aby dzieci mogły wygodnie stać  i nie dosięgły głową do sufitu. Odległość od sufitu musi być mniejsza niż 11 cm (9 cm w przypadku dzieci przebywających w żłobku) lub większa niż 23 cm  • konieczne kotwiczenie do podłoża • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>101894</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna jasnoszara</t>
   </si>
   <si>
     <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
   </si>
   <si>
     <t>146270</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść ażurowy mały </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 53,5 x 49,5 x 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>092200</t>
   </si>
   <si>
     <t>Quadro - drzwiczki małe 90 st. - białe</t>
   </si>
@@ -430,51 +431,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe81d8e1afcfa3ad3836a377f95addd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a32e3391de994dbd0b0bd2a4537e32d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9fd464b589ebd4773bf4eaa1f8345bb3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60233e50670a41bb42f18d310d8bf634.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495fe8a067f798da2644c52d72b093c05.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e12a2a0aa191c056efceb896ec5176d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd90d842deeef80d8831db4964ab0c727.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e93f8edb230a42de63e7a9a056bad28d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c2087caf3d03f003569f926939e26be9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f178cbf9b02d762ac5b3b917d9c83b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa85a6658e98852ce8c8a3524b66e9111.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bdaf7f64ab01fe3e33c1bc04103dfd12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d372e71e5dc2da26bc913aa9e5e0600713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009c685d40ab317c3c8eb27b041d463914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe45335f947f4ba06ddd09019ca0b0115.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/068034a8632e7b90c582ed3405a584c316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c51553eb2cfe4138883f938c1263c517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff2ee87b139d79bcaa2dbcaaed714fd818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9165d71bff41fbd7bc1274e003988bfa19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4d51fde51ff63554442bc34bc89d6a20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74c94c47d743d7f93030b7cb56d1b9cf21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa001996b6e37370432e9f349dfc86422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb9714096fceae94082cea2fa76321e23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d8517ee8d6a8ccbf18b5c40f9906bcf24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8775b8faf704b9e427b3acb3503694525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5305f974c809fad3f6614ac4c71c018026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2fe11864c7aef273db57596141105327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054d69d87238f6a74f5e36d74412a5f828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2c155a0d354813d6c4a93a44aea602f29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d637f17f0a2e6d6a0202857424b7ea1930.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0401f81b12c400bca340cd34084629c431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453e96e3e3b55069ce6642313d49b6aa32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c8a3d524e0dad3d073f5a61ab8133033.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc0f08e457655cb5941b4ab0f15a58734.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7a2709616dee1703d5aa20c31a064b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28ca221cdaea3dc27ae642cc2b8910c72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629f08074d65cb9f141cdc77ef1b99a33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec9683cd53bcab6f1e0fddceaeff2e34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deab46d9af65da7d862807b365dd9f825.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6501fd6c39bfc99afb2f877d623a8596.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b64e5bfa1fc4f7d4bbd14afc3edce47.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4baba8b5c753f44b4630dc953e553c178.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c348840bbeb5d1b7237c6f2fff896a4e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b8c57e8e526dec82a7a183fb561fef10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048ae9cbaca912ac54f84bdc13162b8511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8d688eb0b80d129a7130ac1c2a3cbb12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da79a4a77fa19142556928e113bf6ca13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ae1dc105d1676bd0d6e5882f05879914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1a0e357e7bba4c74bd82d4811f053f15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3160f87c74775eec8c24ebaf681ec8e16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e088d9539225b167bc1a7c015322221917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/862c5c5ae650f9c1bc8bc0925952b4d718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583543b7b192fc87db5c77f2183a7b3d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe621f4b54e10221e26386c7e756d26e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba521370289fbd1e95141e0c1d45967721.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b81ea5322900c130c5e4a63f53d220122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8d2d7259da4c6df9a1cacc331b524923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f803d34f9f41ef06c4f1fbaaa30296624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6b57d57e3ef58bcb9ec25eecc6303225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c17f4f02e125f0baeec10f52d682c2f26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb1ff7d406f9d1df812504c9b5578f727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6bb08633ee9e178f02f914e338abb728.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed37c08f337aaf242cb6fdbd5874455829.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f9279ec559c2ab4b092d931be9396ae30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ad2716574cc859afb21ae3f24a9aac31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e3317e14527e9424bfdc566259e32132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ffa1f81febb59235b475492f1cf1a6e33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/008a17b32b8b83ffa44c490c79fd884134.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-098372-p-21" descr="Sala przedszkolna z Kącikiem piętrowym Flora"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>