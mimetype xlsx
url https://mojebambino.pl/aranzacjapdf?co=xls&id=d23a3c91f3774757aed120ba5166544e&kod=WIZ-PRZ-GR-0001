--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>WIZ-PRZ-GR-0001 Sala przedszkolna Grande z kącikiem Bianki</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 17:33:03</t>
+    <t>z dnia 2025-11-26 17:11:06</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101514</t>
   </si>
   <si>
     <t>Zestaw kostek świetlicowych 2</t>
   </si>
@@ -120,129 +120,197 @@
   <si>
     <t>372038</t>
   </si>
   <si>
     <t>Pojemnik duży 3 - limonka</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>096897</t>
   </si>
   <si>
     <t>Regał Grande L na pojemniki, na cokole - 3 kolumny - klon jasny</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Na regale można zamontować nadstawki (098257-098259, sprzedawane osobno).• wym. 104 x 48 x 117,4 cm</t>
   </si>
   <si>
     <t>098269</t>
   </si>
   <si>
     <t xml:space="preserve">Regał Grande mobilny wąski - klon jasny </t>
   </si>
   <si>
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 42 x 38 x 54,4 cm</t>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 42 x 38 x 54,40 cm</t>
   </si>
   <si>
     <t>098270</t>
   </si>
   <si>
     <t xml:space="preserve">Regał Grande mobilny szeroki - klon jasny </t>
   </si>
   <si>
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 77 x 38 x 54,4 cm</t>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 77 x 38 x 54,40 cm</t>
   </si>
   <si>
     <t>098169</t>
   </si>
   <si>
     <t>Drzwi Grande wysokie 90 st. 2 szt. - żółte</t>
   </si>
   <si>
     <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W, 098188, 098188W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
   </si>
   <si>
     <t>101509</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnozielona, wys. 25 cm</t>
   </si>
   <si>
-    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokryte trwałą tkaniną meditap niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
+    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>096978</t>
   </si>
   <si>
     <t>Regał ścienny drzewko</t>
   </si>
   <si>
     <t>Regał w kształcie drzewa z ozdobnymi listkami, wykonany ze sklejki. Wyposażony w 3 półki na książki, pomoce i zabawki. • wym. 100,5 x 27,6 x 156,5 cmZastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>372050</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>098170</t>
   </si>
   <si>
     <t>Drzwi Grande wysokie 90 st. 2 szt. - zielone</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>098259</t>
   </si>
   <si>
     <t xml:space="preserve">Nadstawka Grande L na regały na pojemniki, szer. 104 - klon jasny </t>
   </si>
   <si>
     <t>Nadstawki pasujące do szafek 096896-096897, 096896W-096897W z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach.• wym. 104 x 48 x 105,6 cm</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>056111</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - szary 3 x 4 m</t>
   </si>
   <si>
     <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>101508</t>
   </si>
   <si>
     <t>Kostka świetlicowa pomarańczowa, wys. 35 cm</t>
   </si>
   <si>
     <t>096900</t>
   </si>
   <si>
     <t>Regał Grande L - klon jasny</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,4 cm</t>
   </si>
@@ -401,51 +469,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc8d7e578d41b8cff8b54d892177fa681.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f148a19709a266dbff518369241fd8692.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f097ec7c0798321f0badbe67f477285d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf4194aad04d40edbdb9fe98ddcf7564.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad6b6e7a7538d052fb996ee114706c15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a03d72ab1ef1e0b6282990502673ed6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a73c676fb0c645111aab679f8c22de457.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7c73bc03b9b6f4357183c932c3781f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a086505ca2bfa5ef6ec7b19bd3b13359.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cc8d23876a256cda44d5ec555c651810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5a99f8af5cdf4f2b9124be9220ca86911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a815d7997213f57708d24ac7f2839812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63611f90421be1aa09380d08c0451a9013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5743d25ae016a435c2be6561b1dfafce14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb69fc9881bb36d394ec5bd5d3aa848815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716d01f0f4292789b6072aecdd5c574816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a48fa49f83220666ce77975778c9e817.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ecc2ab1c1fbf6033802ea4fd7bfb13918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be30a9e46e7dd10684661a71c6c506d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae846f0bdea5e4b40fc0af6d652e4c5120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4af4a17830a7635b1dd474bb3faf7821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09cfb1f18c46f24604ea4424eb3bb7fe22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/316242e41e2ef7999391ad77e447567023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ab00446b7f9dff2da420230e20c8a324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed207a9197b402f11fbdad78343778625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771fadd425f0c302c0c9f1a3bba23aa326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/510d985b4a388a5d14fd95ee3939455727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86f7434f90223262a60ebcbce8774bb28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25153c485a6d453a33f19067e59c5be61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47756a8525a3c24a710d5ceca16c24992.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b753c663b1e50201f84ccbf0868b0a523.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849ea1ad524eaa74a298bcfde298c6964.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7439029585dd857c6ed49dcc688a48d85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b1631f2c502f79af2bcbd30696222a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf85cd9e5c845ecfcb509819f91e900b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa7b38d82db7aec867f7a6ae27402fe8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf239a4d224e75c19b96706401ab1df89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4cbff8597aaf389bbbd0d2e136adb6710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f686b2e7d313ed78677bb4113938d911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18de37cb7393b27d6a2d21e5669d6c212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7347e43d552cfa5a77c2f61a4611e313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d44bc5beb2afaeb7dc7deee5ac87a5714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529526a4b3ec929aaaa30f70cfeb15d215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f7507531ba3e1a2f8ed41d2c4a982616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3c0201edcbdc5920e4015ab43f84ce17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5712b205b33fab34fe8b93744747b318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bdcfa6130f54571d010f047169950119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbd0e44f1dd0f3a4979d9e09ffa32c720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6efdcd457dfe6cccc0f12a34c8cc885f21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d6f3e73ea0dc8da6fcc0a937f1a178822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ed0e452605655f09d37f9bd36f536223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5009191ce5442393af5c0b7d4981737524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d09be9ab4f6a2b95c917d903127cd3025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c0a93d73094730e9feb9e25182ab0826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6e5a662e678a54360c5eec297a7feb27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f7f96180cd7666a0e81ff1f2da7e0128.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-GR-0001" descr="Sala przedszkolna Grande z kącikiem Bianki"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>