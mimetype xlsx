--- v1 (2025-11-26)
+++ v2 (2026-01-14)
@@ -20,378 +20,452 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>WIZ-PRZ-GR-0001 Sala przedszkolna Grande z kącikiem Bianki</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 17:11:06</t>
+    <t>z dnia 2026-01-14 02:18:09</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101514</t>
   </si>
   <si>
     <t>Zestaw kostek świetlicowych 2</t>
   </si>
   <si>
     <t>• 101511 x 6 • 101509 x 4 • 101508 x 3• wykonana z wytrzymałej pianki z łatwym w pielęgnacji pokryciem z meditapu</t>
   </si>
   <si>
     <t>096874K</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,5 x 70,1 cm</t>
+    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>098273</t>
   </si>
   <si>
     <t>Szafka z pojemnikiem Grande białym</t>
   </si>
   <si>
-    <t>Praktyczny mebel do przechowywania, z dużym pojemnikiem na kółkach. Wykonany z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu i białej (front).   • wym. pojemnika 77,6 x 46 x 75 cm• skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 82 x 48 x 82,2 cm</t>
+    <t>Praktyczny mebel do przechowywania, z dużym pojemnikiem na kółkach. Wykonany z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu i białej (front). • wym. pojemnika 77,6 x 46 x 75 cm• skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb – od półek na kółkach, szafek ściennych (098267, 098268 – sprzedawane osobno) i ramy wykończeniowej (098305 – sprzedawane osobno)• wym. 82 x 48 x 82,20 cm</t>
   </si>
   <si>
     <t>ZEST5688</t>
   </si>
   <si>
     <t>Grande - zestaw 56</t>
   </si>
   <si>
     <t>Funkcjonalne zestawy mebli, zapewniające dużo miejsca do przechowywania, poza zasięgiem dzieci, w szafkach zamykanych na kluczyk. Meble wykonane z płyty laminowanej o gr. 18 mm w odcieniu klonu oraz białym. Ramka okalająca meble wykonana z płyty komorowej w odcieniu klonu.
 	098268 Szafka wisząca Grande M szeroka - klon, wym. 82 x 38 x 72,2 cm, 4 szt.
 	098267 Szafka wisząca Grande M wąska - klon, wym. 42 x 38 x 72,2 cm, 2 szt.
 	096874K Drzwi Grande średnie 90 st. z zamkiem 2 szt. – białe, wym. 40,5 x 70,1 cm, 4 kpl
 	098265K Drzwi Grande średnie z zamkiem do szafek wiszących M wąskich, 1 szt. lewe - białe, wym. 40,5 x 70,1 cm, 2 szt.
 	098269 Regał Grande mobilny wąski - klon, wym. 42 x 38 x 54,4 cm, 1 szt.
 	098270 Regał Grande mobilny szeroki - klon, wym. 77 x 38 x 54,4 cm, 2 szt.
 	098305 Rama wykończeniowa Grande - klon, gł. 40 cm, gr. 3 cm
 Wym. szafek górnych 210 x 39,8 x 144,5 cm
 Wym. szafek dolnych 196 x 38 x 54,4 cm
 • wym. 212 x 40 x 223 cm• długość zestawu: 2,12 m</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
   <si>
-    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cm</t>
+    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>372038</t>
   </si>
   <si>
-    <t>Pojemnik duży 3 - limonka</t>
+    <t>Pojemnik duży 3 – limonka</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>096897</t>
   </si>
   <si>
-    <t>Regał Grande L na pojemniki, na cokole - 3 kolumny - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Na regale można zamontować nadstawki (098257-098259, sprzedawane osobno).• wym. 104 x 48 x 117,4 cm</t>
+    <t>Regał Grande L na pojemniki, na cokole – 3 kolumny – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Należy uzupełnić je plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Na regale można zamontować nadstawki (098257-098259, sprzedawane osobno).• wym. 104 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>098269</t>
   </si>
   <si>
-    <t xml:space="preserve">Regał Grande mobilny wąski - klon jasny </t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 42 x 38 x 54,40 cm</t>
+    <t xml:space="preserve">Regał Grande mobilny wąski – klon jasny </t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb – od półek na kółkach, szafek ściennych (098267, 098268 – sprzedawane osobno) i ramy wykończeniowej (098305 – sprzedawane osobno)• wym. 42 x 38 x 54,40 cm</t>
   </si>
   <si>
     <t>098270</t>
   </si>
   <si>
-    <t xml:space="preserve">Regał Grande mobilny szeroki - klon jasny </t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 77 x 38 x 54,40 cm</t>
+    <t xml:space="preserve">Regał Grande mobilny szeroki – klon jasny </t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Nie można montować do nich drzwi.• wysokość cokołu: 10 cm • skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb – od półek na kółkach, szafek ściennych (098267, 098268 – sprzedawane osobno) i ramy wykończeniowej (098305 – sprzedawane osobno)• wym. 77 x 38 x 54,40 cm</t>
   </si>
   <si>
     <t>098169</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. 2 szt. - żółte</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W, 098188, 098188W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. 2 szt. – żółte</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W, 098188, 098188W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>101509</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnozielona, wys. 25 cm</t>
   </si>
   <si>
     <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>096978</t>
   </si>
   <si>
     <t>Regał ścienny drzewko</t>
   </si>
   <si>
     <t>Regał w kształcie drzewa z ozdobnymi listkami, wykonany ze sklejki. Wyposażony w 3 półki na książki, pomoce i zabawki. • wym. 100,5 x 27,6 x 156,5 cmZastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>372050</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - biały</t>
+    <t>Pojemnik płytki 1 – biały</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>098170</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. 2 szt. - zielone</t>
+    <t>Drzwi Grande wysokie 90 st. 2 szt. – zielone</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>098259</t>
   </si>
   <si>
-    <t xml:space="preserve">Nadstawka Grande L na regały na pojemniki, szer. 104 - klon jasny </t>
-[...8 lines deleted...]
-    <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
+    <t xml:space="preserve">Nadstawka Grande L na regały na pojemniki, szer. 104 – klon jasny </t>
+  </si>
+  <si>
+    <t>Nadstawki pasujące do szafek 096896-096897, 096896W-096897W z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach.• wym. 104 x 48 x 105,60 cm</t>
+  </si>
+  <si>
+    <t>056111</t>
+  </si>
+  <si>
+    <t>Dywan jednokolorowy - szary 3 x 4 m</t>
+  </si>
+  <si>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+  </si>
+  <si>
+    <t>101508</t>
+  </si>
+  <si>
+    <t>Kostka świetlicowa pomarańczowa, wys. 35 cm</t>
+  </si>
+  <si>
+    <t>096900</t>
+  </si>
+  <si>
+    <t>Regał Grande L – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
+  </si>
+  <si>
+    <t>372009</t>
+  </si>
+  <si>
+    <t>Pojemnik płytki 1 – żółty</t>
+  </si>
+  <si>
+    <t>585037</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
-Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
-Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
-[...26 lines deleted...]
-- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
-	pisak, 1 szt.
+	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
-	przewód USB-C dł - 2m, 1 szt.
-[...61 lines deleted...]
-    <t>Pojemnik płytki 1 - żółty</t>
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>133528-1</t>
   </si>
   <si>
     <t>Krzesełko Bambino 2 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą  PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6</t>
   </si>
   <si>
     <t>098263</t>
   </si>
   <si>
     <t>Kącik Bianki, schody po lewej</t>
   </si>
   <si>
     <t>Kącik dwupoziomowy wykonany z bielonej sklejki. Podesty i schodki pokryte zieloną wykładziną. Ścianki ozdobione aplikacjami (niebieskie chmurki, żółte kropki), w jednej ze ścianek znajduje się bulaj o śr. 30 cm. W górnej części można stworzyć przytulny zakamarek do odpoczynku uzupełniając kącik poduszkami do siedzenia (101119 - 101123, sprzedawane osobno). Konieczne kotwiczenie do podłoża. • wym. 330 x 165 x 249 cm • wym. schodów 50 x 45,5 x 86 cm • wym. przestrzeni pod podestem 155 x 100,5 x 126 cm • wys. podestów 58,5 i 130 cm• Sklejka lakierowana o grubości 19 mm - wysoka jakość i stabilność • Rama z litego drewna (buk, klejony) • Elementy wykonane z kolorowej płyty HDF • Okno: Pleksi • Należy upewnić się, że wysokość pomieszczenia jest wystarczająca, aby dzieci mogły wygodnie stać  i nie dosięgły głową do sufitu. Odległość od sufitu musi być mniejsza niż 11 cm (9 cm w przypadku dzieci przebywających w żłobku) lub większa niż 23 cm.  • Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>098143</t>
   </si>
   <si>
     <t>Kuchenka Bianca, zestaw 3</t>
   </si>
   <si>
     <t>Moduły imitujące szafki kuchenne wykonane z bielonej sklejki o gr. 18 mm. Duży wybór modułów pozwala na stworzenie kuchenki w dowolnej kombinacji wg indywidualnych potrzeb. • wys. 52 cm • wys. z nadstawką 100 cm • szer. szafek 40, 80 i 100 cm • gł. szafek 40 cm• 3 moduły • wym. 160 x 40 x 100 cm• wym. 40 x 160 x 100</t>
   </si>
   <si>
     <t>101511</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnoszara, wys. 15 cm</t>
   </si>
   <si>
     <t>096890</t>
   </si>
   <si>
-    <t>Nadstawka Grande M - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,4 cm</t>
+    <t>Nadstawka Grande M – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 38 x 70,40 cm</t>
   </si>
   <si>
     <t>085126</t>
   </si>
   <si>
     <t>Uchwyt ścienny do monitorów 65, 75 i 86 cali</t>
   </si>
   <si>
-    <t>Uchwyt naścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami z serii InsGraf Digital. Maksymalny udźwig: 80 kg Zalecana wielkość monitora 65&amp;apos;&amp;apos;, 75&amp;apos;&amp;apos;, 86&amp;apos;&amp;apos; Maksymalne nachylenie: ±15 stopni Uchwyt posiada standard VESA do 800x600 mm. UWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej maksymalna wielkość monitora to 65’’.</t>
+    <t>Uchwyt naścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami z serii InsGraf Digital.Maksymalny udźwig: 80 kgZalecana wielkość monitora 65&amp;apos;&amp;apos;, 75&amp;apos;&amp;apos;, 86&amp;apos;&amp;apos;;Maksymalne nachylenie: ±15 stopniUchwyt posiada standard VESA do 800 x 600 mm.UWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej maksymalna wielkość monitora to 65&amp;apos;&amp;apos;.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -469,51 +543,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25153c485a6d453a33f19067e59c5be61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47756a8525a3c24a710d5ceca16c24992.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b753c663b1e50201f84ccbf0868b0a523.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849ea1ad524eaa74a298bcfde298c6964.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7439029585dd857c6ed49dcc688a48d85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b1631f2c502f79af2bcbd30696222a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf85cd9e5c845ecfcb509819f91e900b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa7b38d82db7aec867f7a6ae27402fe8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf239a4d224e75c19b96706401ab1df89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4cbff8597aaf389bbbd0d2e136adb6710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f686b2e7d313ed78677bb4113938d911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18de37cb7393b27d6a2d21e5669d6c212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7347e43d552cfa5a77c2f61a4611e313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d44bc5beb2afaeb7dc7deee5ac87a5714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529526a4b3ec929aaaa30f70cfeb15d215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f7507531ba3e1a2f8ed41d2c4a982616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3c0201edcbdc5920e4015ab43f84ce17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5712b205b33fab34fe8b93744747b318.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0bdcfa6130f54571d010f047169950119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bbd0e44f1dd0f3a4979d9e09ffa32c720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6efdcd457dfe6cccc0f12a34c8cc885f21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d6f3e73ea0dc8da6fcc0a937f1a178822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ed0e452605655f09d37f9bd36f536223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5009191ce5442393af5c0b7d4981737524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d09be9ab4f6a2b95c917d903127cd3025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c0a93d73094730e9feb9e25182ab0826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6e5a662e678a54360c5eec297a7feb27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f7f96180cd7666a0e81ff1f2da7e0128.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916ea4e3371fa629e3578221d531be4f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24524d14cc673de471bb7f7332d4849b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9274f10e99a2745a87ecf9d2debc3d1e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6613a6eb239cfb06cf698a4ed0ca93864.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c33694326b2eefc082fb8a7dc875ae25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9144c3a0dfbf8118f7c36d517305504c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d03547d3e24c4c6deffbe2e7a3e82397.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9c956e1c609c196d02ce8baacd52b18.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145e793bc1e4113bde41e74cbfd785919.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47340423aeaa596931cdb5e2c94aec010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2553fad8efabe6a8f41ab07253699011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f79222584a75e1f27a4eb480f846e7212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acb9e37b02cc5f9efbcb215def2867c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53071cf9256dacd4e162bbfc44685b4e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ead583c2508d00c8b2334ac54bd5aba715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdfa95450f1e4d78d2c10949cca7c4816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e143c9966ca4062972c5f6fc71c7ee4217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f042bc0e20fc7b3a4bbadefa16395ca618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894c0230c4bd6eea04d81bcc5314c68319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409b2519259e9a17dfa6e1cb8e98b3c720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ed9a18df4c379ee6b4d2c70c8bd54821.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed26740b082e99db09231077d37b15522.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfbc0fe17b39e2efef31f5d4dc2457f23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d0d18960c42b7cc90b3a325b3e64a624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee2861df808e95376b8d796822d54d025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5e28e899548aacab1c138232957d7026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc8352ee56e278df83e1f5d56bfd12727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a48cbc7dffbede8aad14cb5dc3214a528.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-GR-0001" descr="Sala przedszkolna Grande z kącikiem Bianki"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -994,171 +1068,171 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="585022" descr="585022"/>
+        <xdr:cNvPr id="18" name="056111" descr="056111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="056111" descr="056111"/>
+        <xdr:cNvPr id="19" name="101508" descr="101508"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="101508" descr="101508"/>
+        <xdr:cNvPr id="20" name="096900" descr="096900"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="096900" descr="096900"/>
+        <xdr:cNvPr id="21" name="372009" descr="372009"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="372009" descr="372009"/>
+        <xdr:cNvPr id="22" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -2030,138 +2104,138 @@
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
         <v>649.9</v>
       </c>
       <c r="G21" s="11">
         <v>649.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>6887.9</v>
+        <v>1349.9</v>
       </c>
       <c r="G22" s="11">
-        <v>6887.9</v>
+        <v>1349.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E23" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F23" s="10">
-        <v>1349.9</v>
+        <v>179.9</v>
       </c>
       <c r="G23" s="11">
-        <v>1349.9</v>
+        <v>359.8</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F24" s="10">
-        <v>179.9</v>
+        <v>599.9</v>
       </c>
       <c r="G24" s="11">
-        <v>359.8</v>
+        <v>2399.6</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="E25" s="8">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F25" s="10">
-        <v>599.9</v>
+        <v>53.9</v>
       </c>
       <c r="G25" s="11">
-        <v>2399.6</v>
+        <v>646.8</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="D26" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>53.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G26" s="11">
-        <v>646.8</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="8">
         <v>24</v>
       </c>
       <c r="F27" s="10">
         <v>129.9</v>
       </c>
       <c r="G27" s="11">
         <v>3117.6</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
@@ -2251,51 +2325,51 @@
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="8">
         <v>1</v>
       </c>
       <c r="F32" s="10">
         <v>459.9</v>
       </c>
       <c r="G32" s="11">
         <v>459.9</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="F34" s="4" t="s">
         <v>85</v>
       </c>
       <c r="G34" s="12">
-        <v>66757.45</v>
+        <v>68869.45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 