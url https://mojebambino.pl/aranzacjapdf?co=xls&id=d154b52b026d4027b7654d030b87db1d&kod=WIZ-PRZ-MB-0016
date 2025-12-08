--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -14,56 +14,56 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t xml:space="preserve">WIZ-PRZ-MB-0016 Bajkowa sala żłobkowa </t>
   </si>
   <si>
-    <t>z dnia 2025-10-21 13:09:33</t>
+    <t>z dnia 2025-12-08 07:04:52</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>056167</t>
   </si>
   <si>
     <t>Dywan szary w białe kropki, 2 x 3 m</t>
   </si>
@@ -85,75 +85,66 @@
   <si>
     <t>Aplikacja - niedźwiadek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 40 cm x 77 cm</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>118211</t>
   </si>
   <si>
     <t>Krzesło Krzyś rozm. 0</t>
   </si>
   <si>
     <t>Krzesełko z podłokietnikami Krzyś przeznaczone jest szczególnie do żłobków i przedszkoli. Występuje w najmniejszych rozmiarach: 0, 1 oraz 2. To wysokiej jakości produkt polski wykonany z drewna bukowego. Małe krzesełko Krzyś przypadnie do gustu maluszkom ze względu na wygodę siedzenia i jego stabilność. Wygodne oparcie zapewnia właściwą postawę, a wyprofilowane siedzisko eliminuje ucisk pod kolankami dziecka. Siedzisko krzesełka wykonane zostało z lakierowanej sklejki bukowej o gr. 6 mm a solidny stelaż z profilu drewnianego o przekroju 22 x 45 mm. Ważnym elementem są podłokietniki, które dodatkowo zwiększają stabilność krzesełek oraz komfort siedzenia małych dzieci. Krzesełka drewniane występują w dwóch wariantach: ze stopką z tworzywa lub ze stopką filcową.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 26 x 25 cm (rozmiar 0), 32 x 26 cm (rozmiar 1), 33 x 29 cm (rozmiar 2)</t>
   </si>
   <si>
-    <t>861012-1</t>
-[...7 lines deleted...]
-  <si>
     <t>101920</t>
   </si>
   <si>
     <t>Poduszka limonka</t>
   </si>
   <si>
     <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
   </si>
   <si>
-    <t>100276</t>
-[...5 lines deleted...]
-    <t>Eleganckie i funkcjonalne szatnie, wykonane z płyty wiórowej w tonacji klonu jasnego. Wyposażone w półeczkę, miejsce na naklejenie znaczka oraz przegródki z haczykami na ubrania i worki. Półeczka na buty jest ażurowa, co ułatwia utrzymanie szatni w czystości. Szatnie mogą być uzupełnione drzwiczkami (sprzedawane osobno): kolorowymi z płyty MDF (100052-100057, 100830 i 100955), z foliowanej płyty MDF (096218-096220, 098432) oraz lakierowanymi ze wzorem (100834 dla szatni 3-modułowej i 100835 dla szatni 5-modułowej). Dzięki drzwiczkom wszystkie wieszane ubrania są schowane i nie tworzą bałaganu. Kolor drzwiczek pozwala też na oznaczenie miejsca w szatni poszczególnych grup dzieci. Po zamontowaniu drzwiczek wnęka o gł. 25 cm i szer. 19,5 cm. • wys. ławeczki 32,5 cm (wersje wysokie) lub 26 cm (wersje niskie). • 5 modułów • wym. 108,5 x 50 x 131 cm</t>
+    <t>ZEST6189</t>
+  </si>
+  <si>
+    <t>Grande - zestaw 109 - klon jasny</t>
+  </si>
+  <si>
+    <t>Meble wykonane płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu oraz białym.Skład zestawu:• 096901 Regał Grande L głęboki – klon jasny, 1 szt.• 096893 Nadstawka Grande L głęboka – klon jasny, 1 szt.• 096876K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – klon jasny, 2 kpl.• wym. 82 x 49,80 x 223 cm</t>
   </si>
   <si>
     <t>899025</t>
   </si>
   <si>
     <t>Fotel obrotowy Natalie biały</t>
   </si>
   <si>
     <t>Elegancki fotel obrotowy, który wyróżnia się swoim opływowym kształtem i ergonomiczną konstrukcją. Grube, obrotowe siedzisko i wyprofilowane oparcie zapewniają wygodę i komfort użytkowania. Zaokrąglony kształt fotela oraz brak widocznych nóg dodają mu lekkości i elegancji.  • wys. siedziska 42 cm • wym. siedziska 70 x 59 cm• wym. 85 x 80 x 74 cm</t>
   </si>
   <si>
     <t>842192</t>
   </si>
   <si>
     <t>Aplikacja - sarenka</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 52 cm x 75 cm</t>
   </si>
   <si>
     <t>585037</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
@@ -263,354 +254,295 @@
 	Wejście sieciowe LAN RJ45/8P8C x 1 
 	Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
 Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 	produkt wymaga baterii (są w zestawie)
-Zawartość:
-[...5 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
+Zawartość:# pilot, 1 szt.# pisak, 2 szt.# przewód zasilający 3 m, 1 szt.# przewód USB-C 65W dł – 2 m, 1 szt.# przewód USB 2.0 A-B – 3 m, 1 szt.# przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>842187</t>
   </si>
   <si>
     <t>Aplikacja - zajączek</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. Aplikacja przyklejana na taśmę (sprzedawana osobno) lub do samodzielnego wykonania otworów w aplikacji i montowania na ścianie (elementy montażowe w zestawie).• wym. 32 cm x 52 cm</t>
   </si>
   <si>
-    <t>096218</t>
-[...16 lines deleted...]
-  <si>
     <t>842191</t>
   </si>
   <si>
     <t>Aplikacja - trawa</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • wym. 38 cm x 24 cm</t>
   </si>
   <si>
     <t>118257</t>
   </si>
   <si>
     <t>Krzesło Krzyś rozm. 1</t>
   </si>
   <si>
     <t>092141</t>
   </si>
   <si>
     <t>Quadro - szafka M z 1 półką na cokole, klon jasny</t>
   </si>
   <si>
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>SET6390S-N</t>
   </si>
   <si>
     <t>Quadro - zestaw Las 90 st., cichy domyk, klonowa skrzynia</t>
   </si>
   <si>
-    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki leśnej: drzewo, ptaki, grzyby, jeżyk.• 092149 Quadro - regał XL z przegrodą i 3 półkami - klon jasny - 1 szt.• 092151 Quadro - regał L z 2 przegrodami i 2 półkami - klon jasny - 1 szt.• 092146 Quadro - szafka słupek L z 2 półkami - klon jasny - 1 szt.• 092143 Quadro - szafka L z 2 półkami - klon jasny - 1 szt.• 092172 Quadro - szafka na dużą skrzynię - klon jasny - 1 szt.• 092141 Quadro - szafka M z 1 półką na cokole - klon jasny - 1 szt.• drzwi oraz skrzynia na kółkach z aplikacjami nawiązującymi do tematyki leśnej• aplikacja drzewo• wym. 475,4 x 41,5 x 219,8 cm• długość zestawu: 4,754 m</t>
+    <t>Zestawy tematyczne mebli Quadro składają się z funkcjonalnych szafek, z unikalnymi frontami, zaprojektowanymi w taki sposób, by obejmowały różne obszary tematyczne. Kolorowe, przyjazne dzieciom aplikacje tworzą inspirujące, ale zarazem stonowane środowisko i zachęcają do zabawy i nauki. Komplet mebli można zamówić tylko w całości. Można go uzupełnić wieloma dodatkowymi elementami z naszej oferty, takimi jak aplikacje ścienne, dywany czy kąciki zabaw z pasującymi motywami.
+Zestawy mebli są wykonane płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną. Drzwiczki wyposażone w zawiasy 90 stopni, z cichym domykiem.Szafki z białymi frontami i aplikacjami nawiązującymi do tematyki leśnej: drzewo, ptaki, grzyby, jeżyk.
+• 094028S Quadro - szafka Las XL z 3 półkami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094029S Quadro - regał Las L z 2 przegrodami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094030S Quadro - szafka słupek Las L z drzwiami, 90 st., cichy domyk - klon, 1 szt.
+• 094031S Quadro - szafka Las L z 2 półkami i drzwiami, 90 st., cichy domyk - klon jasny, 1 szt.
+• 094032 Quadro - szafka Las z dużą skrzynią - klon jasny, 1 szt.
+• 094200 Quadro - szafka Las M z 1 półką na cokole, klon jasny, 1 szt.
+• drzwi oraz skrzynia na kółkach z aplikacjami nawiązującymi do tematyki leśnej
+• aplikacja drzewo• wym. 475,40 x 41,50 x 219,80 cm• długość zestawu: 4,75 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>044001</t>
   </si>
   <si>
     <t>Tablica korkowa 60 x 120 cm</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • gr. 12 mm• wym. 60 x 120 cm</t>
   </si>
   <si>
     <t>100505J</t>
   </si>
   <si>
     <t>Blat klonowy prostokątny z klonowym obrzeżem</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu, wykończone klonowym lub kolorowym obrzeżem ABS o gr. 2 mm. Blaty dostępne są w pięciu kształtach: prostokątnym, kwadratowym, okrągłym, sześciokątnym lub trapezowym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. 120 x 74 cm • klonowy</t>
   </si>
   <si>
-    <t>ZEST5334</t>
-[...14 lines deleted...]
-  <si>
     <t>318022</t>
   </si>
   <si>
     <t>Krzesło Genito z oparciem, wys. 38-48 cm - szare</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości i oparciem w kształcie litery T. Siedzisko i oparcie wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>ZEST5921</t>
   </si>
   <si>
     <t>Zestaw pianek z okrągłym basenem</t>
   </si>
   <si>
-    <t>Basen z piłeczkami to ulubione miejsce zabawy maluchów. Zestaw pianek tworzy 3 różne wejścia do basenu, co uatrakcyjnia zabawę. Basen w zestawie z 250 jasnoniebieskimi kuleczkami o śr. 8 cm. Pianki obszyte trwałą tkaniną meditap. • wym. całkowite 210 x 130 x 30 cm • śr. basenu 90 cm • od 2 lat</t>
+    <t>Basen z piłeczkami to atrakcyjne miejsce zabawy dla maluchów. Zestaw zawiera 3 piankowe wejścia do basenu oraz 250 jasnoniebieskich kulek o średnicy 8 cm. Pianki obszyte są trwałą, łatwą do czyszczenia tkaniną wolną od ftalanów. • śr. basenu 90 cm • wym. 210 x 130 x 30 cm• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101391</t>
   </si>
   <si>
     <t xml:space="preserve">Materac prostokątny z motywem trawy - zielony </t>
   </si>
   <si>
-    <t xml:space="preserve">Miękkie materace, obszyte materiałem meditap, z obrzeżem w kształcie trawki (mocowanym na rzepy). • wym. 133 x 50 x 5 cm • 1 szt. </t>
-[...17 lines deleted...]
-    <t>Meble wykonane płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu oraz białym.Skład zestawu:• 096901 Regał Grande L głęboki – klon jasny, 1 szt.• 096893 Nadstawka Grande L głęboka – klon jasny, 1 szt.• 096876K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – klon jasny, 2 kpl.</t>
+    <t xml:space="preserve">Miękkie materace, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości, z obrzeżem w kształcie trawki (mocowanym na rzepy). • wym. 133 x 50 x 5 cm • 1 szt. </t>
   </si>
   <si>
     <t>099386N</t>
   </si>
   <si>
     <t>Kącik Flora</t>
   </si>
   <si>
     <t>Kącik z tunelem ozdobiony motywami roślinnymi, utrzymany w stonowanych kolorach nawiązujących do natury. Wykonany z lakierowanej sklejki o gr. 18 mm i płyty laminowanej oraz drewna jesionowego. Kącik jest wyposażony także w materac-falę, po której dzieci mogą nie tylko zjeżdżać, ale i wspinać się, przesuwanki, okienko i podesty pokryte wykładziną. Zjeżdżalnię i skośny podest można montować wymiennie. • tunel o śr. 50 cm i dł. 57 cm • wym. modułu fali 66 x 122 x 43 cm • wym. modułu z wykładziną 66 x 110 x 43 cm • wym. podestów 76 x 76 cm • wys. podestów 32 cm • wym. 324 x 187 x 125 cm lub 313 x 203 x 125 cm (w zależności od umiejscowienia zjeżdżalni i podestu)OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
-    <t>548107</t>
-[...7 lines deleted...]
-  <si>
     <t>519401</t>
   </si>
   <si>
     <t>Łóżeczko Tadzia – białe</t>
   </si>
   <si>
-    <t>Praktyczne łóżeczko wykonane z litego drewna sosnowego w dwóch wersjach kolorystycznych – białe lub naturalne. Posiada trzy poziomy regulacji wysokości leżyska – 23 cm, 37 cm i 52 cm. Do łóżeczka można dokupić materac Tymek (101822, sprzedawany osobno). • wym. wewn. 120 x 60 cm • wym. całkowite 124 x 65,7 x 90 cm</t>
+    <t>Praktyczne łóżeczko wykonane z litego drewna sosnowego w dwóch wersjach kolorystycznych – białe lub naturalne. Posiada trzy poziomy regulacji wysokości leżyska – 23 cm, 37 cm i 52 cm. Do łóżeczka można dokupić materac Tymek (101822, sprzedawany osobno).• wym. wewn. 120 x 60 cm• wym. całkowite 124 x 65,7 x 90 cm</t>
   </si>
   <si>
     <t>092291</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - biała</t>
   </si>
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>842184</t>
   </si>
   <si>
     <t>Aplikacja - drzewo i przyjaciele</t>
   </si>
   <si>
     <t>Kolorowe aplikacje do zamontowania na ścianie wykonane z płyty HDF i filcu. • montuje się za pomocą dwustronnej taśmy • wym. wiewiórki 20,5 x 29 cm • wym. ptaszka 30 x 14,5 cm • wym. sowy  22 x 28 cm• wym. 130 cm x 166 cm</t>
   </si>
   <si>
     <t>098254</t>
   </si>
   <si>
     <t xml:space="preserve">Nadstawka Grande S na regały na pojemniki, szer. 70,2 - klon jasny </t>
   </si>
   <si>
     <t>Nadstawki pasujące do szafek 096894-096895, 096894W-096895W z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach.• wym. 70.2 x 48 x 35,2 cm</t>
   </si>
   <si>
     <t>096899</t>
   </si>
   <si>
     <t>Regał Grande M głęboki - klon jasny</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 82,2 cm</t>
   </si>
   <si>
+    <t>585004</t>
+  </si>
+  <si>
+    <t>Uchwyt ścienny do monitorów insGraf DIGITAL 65, 75 i 86 cali</t>
+  </si>
+  <si>
+    <t>Uchwyt ścienny do montażu monitorów interaktywnych. Jest kompatybilny ze wszystkimi monitorami interaktywnymi z serii InsGraf Digital.
+Maksymalny udźwig - 120 kg
+Zalecana wielkość monitora: od 65&amp;apos;&amp;apos; do 86&amp;apos;&amp;apos;
+Maksymalne nachylenie ± 15 stopniUWAGA! W przypadku montażu monitorów na ścianie z płyty kartonowo-gipsowej zaleca się użycia uchwytu 085126 (sprzedawany osobno).</t>
+  </si>
+  <si>
     <t>565504</t>
   </si>
   <si>
     <t>Krzesło Lilo do karmienia</t>
   </si>
   <si>
-    <t>Krzesło wykonane z polipropylenu i elementów stalowych. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesełko 2w1, gdyż pozwala na użytkowanie w 2 wysokościach: wysokie i niskie krzesło. Posiada zdejmowaną tacę. Wyposażone w 5-punktowe pasy bezpieczeństwa. • szer. krzesełka (wysokie) 56 cm • szer. siedziska (niskie) 48 cm • szer. tacki 40 cm • maks. obciążenie 20 kg• od 6 do 36 miesięcy</t>
-[...8 lines deleted...]
-    <t>Komfortowe krzesło kubełkowe z tworzywa sztucznego. Nogi metalowe (malowane proszkowo) o śr. 18 mm, są zakończone czarnymi stopkami z tworzywa. Sprawdzi się w mniejszych i większych pomieszczeniach. • wym. 53 x 54 x 76 cm • wys. siedziska 45 cm</t>
+    <t>Krzesło wykonane z polipropylenu i elementów stalowych. Przeznaczone dla dzieci w wieku od 6 miesięcy do 3 lat. Krzesełko 2w1, gdyż pozwala na użytkowanie w 2 wysokościach: wysokie i niskie krzesło. Posiada zdejmowaną tacę. Wyposażone w 5-punktowe pasy bezpieczeństwa.
+• szer. krzesełka (wysokie) 56 cm
+• szer. siedziska (niskie) 48 cm
+• szer. tacki 40 cm
+• maks. obciążenie 20 kg• od 6 do 36 miesięcy</t>
   </si>
   <si>
     <t>096629</t>
   </si>
   <si>
     <t>Szafa z drzwiami na pościel i łóżeczka - brzoza</t>
   </si>
   <si>
     <t>Szafa przeznaczona do przechowywania łóżeczek przedszkolnych (501001-501005, sprzedawane osobno) oraz pościeli (sprzedawana osobno). Pomieści 15 takich kompletów. W górnej części znajdują się przegródki na pościel, w dolnej jest miejsce na łóżeczka. Szafka nie posiada cokołu, co ułatwia umieszczanie łóżeczek w szafie (np. wsuwanie ich na wózku, 133146, sprzedawany osobno). Dla zwiększenia stabilności należy przykręcić ją bezpośrednio do podłogi. Elementy mocujące są w zestawie. Wykonana z płyty laminowanej o gr. 18 mm, biała lub w tonacji brzozy, z obrzeżem multiplex ABS. W tylnej ścianie każdego schowka na pościel otwór wentylacyjny o śr. 3,4 cm • wym. użytkowe części na łóżeczka: 134,4 x 64,4 x 98 cm • wym. przegródki na pościel: 44,6 x 65,4 x 16,8 cm • wym. 142,4 x 68,4 x 202,1 cm</t>
   </si>
   <si>
     <t>101822</t>
   </si>
   <si>
     <t>Materac Tymek, szary</t>
   </si>
   <si>
     <t>Materac do łóżeczka niemowlęcego Tymek (118212) obłożony tkaniną Bardo (65% poliester, 35% bawełna). Pasuje również do łóżeczek 057001 i 057004. Pokrowiec można zdejmować do prania. • wym. 120 x 60 x 7 cm</t>
   </si>
   <si>
     <t>101912</t>
   </si>
   <si>
     <t>Poduszka żółta</t>
   </si>
   <si>
     <t>099626</t>
   </si>
   <si>
     <t>Ścianka manipulacyjno-sensoryczna Las 2</t>
   </si>
   <si>
     <t>Ścianki manipulacyjne wykonane z lakierowanej sklejki, z aplikacjami sensorycznymi, przesuwankami i mocowanymi na napy koronami drzew z tkaniny o różnych fakturach. Rozwijają dotyk, sprawność manualną dziecka, koordynację wzrokowo-ruchową oraz motorykę dłoni. Dziecko uczy się kolorów i kształtów. Na drzewku umieszczone są: dwie przesuwanki, bębenek, lusterko oraz aplikacje - muchomor i trawka. • wym. (szer. x wys.): 132 x 120 cm• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• od 2 lat</t>
   </si>
   <si>
     <t>098382</t>
   </si>
   <si>
     <t>Przesuwanka Zając w trawie</t>
   </si>
   <si>
     <t>Kolorowe przesuwanki z różnymi motywami tematycznymi. Podczas zabawy nimi dzieci rozwijają motorykę. Wykonane z płyty MDF.• wym. 81 x 55 cm• od 3 lat</t>
   </si>
   <si>
     <t>101683</t>
   </si>
   <si>
     <t>Siedzisko tapicerowane średnie, limonkowo-szare</t>
   </si>
   <si>
-    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz tkaniną meditap, łatwą do utrzymania w czystości. • wym. 40 x 40 x 80 cm• wym. 80 x 40 x 40 cm</t>
+    <t>Praktyczne i wygodne siedziska o nowoczesnym kształcie i kolorach, do szatni lub na korytarz, dostępne w 3 rozmiarach. Stelaż zapewniający stabilność pokryty warstwą miękkiej pianki oraz trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 80 x 40 x 40 cm</t>
   </si>
   <si>
     <t>100323</t>
   </si>
   <si>
     <t>Drzwiczki do nadstawki Flexi XL - brzoza</t>
   </si>
   <si>
     <t>Drzwiczki dostępne w 8 kolorach. Uchwyty sprzedawane w komplecie. Zawiasy umożliwiające otwieranie szafki pod kątem 180 stopni. Wykonane z kolorowej płyty laminowanej o gr. 18 mm.• 1 para• wym. 42 x 113,5 cm</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Przewijak i półka w jednym pozwoli zaoszczędzić miejsce w pomieszczeniu. Wykonany z drewna, wodoodporny, mechanizm pozwala na delikatne opuszczanie, dzięki czemu nie trzeba wkładać wiele wysiłku w otwieranie i zamykanie przewijaka. Wyposażony w materac powlekany poliuretanem, wodoodporny i łatwo zmywalny. Przewijak ma kolor bukowy. Udźwig do 15 kg. • wym. 63 x 19 cm (zamknięty), 76,5 (otwarty) x 79,5 cm </t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -688,51 +620,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5370f45687b049c4f52e3bba6162d3c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1b1d8a5dea5aea4166c3fad3e683582.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4122dfc65ea680b822a978a0f5d9e7d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab72378a748d394969fb647dbce1197c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24d1fe2ebd17556a4b20588feb43939e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2330c686c8263ddbec0ce1874dd4d366.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206b0f2bfaa66b153c0bef08e641b9c67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53127a653a93fa5308bf600b0d68d32c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3969aa9c38e368c2aa7c4a1432c1d07d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ef083b6e0eacaa6ffc0850832911e310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95de396717acaa76686f8ef07efb48f711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942aa3985d040a1548dacb7362d7a6b112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2b09851ca796ef60637c04a2e8bb4513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617507688725e0d06a5a7b55dbfa9b0a14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ba6bd420bc456c9d13703cfb59ebbca15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7dc825b38ea49eb964b0fcb18aafa916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c5c74896f53301b3d46a8a72438f7117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ad938f34553a9c41c7bc10c22bf96c18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19a1106cea0ee71a70d832dfbd75cf4619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c124e92329630c6fb4a9c1bc6e1564520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34e0815a4dab6838624fd4a9921778c21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b75e8f6374a1e35e98b06308ef015022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1d6dd2804a55bd796c83dec86bbb3e323.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb7a3c3f6a77901511ad7795ce8dc2624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe0663d2c2d9887fb8577afe29c7e7d25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950bd7c3c7f82a06a3dea675cd6b317626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4219ec7a19b9f5ce5c9e3fb9d196382b27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/329ae0b16e86c0b45805d2901064e65828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c63412a02264a717e479e61bfcdab229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa7ed9ecc32c91f58668ca3a5af536930.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f480acbcae468ed9d50282784b9906231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c27c8f58cf671006b6179343f68bd532.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280383efe87122ef0725fe0728afffb933.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1be59e9e73570ae591c0ec4891dd20534.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117e4f228d3bbf7114ea8d91afa456bd35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ff4e8d6f87a3d53674362f231efd4236.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c1c232374b86e0b54414643e570e4437.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b812f914d1bff8c8020a2917a2305da38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de78d3c67408a511e2dece8d3c8bad9839.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b39e4681f8ff43bf6d9fc4289d0294b40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff45ef3abf7c97a046dde027e581824f41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1098135ac897e8fab1842431ffa76eb442.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fda14e7e3ab657da2c9d970d004d71243.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5106e5ad17bc2141f41dc2222fbd2844.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c66813360789b79f1e992d35900bcf1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba29f32ecb69101ee83e0f231405b9f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e224009a83de1862e1b7ccdbfdcae73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc560441acaef4f767cc7aaace8515d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf38bc333e276d3fd3133621d0d10255.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f5e5079bf421546aad4e17b8fbb5f26.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfb49e1072077b03133408301fa190757.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8c8971d450bfd38c999c9b75b00dc808.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd95583de2b31b93ecb594d6ba78c6b69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67991b53b9b4f3aa4804ce01b955170810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5288de6659dc8f3a90847a0b57542f2211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8044ee5212c689f1f1b4a6c216c2a00812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5669ffefd4294f5198b21fd9da3ca313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733fee38134ebee6a88e1b81c6f01e6914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92172d0ec6d8d2da5aea7ac07659208d15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe01827f650b0fb7e6e19d948dd0739816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22d0edc6472f04eb211e67b3491b87017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b73b46ac390a67b772b92c74765392218.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef4d933d53d3fb41f13ee1612a9f1d119.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ff6795a7bce3e7c1c57d6c711d0929120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde6237e6a6172d398173b818af42f2321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7107c856c476f7139c785ce74854802122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac0338b6a4e0b8eb5cfebf633b7789e23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8b97ce43796856c5b6fe1f91736de024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1a78790f593aacd18011c1203f2e9225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d60fd98b7be23b8dd65e5dced1201a526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47068dcfddf4ca8858585e9e503e17e827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f598b59a0cb84f9b49e9e5316bcaf38f28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0f4b7c87a395b352446957bb347062a29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4614624a42ff61386722b262a224d5830.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ecd530747e02bdd545928c5a0c8e3c731.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bbf970d7211eb476576f4d4087b18c32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41dd37747b36e67c69116f5366ce169f33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d659f6c8738544047a9977b13e2bb9b34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee7a11c29c32a6ffa02c9cfc6fa45d435.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d433b394d0ed2de4f24485c44fe363c336.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4724400" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-MB-0016" descr="Bajkowa sala żłobkowa "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -883,1167 +815,927 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="861012-1" descr="861012-1"/>
+        <xdr:cNvPr id="7" name="101920" descr="101920"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="101920" descr="101920"/>
+        <xdr:cNvPr id="8" name="ZEST6189" descr="ZEST6189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="100276" descr="100276"/>
+        <xdr:cNvPr id="9" name="899025" descr="899025"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="899025" descr="899025"/>
+        <xdr:cNvPr id="10" name="842192" descr="842192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="842192" descr="842192"/>
+        <xdr:cNvPr id="11" name="585037" descr="585037"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="585037" descr="585037"/>
+        <xdr:cNvPr id="12" name="842187" descr="842187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="842187" descr="842187"/>
+        <xdr:cNvPr id="13" name="842191" descr="842191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="096218" descr="096218"/>
+        <xdr:cNvPr id="14" name="118257" descr="118257"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="099749" descr="099749"/>
+        <xdr:cNvPr id="15" name="092141" descr="092141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="842191" descr="842191"/>
+        <xdr:cNvPr id="16" name="SET6390S-N" descr="SET6390S-N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="118257" descr="118257"/>
+        <xdr:cNvPr id="17" name="044001" descr="044001"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="092141" descr="092141"/>
+        <xdr:cNvPr id="18" name="100505J" descr="100505J"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="SET6390S-N" descr="SET6390S-N"/>
+        <xdr:cNvPr id="19" name="318022" descr="318022"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="044001" descr="044001"/>
+        <xdr:cNvPr id="20" name="ZEST5921" descr="ZEST5921"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="100505J" descr="100505J"/>
+        <xdr:cNvPr id="21" name="101391" descr="101391"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="ZEST5334" descr="ZEST5334"/>
+        <xdr:cNvPr id="22" name="099386N" descr="099386N"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="318022" descr="318022"/>
+        <xdr:cNvPr id="23" name="519401" descr="519401"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="ZEST5921" descr="ZEST5921"/>
+        <xdr:cNvPr id="24" name="092291" descr="092291"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="101391" descr="101391"/>
+        <xdr:cNvPr id="25" name="842184" descr="842184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="092481" descr="092481"/>
+        <xdr:cNvPr id="26" name="098254" descr="098254"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="ZEST6189" descr="ZEST6189"/>
+        <xdr:cNvPr id="27" name="096899" descr="096899"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="099386N" descr="099386N"/>
+        <xdr:cNvPr id="28" name="585004" descr="585004"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="548107" descr="548107"/>
+        <xdr:cNvPr id="29" name="565504" descr="565504"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="519401" descr="519401"/>
+        <xdr:cNvPr id="30" name="096629" descr="096629"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="092291" descr="092291"/>
+        <xdr:cNvPr id="31" name="101822" descr="101822"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="842184" descr="842184"/>
+        <xdr:cNvPr id="32" name="101912" descr="101912"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="098254" descr="098254"/>
+        <xdr:cNvPr id="33" name="099626" descr="099626"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="096899" descr="096899"/>
+        <xdr:cNvPr id="34" name="098382" descr="098382"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="565504" descr="565504"/>
+        <xdr:cNvPr id="35" name="101683" descr="101683"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="861016" descr="861016"/>
+        <xdr:cNvPr id="36" name="100323" descr="100323"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
-        <a:stretch>
-[...238 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2310,54 +2002,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:G42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F50" sqref="F50:G50"/>
+      <selection activeCell="F42" sqref="F42:G42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -2495,842 +2187,674 @@
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>6</v>
       </c>
       <c r="F10" s="10">
         <v>269.9</v>
       </c>
       <c r="G10" s="11">
         <v>1619.4</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F11" s="10">
-        <v>1699.9</v>
+        <v>59.9</v>
       </c>
       <c r="G11" s="11">
-        <v>6799.6</v>
+        <v>119.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>59.9</v>
+        <v>1851.6</v>
       </c>
       <c r="G12" s="11">
-        <v>119.8</v>
+        <v>1851.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>999.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G13" s="11">
-        <v>2999.7</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>1699.9</v>
+        <v>269.9</v>
       </c>
       <c r="G14" s="11">
-        <v>1699.9</v>
+        <v>269.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="80">
       <c r="A15" s="7"/>
       <c r="B15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
-        <v>269.9</v>
+        <v>8999.9</v>
       </c>
       <c r="G15" s="11">
-        <v>269.9</v>
+        <v>8999.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
-        <v>8999.9</v>
+        <v>149.9</v>
       </c>
       <c r="G16" s="11">
-        <v>8999.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>149.9</v>
+        <v>209.9</v>
       </c>
       <c r="G17" s="11">
-        <v>149.9</v>
+        <v>209.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="E18" s="8">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F18" s="10">
-        <v>69.9</v>
+        <v>269.9</v>
       </c>
       <c r="G18" s="11">
-        <v>1048.5</v>
+        <v>1619.4</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>47</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="D19" s="9" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>2299.9</v>
+        <v>519.9</v>
       </c>
       <c r="G19" s="11">
-        <v>2299.9</v>
+        <v>519.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>209.9</v>
+        <v>5129.5</v>
       </c>
       <c r="G20" s="11">
-        <v>209.9</v>
+        <v>5129.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="D21" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="8">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>269.9</v>
+        <v>65.9</v>
       </c>
       <c r="G21" s="11">
-        <v>1619.4</v>
+        <v>65.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F22" s="10">
-        <v>519.9</v>
+        <v>389.9</v>
       </c>
       <c r="G22" s="11">
-        <v>519.9</v>
+        <v>779.8</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="8">
         <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>6408.3</v>
+        <v>799.9</v>
       </c>
       <c r="G23" s="11">
-        <v>6408.3</v>
+        <v>799.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C24" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="8">
         <v>1</v>
       </c>
       <c r="F24" s="10">
-        <v>65.9</v>
+        <v>2199.9</v>
       </c>
       <c r="G24" s="11">
-        <v>65.9</v>
+        <v>2199.9</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F25" s="10">
-        <v>389.9</v>
+        <v>319.9</v>
       </c>
       <c r="G25" s="11">
-        <v>779.8</v>
+        <v>319.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="8">
         <v>1</v>
       </c>
       <c r="F26" s="10">
-        <v>4679.2</v>
+        <v>9999.9</v>
       </c>
       <c r="G26" s="11">
-        <v>4679.2</v>
+        <v>9999.9</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C27" s="9" t="s">
         <v>71</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>72</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
-        <v>799.9</v>
+        <v>749.9</v>
       </c>
       <c r="G27" s="11">
-        <v>799.9</v>
+        <v>749.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>1</v>
       </c>
       <c r="F28" s="10">
-        <v>2199.9</v>
+        <v>549.9</v>
       </c>
       <c r="G28" s="11">
-        <v>2199.9</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>77</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
-        <v>319.9</v>
+        <v>869.9</v>
       </c>
       <c r="G29" s="11">
-        <v>319.9</v>
+        <v>869.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="8">
         <v>1</v>
       </c>
       <c r="F30" s="10">
-        <v>469.9</v>
+        <v>289.9</v>
       </c>
       <c r="G30" s="11">
-        <v>469.9</v>
+        <v>289.9</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F31" s="10">
-        <v>1851.6</v>
+        <v>539.9</v>
       </c>
       <c r="G31" s="11">
-        <v>3703.2</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="80">
       <c r="A32" s="7"/>
       <c r="B32" s="8" t="s">
         <v>85</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>86</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="8">
         <v>1</v>
       </c>
       <c r="F32" s="10">
-        <v>9999.9</v>
+        <v>269.9</v>
       </c>
       <c r="G32" s="11">
-        <v>9999.9</v>
+        <v>269.9</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="80">
       <c r="A33" s="7"/>
       <c r="B33" s="8" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F33" s="10">
-        <v>799.9</v>
+        <v>109.9</v>
       </c>
       <c r="G33" s="11">
-        <v>799.9</v>
+        <v>439.6</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="80">
       <c r="A34" s="7"/>
       <c r="B34" s="8" t="s">
         <v>91</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="8">
         <v>1</v>
       </c>
       <c r="F34" s="10">
-        <v>749.9</v>
+        <v>2699.9</v>
       </c>
       <c r="G34" s="11">
-        <v>749.9</v>
+        <v>2699.9</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="80">
       <c r="A35" s="7"/>
       <c r="B35" s="8" t="s">
         <v>94</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E35" s="8">
         <v>1</v>
       </c>
       <c r="F35" s="10">
-        <v>549.9</v>
+        <v>189.9</v>
       </c>
       <c r="G35" s="11">
-        <v>549.9</v>
+        <v>189.9</v>
       </c>
     </row>
     <row r="36" spans="1:7" customHeight="1" ht="80">
       <c r="A36" s="7"/>
       <c r="B36" s="8" t="s">
         <v>97</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>98</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="E36" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F36" s="10">
-        <v>869.9</v>
+        <v>59.9</v>
       </c>
       <c r="G36" s="11">
-        <v>869.9</v>
+        <v>119.8</v>
       </c>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="80">
       <c r="A37" s="7"/>
       <c r="B37" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>100</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="D37" s="9" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E37" s="8">
         <v>1</v>
       </c>
       <c r="F37" s="10">
-        <v>289.9</v>
+        <v>1499.9</v>
       </c>
       <c r="G37" s="11">
-        <v>289.9</v>
+        <v>1499.9</v>
       </c>
     </row>
     <row r="38" spans="1:7" customHeight="1" ht="80">
       <c r="A38" s="7"/>
       <c r="B38" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="D38" s="9" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E38" s="8">
         <v>1</v>
       </c>
       <c r="F38" s="10">
-        <v>539.9</v>
+        <v>159.9</v>
       </c>
       <c r="G38" s="11">
-        <v>539.9</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="39" spans="1:7" customHeight="1" ht="80">
       <c r="A39" s="7"/>
       <c r="B39" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C39" s="9" t="s">
         <v>106</v>
       </c>
-      <c r="C39" s="9" t="s">
+      <c r="D39" s="9" t="s">
         <v>107</v>
       </c>
-      <c r="D39" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F39" s="10">
-        <v>109.9</v>
+        <v>449.9</v>
       </c>
       <c r="G39" s="11">
-        <v>439.6</v>
+        <v>899.8</v>
       </c>
     </row>
     <row r="40" spans="1:7" customHeight="1" ht="80">
       <c r="A40" s="7"/>
       <c r="B40" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>109</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="D40" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="D40" s="9" t="s">
+      <c r="E40" s="8">
+        <v>1</v>
+      </c>
+      <c r="F40" s="10">
+        <v>539.9</v>
+      </c>
+      <c r="G40" s="11">
+        <v>539.9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="F42" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="E40" s="8">
-[...182 lines deleted...]
-        <v>73098.9</v>
+      <c r="G42" s="12">
+        <v>48212.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 