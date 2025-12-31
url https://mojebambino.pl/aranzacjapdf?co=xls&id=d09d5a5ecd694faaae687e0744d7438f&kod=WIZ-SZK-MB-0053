--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -19,168 +19,168 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>WIZ-SZK-MB-0053 Kącik do jogi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-31 23:34:08</t>
+    <t>z dnia 2025-12-31 04:21:12</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>303024</t>
   </si>
   <si>
     <t>Uniwersalny zestaw do mocowania hamaka do sufitu</t>
   </si>
   <si>
-    <t>Niezbędne akcesoria do zamocowania hamaka. Do wyboru zestawy pozwalające zawiesić hamak między drzewami lub przymocować do ściany, belki albo do sufitu w pozycji "fotelika".• lina o dł. 3 m • element mocujący do przykręcenia do sufitu • haczyk • 4 wkręty z kołkami• wykonany z poliamidu (wzmocnionego włóknem szklanym) • lina wykonana z poliestru• wym. 300 cm</t>
+    <t>Niezbędne akcesoria do zamocowania hamaka. Do wyboru zestawy pozwalające zawiesić hamak między drzewami lub przymocować do ściany, belki albo do sufitu w pozycji "fotelika".• lina o dł. 3 m • element mocujący do przykręcenia do sufitu • haczyk • 4 wkręty z kołkami• wykonany z poliamidu (wzmocnionego włóknem szklanym) • lina wykonana z poliestru• wym. 300 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101718</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. szary melanż</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
-    <t>Gruszka mała beżowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Gruszka mała beżowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096566</t>
   </si>
   <si>
     <t>Regał Flexi na pomoce edukacyjne, wys. 160</t>
   </si>
   <si>
-    <t>Regał drewniany służący do przechowywania pomocy edukacyjnych. Wyposażony w półki z płyty laminowanej o gr. 18 mm, w odcieniu brzozy.• Pasujące drewniane pojemniki (126043-126045, 126052-126069) można zamówić osobno.• wym. 96,5 x 41,5 x 160 cm</t>
+    <t>Regał drewniany służący do przechowywania pomocy edukacyjnych. Wyposażony w półki z płyty laminowanej o gr. 18 mm w odcieniu brzozy.• Pasujące drewniane pojemniki (126043-126045, 126052-126069) można zamówić osobno.• wym. 96,50 x 41,50 x 160 cm</t>
   </si>
   <si>
     <t>522026</t>
   </si>
   <si>
     <t>Mata podłogowa 0,6 cm</t>
   </si>
   <si>
-    <t xml:space="preserve">Mata podłogowa do ćwiczeń, antypoślizgowa, wykonana z wysokiej jakości materiału PVC. Dobrze izoluje i chroni przed chłodem podłogi.• wym. 173 x 61 x 0,6 cm </t>
+    <t>Mata podłogowa do ćwiczeń, antypoślizgowa, wykonana z wysokiej jakości materiału PVC. Dobrze izoluje i chroni przed chłodem podłogi.• wym. 173 x 61 x 0,6 cm • od 4 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101862</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnoszare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>146248</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D średni </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 50 x 58 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>146247</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść 3D mały </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 53 x 49,5 x 3 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>101949N</t>
   </si>
   <si>
     <t>Pufa Liść</t>
   </si>
   <si>
     <t xml:space="preserve">Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm </t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>092378</t>
   </si>
   <si>
     <t>Regał Flexi na pomoce edukacyjne</t>
   </si>
   <si>
-    <t>Regał drewniany służący do przechowywania pomocy edukacyjnych. Wyposażony w półki z płyty laminowanej o gr. 18 mm, w odcieniu brzozy.Regał można uzupełnic drewnianymi pojemnikami (126043-126045, 126052-126069, sprzedawane odddzielnie).• wym. 96,5 x 41,5 x 86,7 cm</t>
+    <t>Regał drewniany służący do przechowywania pomocy edukacyjnych. Wyposażony w półki z płyty laminowanej o gr. 18 mm w odcieniu brzozy.Regał można uzupełnic drewnianymi pojemnikami (126043-126045, 126052-126069, sprzedawane odddzielnie).• wym. 96,50 x 41,50 x 86,70 cm</t>
   </si>
   <si>
     <t>146272</t>
   </si>
   <si>
     <t xml:space="preserve">EKO dekor - liść ażurowy duży </t>
   </si>
   <si>
     <t>Ozdobne aplikacje w kształcie liści wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 40 x 78 x 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -267,51 +267,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aebacfa4108722cd0b92cc95dcf7acd71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4923bf84c35feff435979b19b244c52e2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/709c1e3bb353c14fe4f8de52fca7a8b33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/646408a65e69f20522099c91ab0651f54.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12603cead892bc75b47f37262dd1e3a75.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b01cca9108abb1f65c841661f55f8426.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed691d1d46c5946248fbf067ac7d1fa07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26439cc0e886ea3d174520de594e93588.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cdad8f17f5ce70aeb5a6a54dca4cf769.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e6b7402515db157a9fed004f139eea10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8fc914339a2f15adcae034a2c4da7f11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/263daedaf4c91a84002eecbc819d768312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e217ed83e2a8e44ff1d71c5e8c6f3413.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6939b1b0e3f2ada39a9ced998c50241.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db2bdb6c4ec3791410ddcc5389b845c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4f5cfac3f3fe1da0c147a804d682af3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeec1824629af5de203a69527375364e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e9056c80dac232461b14e531718425e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1970aab8ec53f7e1d383c05ca82f1e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949bb89dc99466e04d4dbb019d85a2047.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c04618e56be872068033692ad3fc59b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ea9ed8ddfb7d77a5e87c55627058be9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d83006875a1549bd545557360041b8c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03acd2935a94d7ff4662740ff1bc7dda11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25b68e7d29abd3ffb469a4f7197e2af312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a2ac5167272e685d506c14cf1f1fa613.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0053" descr="Kącik do jogi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>