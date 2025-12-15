--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -20,150 +20,151 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>WIZ-GAB-MB-0001 Gabinet terapeutyczny</t>
   </si>
   <si>
-    <t>z dnia 2025-10-25 19:34:16</t>
+    <t>z dnia 2025-12-15 23:06:34</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>133535-1</t>
   </si>
   <si>
     <t>Krzesełko Bambino 3 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6</t>
   </si>
   <si>
     <t>098227</t>
   </si>
   <si>
-    <t>Quadro - szafa ubraniowa 1 os., 90 st., z zamkiem - biała, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Wąska szafa wyposażona w drążek na całej długości oraz półkę na dole oraz na górze, nad drążkiem. Drzwi zamykane na klucz. Wyposażona w zawiasy umożliwiające otwarcie drzwiczek pod kątem 90 stopni. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z drzwiami wykonanymi z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. 41,8 x 60 x 199 cm</t>
+    <t>Quadro – szafa ubraniowa 1 os., 90 st., z zamkiem – biała, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Wąska szafa wyposażona w drążek na całej długości oraz półkę na dole oraz na górze, nad drążkiem. Drzwi zamykane na klucz. Wyposażona w zawiasy umożliwiające otwarcie drzwiczek pod kątem 90°. Wykonana z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego, z drzwiami wykonanymi z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. 41,80 x 60 x 199 cm</t>
   </si>
   <si>
     <t>256102</t>
   </si>
   <si>
     <t>Krzesło Ergo rozm. 5 żółte</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 22 mm. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie.  • wym. 43,4 x 53 x 81,8 cm</t>
   </si>
   <si>
     <t>099751W</t>
   </si>
   <si>
     <t>Biurko Grande, białe</t>
   </si>
   <si>
     <t>Proste biurka uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek). • wym. 140 x 80 x 76,6 cm</t>
   </si>
   <si>
     <t>099491</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny sześciokątny, białe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • dł. boku 72 cm• wym. 144,5 x 128,2 cm</t>
   </si>
   <si>
     <t>098273</t>
   </si>
   <si>
     <t>Szafka z pojemnikiem Grande białym</t>
   </si>
   <si>
-    <t>Praktyczny mebel do przechowywania, z dużym pojemnikiem na kółkach. Wykonany z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu i białej (front).   • wym. pojemnika 77,6 x 46 x 75 cm• skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb - od półek na kółkach, szafek ściennych (098267, 098268 - sprzedawane osobno) i ramy wykończeniowej (098305 - sprzedawane osobno)• wym. 82 x 48 x 82,2 cm</t>
+    <t>Praktyczny mebel do przechowywania, z dużym pojemnikiem na kółkach. Wykonany z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu i białej (front). • wym. pojemnika 77,6 x 46 x 75 cm• skomponuj własną meblościankę! Meble całkowicie dostosowane do Twoich potrzeb – od półek na kółkach, szafek ściennych (098267, 098268 – sprzedawane osobno) i ramy wykończeniowej (098305 – sprzedawane osobno)• wym. 82 x 48 x 82,20 cm</t>
   </si>
   <si>
     <t>096842</t>
   </si>
   <si>
     <t>Lustro tryptyk</t>
   </si>
   <si>
-    <t>Lustro z ruchomymi skrzydłami, ma szerokie zastosowania w terapii nie tylko logopedycznej, ale także innych funkcji poznawczych. Jest doskonałe do zabawy dla małych dzieci w "śmieszne minki", pozwala obserwować z bliskiej odległości ruchy aparatu mowy. • wym. rozłożonego lustra 101,1 x 41,7 cm • wym. skrzydeł 33,3 x 43,3 cm</t>
+    <t>Lustro z ruchomymi skrzydłami, ma szerokie zastosowania w terapii nie tylko logopedycznej, ale także innych funkcji poznawczych. Jest doskonałe do zabawy dla małych dzieci w "śmieszne minki", pozwala obserwować z bliskiej odległości ruchy aparatu mowy. • wym. rozłożonego lustra 101,1 x 41,7 cm • wym. skrzydeł 33,3 x 43,3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>133359</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - białe, 6 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>146064</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna magnetyczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>095998</t>
   </si>
   <si>
     <t>Stół świetlicowy z funkcją przechowywania</t>
   </si>
@@ -268,51 +269,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb2196595968cc765bffb6e30af5eefd1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee6c97c73a24f7035829a1eb06594292.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dacca84399674015940ad87c1f4dfb93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73bd17eb6aaffed86a2cced4ae42aae4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea91b4d057eed8293a73c25bde46e55c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c54df689668311a7b052d0324f9888e86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d381f31c830ebeae68fceda9cf11d87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/573208680a2802782cb2a536cc6104c88.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d74dfb08a6c86cfec99cc409253aac079.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb3e6910f8e55854911df0744eeadc010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449d81a5fbd87b8d91be19f658ca9a911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e40e013e436c63893cd2a8f0a2e99d612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371aa15fa701c0fc9c2121c8a95e708313.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c021d3f99fe909fdacd7a45ca12f381.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd4cf5fd5f66e0ffd1ae83bbb01e1482.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed98887397082573b1b1d7a866a855e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625a92ce582ee7ee2809100cf4d1e1be4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca32de2d2a66525b784f22503cdc78595.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3254853f186aa140a67254e3e6a79dfc6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c1d812c2f093eca4a53831752b54ec57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fede1f1a6cf46f9d84c4e8b6cd5618bb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada17c11af6310957f0f947946b069159.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a28eae42c705dc2033aacdd3c13425a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc81fad0da8b1bff1625e6ff4c18d9011.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5689f39380fa6debf56dee390b7c89a12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5873b501a083f2a93b7599fe5e03b1bd13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4629150" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-MB-0001" descr="Gabinet terapeutyczny"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>