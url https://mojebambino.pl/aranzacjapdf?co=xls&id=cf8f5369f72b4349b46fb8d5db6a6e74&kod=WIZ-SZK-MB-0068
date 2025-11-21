--- v0 (2025-10-01)
+++ v1 (2025-11-21)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0068 Sala lekcyjna ze składanymi stołami </t>
   </si>
   <si>
-    <t>z dnia 2025-10-01 23:39:15</t>
+    <t>z dnia 2025-11-21 07:00:43</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256128</t>
   </si>
   <si>
     <t>Hoker obrotowy na kółkach</t>
   </si>
@@ -206,57 +206,57 @@
   <si>
     <t>044136</t>
   </si>
   <si>
     <t>Tablica korkowa 90 x 120 cm - pastelowy błękit</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
   </si>
   <si>
     <t>048219</t>
   </si>
   <si>
     <t>Krzesło obrotowe Goliat czarne</t>
   </si>
   <si>
     <t>• Miękkie, tapicerowane sztuczną skórą siedzisko.• Stalowa podstawa z nakładkami z tworzywa sztucznego.• Samohamowne kółka do powierzchni dywanowych. • Płynnie regulowana wysokość siedziska za pomocą podnośnika pneumatycznego.</t>
   </si>
   <si>
     <t>098803</t>
   </si>
   <si>
     <t>Szafa Grande XXL z siedziskiem 57 cm - klon jasny</t>
   </si>
   <si>
-    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wys. siedziska 57 cm• wym.  107,6 x 52 x 258,2 cm</t>
+    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wys. siedziska 57 cm• wym. 107,60 x 52 x 258,20 cm</t>
   </si>
   <si>
     <t>585037</t>
   </si>
   <si>
-    <t>Monitor interaktywny insGraf Digital EduSpace 65</t>
+    <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
 insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
 insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
 3. Ułatwienia dostępu – nauka bez barier:
 Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
 	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
 	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
 	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
 	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
 Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
@@ -342,83 +342,84 @@
 	Wejście sieciowe LAN RJ45/8P8C x 1 
 	Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
 Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 	produkt wymaga baterii (są w zestawie)
 Zawartość:
 # pilot, 1 szt.
 # pisak, 2 szt.
 # przewód zasilający 3m, 1 szt.
 # przewód USB-C 65W dł - 2m, 1 szt.
 # przewód USB 2.0 A-B -3M, 1 szt.
 # przewód HDMI 2.0 dł - 3m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>571066</t>
   </si>
   <si>
     <t>Krążek Newtona</t>
   </si>
   <si>
     <t>Koło podzielone na sektory o barwach tęczy. Wprawione w szybki ruch obrotowy przybiera kolor biały. Doświadczenie ilustruje zasadę działania wielu urządzeń, np. telewizorów kolorowych, monitorów komputerowych. • mocowany na podstawie  • wykonany z drewna, plastiku i metalu • śr. krążka 23 cm • wym. podstawy 24 x 43 cm.OSTRZEŻENIE: Produkt nie jest zabawką.</t>
   </si>
   <si>
     <t>098801</t>
   </si>
   <si>
     <t>Szafa Grande XXL - klon jasny</t>
   </si>
   <si>
-    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym.  107,6 x 49,8 x 258,2 cm</t>
+    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 107,60 x 49,80 x 258,20 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -496,51 +497,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4252b5815a123f28ad9182bdb4198ada1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e73ed9b1fe89e279d1312a372b86842.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbda78642119f12d95eb7892015ab913.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e14da789f2f7949469dc60d6eb1faf4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27840ba1102bbe02e0307967f329eb365.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a0be5b985bcb3665dd2e05596cb54026.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d33dbfe272df6a208392fc78f9b7a87.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6c6e8476a40ce359d57f32dad4a4558.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9796b76d66073ce31933b654ecb95cc39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c96bbccc58e7b28fc3bc7d6746316eb10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db50009ce0e043c7c132ae1f1062dff11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa7e6896eb504b5cfc38b468331778012.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f808caef042fb5c496505ac2dae4201.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b7f1ad60575974bb6cad4831784b5c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a8339521130bfd4983be7310cd966313.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4674df4b23bd2d8965e593efee4f4454.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b9b21bd96afc7bafb6dbc1bf914ca65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98403d745acc59c2624dc40a28e5740b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebbc80239dcf8d3701eb9e291c6c974d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b8ddf384bce4731825505a6532bae98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82fa62e16b9c750479f330795fb70fb19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d4ce71d2cf1228a3dfe8e2db7f50e410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae797cac177a2c6d268e1f22ed3c99211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844a8594232dc5ec957edc2e57c9453e12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0068" descr="Sala lekcyjna ze składanymi stołami "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1304,54 +1305,54 @@
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>89.9</v>
       </c>
       <c r="G8" s="11">
         <v>89.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>1149.9</v>
+        <v>999.9</v>
       </c>
       <c r="G9" s="11">
-        <v>1149.9</v>
+        <v>999.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>12</v>
       </c>
       <c r="F10" s="10">
         <v>1299.9</v>
       </c>
       <c r="G10" s="11">
         <v>15598.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
@@ -1462,51 +1463,51 @@
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
         <v>2299.9</v>
       </c>
       <c r="G16" s="11">
         <v>2299.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="F18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G18" s="12">
-        <v>45165.8</v>
+        <v>45015.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 