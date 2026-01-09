--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -19,102 +19,102 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0068 Sala lekcyjna ze składanymi stołami </t>
   </si>
   <si>
-    <t>z dnia 2025-11-21 07:00:43</t>
+    <t>z dnia 2026-01-09 23:26:04</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>256128</t>
   </si>
   <si>
     <t>Hoker obrotowy na kółkach</t>
   </si>
   <si>
     <t>• Mobilny hoker z podnóżkiem umożliwia wygodną pracę podczas wykonywania projektów, doświadczeń, budowania prototypów lub robotów• Regulacja wysokości pozwala na dopasowanie krzesła do potrzeb ucznia• wys. siedziska 54,5–80 cm• śr. 60 cm • wymiary siedziska: 46 x 42 cm • zarówno siedzisko, jak i podnóżek mają regulację wysokości • idealnie pasuje do stołu wysokiego Alto (098809, sprzedawany osobno)Wskazówki pielęgnacyjne: Siedziska nie wolno czyścić środkami zawierającymi alkohol, gdyż może to spowodować odbarwienie.</t>
   </si>
   <si>
     <t>098279W</t>
   </si>
   <si>
-    <t>Regał Grande M z 12 szufladami - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 12 wytrzymałych, trwałych szuflad kasetowych. Szuflady są wyposażone w metalowe prowadnice, z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnego wysuwu.• wym. 122 x 39,8 x 82,2 cm</t>
+    <t>Regał Grande M z 12 szufladami – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Wyposażone w 12 wytrzymałych, trwałych szuflad kasetowych. Szuflady są wyposażone w metalowe prowadnice z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnego wysuwu.• wym. 122 x 39,80 x 82,20 cm</t>
   </si>
   <si>
     <t>571148</t>
   </si>
   <si>
     <t>Wahadło Newtona</t>
   </si>
   <si>
     <t>Wahadło Newtona wykorzystuje i pokazuje zasadę zachowania energii oraz zasadę zachowania pędu. Urządzenie zbudowane jest z kilku stalowych kulek, które stykają się ze sobą. Wszystkie kulki zawieszone są na nitkach. Kulki są jednakowe – mają taką samą wielkość i masę. Wahadło może wykonywać ruch tylko w jednej płaszczyźnie. Odchylenie i puszczenie jednej kulki, która uderzy w rząd kolejnych, spowoduje reakcję ostatniej kulki. Według zasady zachowania energii i pędu, tyle samo kulek odskoczy, ile zostanie odchylonych. Kulki, które będą pośrodku, nie poruszą się. • wym. 12 x 11 x 15 cm • śr. kulki 2 cm</t>
   </si>
   <si>
     <t>821200</t>
   </si>
   <si>
-    <t>Cyfrowe zasoby - Robot Photon EDU</t>
+    <t>Cyfrowe zasoby – Robot Photon EDU</t>
   </si>
   <si>
     <t xml:space="preserve">
 Zawartość zestawu:
 	Jednego robota edukacyjnego Photon,
 	Dostęp do aplikacji Photon EDU, Coding oraz Robot,
 	dostęp do dedykowanych aplikacji, które umożliwiają sterowanie robotem za pomocą zróżnicowanych narzędzi, 
 	Dostęp do stale aktualizowanej bazy scenariuszy prowadzenia zajęć oraz dodatkowych materiałów dydaktycznych w formie cyfrowej. Robot ma wbudowaną baterię, jest ładowany za pomocą kabla micro USB. Po pełnym naładowaniu działa do 8 godzin.
 Robot Photon jest interdyscyplinarnym narzędziem dydaktycznym, zaprojektowanym z myślą o wspieraniu rozwoju i kreatywności uczniów w każdym wieku. Jest intuicyjny w obsłudze i nie wymaga od nauczycieli specjalistycznej wiedzy technicznej. Pomaga w zdobywaniu podstawowych kompetencji oraz uatrakcyjnia przekazywanie wiedzy z określonych tematów - również z dziedzin STEAM.  Może być wykorzystywany na różnych etapach edukacji: od przedszkola do szkół ponadpodstawowych. 
 Robot jest również dostępny jako integralna część Modułów Edukacyjnych: Ekologia, Fizyka, Edukacja Społeczno-Emocjonalna, Przedszkole, Robotyka i Kodowanie, Specjalne Potrzeby Edukacyjne i Sztuczna Inteligencja.
 Robot Photon Edu został opracowany w ścisłej współpracy dzieci z zespołem psychologów Uniwersytetu SWPS. Dzięki temu jest w stanie stymulować rozwój dzieci w najbardziej odpowiedni sposób. Wykorzystanie Photona pozwala na kreowanie sytuacji systematycznie wspierających mechanizmy uczenia się, wyzwalając radość i budząc ciekawość poznawczą. 
 Czujniki i funkcjonalność
 Aplikacje Photon EDU i Photon Magic Bridge
 Nieodzowną częścią prowadzenia zajęć z udziałem Photona są aplikacje, które pozwalają kontrolować działania robota za pomocą urządzeń mobilnych oraz komputera (wymaga adaptera Magic Dongle, sprzedawanego oddzielnie). Aplikacje zawierają kilka interfejsów dostosowanych do pracy z dziećmi i młodzieżą w różnym wieku. 
 Aplikacje na urządzenia mobilne pozwalające na pracę z robotem poza modułami edukacyjnymi to Photon EDU i Photon Coding. Pierwsza z nich pozwala na kontrolowanie działania robota na zajęciach interdyscyplinarnych i na prowadzenie lekcji z podstaw programowania. Druga aplikacja, Photon Coding, jest narzędziem pozwalającym na pogłębienie wiedzy uczniów z zakresu programowania. Z jej poziomu możemy kodować robota Photona poprzez rysowanie trasy na ekranie (Photon Draw), symbole (Photon Badge) oraz  bloczki z gotowymi fragmentami kodu (Photon Blocks i Photon Code).
 Photon Draw
 Photon Badge
 Photon Blocks
 Photon Code
 Linki do pobrania
 Aplikacja Photon EDU:
 Android (Google Play)
 iOS (App Store)
 Aplikacja Photon Magic Bridge:
 Windows 7, 8, 10, 11
@@ -185,72 +185,72 @@
 	Mikrokontroler BBC micro:bit
 Niewielkich rozmiarów płytka elektroniczna, którą można zaprogramować z poziomu aplikacji Photon Magic Bridge w module Robotyka i Kodowanie. Dzięki niej można rozszerzyć możliwości robota o dodatkowe funkcje, takie jak na przykład czujnik pola magnetycznego lub programowanie świateł RGB.
 	Monitor interaktywny, tablica interaktywna
 Możliwe jest również  programowanie robota Photona bezpośrednio za pomocą  interaktywnej tablicy i monitora. Dzięki wprowadzeniu tej metody nauczania programowania wzbudzimy w uczniach jeszcze większą ciekawość i zainteresowanie tematem lekcji.
 	Magiczny Dywan
 Specjalny pakiet aplikacji Photon umożliwia nauczanie programowania w warunkach interaktywnego środowiska rozszerzonej rzeczywistości (AR). Dzięki zastosowaniu takiego połączenia w klasie uczniowie mogą wykazać się kreatywnością i rozwiązywać stawiane przed nimi zadania za pomocą myślenia komputacyjnego.
 	Makey Makey
 Wykorzystaj nieograniczoną pomysłowość swoich uczniów dzięki zestawowi Makey Makey, który umożliwia tworzenie improwizowanych kontrolerów z przedmiotów przewodzących prąd. Integracja z zestawem jest możliwa z poziomu oprogramowania Scratch, dostępnego w aplikacjach Photon EDU i Photon Magic Bridge. 
 	LEGO®
 Twórz kreatywne projekty przy pomocy robota Photona oraz popularnych zestawów LEGO® Mindstorms EV3, Boost i WeDo 2.0. Podobnie jak w przypadku Makey Makey, integracja z wymienionymi zestawami odbywa się poprzez oprogramowanie Scratch, które jest dostępne w aplikacjach Photon EDU i Photon Magic Bridge.
 • od 4 do 12 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>094285</t>
   </si>
   <si>
     <t>Stół mobilny składany Nest 150 x 60 cm - biały</t>
   </si>
   <si>
     <t>Mobilny stół z blatem składanym do pozycji pionowej, po złożeniu zajmuje niewiele miejsca, co sprawia, że jest to idealne rozwiązanie do pomieszczeń o ograniczonej przestrzeni. Blaty wykonane z płyty laminowanej o gr. 18 mm, z zaokrąglonymi narożnikami. Stelaż w kolorze aluminium. Kółka wyposażone w hamulce. • wym. blatu 150 x 60 cm • wys. 76 cm • przestrzeń pomiędzy nogami stołu 101 cm• wym. 150 x 60 x 76 cm</t>
   </si>
   <si>
     <t>044136</t>
   </si>
   <si>
-    <t>Tablica korkowa 90 x 120 cm - pastelowy błękit</t>
+    <t>Tablica korkowa 90 x 120 cm – pastelowy błękit</t>
   </si>
   <si>
     <t>Korkowa tablica z drewnianą ramą, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
   </si>
   <si>
     <t>048219</t>
   </si>
   <si>
     <t>Krzesło obrotowe Goliat czarne</t>
   </si>
   <si>
     <t>• Miękkie, tapicerowane sztuczną skórą siedzisko.• Stalowa podstawa z nakładkami z tworzywa sztucznego.• Samohamowne kółka do powierzchni dywanowych. • Płynnie regulowana wysokość siedziska za pomocą podnośnika pneumatycznego.</t>
   </si>
   <si>
     <t>098803</t>
   </si>
   <si>
-    <t>Szafa Grande XXL z siedziskiem 57 cm - klon jasny</t>
-[...2 lines deleted...]
-    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wys. siedziska 57 cm• wym. 107,60 x 52 x 258,20 cm</t>
+    <t>Szafa Grande XXL z siedziskiem 57 cm – klon jasny</t>
+  </si>
+  <si>
+    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach – z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wys. siedziska 57 cm• wym. 107,60 x 52 x 258,20 cm</t>
   </si>
   <si>
     <t>585037</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 65</t>
   </si>
   <si>
     <t xml:space="preserve">
 Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585037-0VAT.
    Wzór Zaświadczenia &gt;&gt;
    Przykład wypełnionego Zaświadczenia &gt;&gt;
 insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
 insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
 3. Ułatwienia dostępu – nauka bez barier:
@@ -263,51 +263,51 @@
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
 Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
 Dlaczego warto wybrać insGraf Digital EDUSpace?
 Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
 Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
 Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
-Przekątna obrazu: 65"
+Przekątna obrazu: 65\"
 Wymiary: 148 x 92 x 11 cm
 Waga: 38 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5000:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
@@ -331,95 +331,94 @@
 	Wejście HDMI 1/2 x 2 
 	Wyjście HDMI x 1 
 	DP x 1 
 	USB 3.0 x2 
 	USB 2.0 (Android) x 1
 	RS-232 x 1 
 	słuchawki x 1 
 	wyjście SPDIF x 1 
 	audio-VGA x 1 
 	VGA x 1 
 	gniazdo OPS x 1 (4K przy 60 Hz) 
 	Wejście sieciowe LAN RJ45/8P8C x 1 
 	Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
-Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
 Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 	produkt wymaga baterii (są w zestawie)
 Zawartość:
-# pilot, 1 szt.
-[...4 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>571066</t>
   </si>
   <si>
     <t>Krążek Newtona</t>
   </si>
   <si>
     <t>Koło podzielone na sektory o barwach tęczy. Wprawione w szybki ruch obrotowy przybiera kolor biały. Doświadczenie ilustruje zasadę działania wielu urządzeń, np. telewizorów kolorowych, monitorów komputerowych. • mocowany na podstawie  • wykonany z drewna, plastiku i metalu • śr. krążka 23 cm • wym. podstawy 24 x 43 cm.OSTRZEŻENIE: Produkt nie jest zabawką.</t>
   </si>
   <si>
     <t>098801</t>
   </si>
   <si>
-    <t>Szafa Grande XXL - klon jasny</t>
-[...2 lines deleted...]
-    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach - z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 107,60 x 49,80 x 258,20 cm</t>
+    <t>Szafa Grande XXL – klon jasny</t>
+  </si>
+  <si>
+    <t>Pojemna szafa do przechowywania, odpowiednia do świetlic i innych pomieszczeń rekreacyjnych. Dostępna jest w dwóch wersjach – z wnęką lub bez niej. Wnęka pokryta jest szarą sklejką laminowaną HPL, a w środku znajduje się materac z łatwym w pielęgnacji pokrowcem. Za każdymi drzwiami średniej wielkości znajduje się 1 regulowana półka. Wymagany montaż ścienny.• wym. wnęki 100 x 50 x 100 cm• wym. materaca 99,5 x 50 x 10 cm• wym. 107,60 x 49,80 x 258,20 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -497,51 +496,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f808caef042fb5c496505ac2dae4201.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22b7f1ad60575974bb6cad4831784b5c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a8339521130bfd4983be7310cd966313.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4674df4b23bd2d8965e593efee4f4454.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b9b21bd96afc7bafb6dbc1bf914ca65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98403d745acc59c2624dc40a28e5740b6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebbc80239dcf8d3701eb9e291c6c974d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b8ddf384bce4731825505a6532bae98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82fa62e16b9c750479f330795fb70fb19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d4ce71d2cf1228a3dfe8e2db7f50e410.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae797cac177a2c6d268e1f22ed3c99211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844a8594232dc5ec957edc2e57c9453e12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3432299076422e5235e206409606f1911.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8314c190312c95f96113d80d28c82c82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c079619fb63859cd1927d0cc5e04113.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45effa093c9ec71800d062d401d9e834.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eb6eb9098434a0882b6b8469546c8915.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e5fa6678f55915470b8006d4b9d7906.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b4d8ebc2b5f4f91edf1b13830294557.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02cfcd2471bfeb94f1fcd22c7540eb358.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4d812ad36d154e1521eeb5b7ce6e409.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2919a556617130cc590f26633249a91810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1bf2fd3e796128073618d59e24f2e411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e858009a2a4d18db231297556f2ca9212.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0068" descr="Sala lekcyjna ze składanymi stołami "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1305,54 +1304,54 @@
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
         <v>89.9</v>
       </c>
       <c r="G8" s="11">
         <v>89.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>999.9</v>
+        <v>1149.9</v>
       </c>
       <c r="G9" s="11">
-        <v>999.9</v>
+        <v>1149.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>12</v>
       </c>
       <c r="F10" s="10">
         <v>1299.9</v>
       </c>
       <c r="G10" s="11">
         <v>15598.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
@@ -1463,51 +1462,51 @@
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
         <v>1</v>
       </c>
       <c r="F16" s="10">
         <v>2299.9</v>
       </c>
       <c r="G16" s="11">
         <v>2299.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="F18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G18" s="12">
-        <v>45015.8</v>
+        <v>45165.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 