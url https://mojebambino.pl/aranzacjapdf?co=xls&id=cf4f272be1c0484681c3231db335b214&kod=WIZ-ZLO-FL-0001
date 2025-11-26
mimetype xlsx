--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -20,105 +20,115 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-ZLO-FL-0001 Sala żłobkowa Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 04:53:21</t>
+    <t>z dnia 2025-11-26 12:19:47</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET5124</t>
   </si>
   <si>
     <t>Zestaw Flexi 44</t>
   </si>
   <si>
-    <t>• wym. 275 x 41,5 x 173,8 cmMeble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy z obrzeżem ABS multiplex, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.				• 100289 - Szafka D z 3 półkami na cokole, 1 szt. 				• wym. 89,1 x 41,5 x 87,1 cm								• 100298 - Szafka M z przegrodami na cokole, 1 szt. 				  • wym. 89,1 x 41,5 x 48,4 cm								• 100278 - Szafka M z 1 półką na cokole, 1 szt. 				 • wym. 89,1 x 41,5 x 48,4 cm								• 126044 - Pojemnik - naturalny E, 6 szt. 				Estetycznie wykonany, drewniany pojemnik z uchwytami ułatwiającymi przenoszenie. Nadaje się do przechowywania klocków lub innych drobiazgów. Dostarczany zmontowany. Wykonany z litego drewna bukowego, lakierowanego. • wym. 26,5 x 35 x 16,5 cm								• 092622 - Daszek do szafek Flexi z kwiatkiem, 1 szt. 				 Wykonany z płyty MDF oraz sklejki.								• 092627 - Półka do stelaża 1 szt. Maksymalne obciążenie 20 kg. 								• 092626 - Stelaż niski do daszków Flexi 2 szt. Wykonany z drewna bukowego.								• 100814 - Prowadnice plastikowe, 6 par. 				 Wraz z prowadnicami dostarczane są ograniczniki zabezpieczające przed wypadaniem szuflad i pojemników. 								Dekoracje nie wchodzą w skład zestawów. • wym. 274,5 x 41,5 x 173,8 cm• długość zestawu: 2,745 m</t>
+    <t>• wym. 275 x 41,5 x 173,8 cm
+Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy z obrzeżem ABS multiplex, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
+				• 100289 - Szafka D z 3 półkami na cokole, 1 szt. 				• wym. 89,1 x 41,5 x 87,1 cm				
+				• 100298 - Szafka M z przegrodami na cokole, 1 szt. 				  • wym. 89,1 x 41,5 x 48,4 cm				
+				• 100278 - Szafka M z 1 półką na cokole, 1 szt. 				 • wym. 89,1 x 41,5 x 48,4 cm				
+				• 126044 - Pojemnik - naturalny E, 6 szt. 				Estetycznie wykonany, drewniany pojemnik z uchwytami ułatwiającymi przenoszenie. Nadaje się do przechowywania klocków lub innych drobiazgów. Dostarczany zmontowany. Wykonany z litego drewna bukowego, lakierowanego. • wym. 26,5 x 35 x 16,5 cm				
+				• 092622 - Daszek do szafek Flexi z kwiatkiem, 1 szt. 				 Wykonany z płyty MDF oraz sklejki.				
+				• 092627 - Półka do stelaża 1 szt. Maksymalne obciążenie 20 kg. 				
+				• 092626 - Stelaż niski do daszków Flexi 2 szt. Wykonany z drewna bukowego.				
+				• 100814 - Prowadnice plastikowe, 6 par. 				 Wraz z prowadnicami dostarczane są ograniczniki zabezpieczające przed wypadaniem szuflad i pojemników. 
+				Dekoracje nie wchodzą w skład zestawów. • wym. 274,50 x 41,50 x 173,80 cm• długość zestawu: 2,75 m</t>
   </si>
   <si>
     <t>100107</t>
   </si>
   <si>
     <t>Kącik Leśna kryjówka</t>
   </si>
   <si>
     <t>Leśny kącik ze zjeżdżalnią i schodami, który umili najmłodszym zabawę w przedszkolu. Wyposażony w tunel, przez który dzieci mogą się czołgać. Dodatkową atrakcję stanowią przesuwanki na bocznej ściance, lustro i bulaj pełen piłeczek, które można wyciągać przez otwór od wewnętrznej strony. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, drewna, płyty laminowanej oraz kolorowej płyty MDF, ślizg zjeżdżalni wykonany ze sklejki pokrytej laminatem HPL, bulaj wykonany z pleksi. Konieczne kotwiczenie do podłoża. • wym. 186 x 209,2 x 193 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. schodów 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cm • wym. tunelu 47,5 x 38,5 cm • śr. otworu w drzewie 40 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).• zalecane umiejscowanie przy ścianie • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>126536</t>
   </si>
   <si>
     <t>Szuflady do podestów 126534 i 126552, 2 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Komplet szuflad wykonanych ze sklejki o gr. 14 mm, dopasowanych do Podestu z wnęką z przodu (126534 i 126552, sprzedawane osobno). • 2 szt. • wym. 75,2 x 61,5 x 26 cm • wym. wewnętrzne 71.2 x 58.5 cm.  </t>
   </si>
   <si>
     <t>099630</t>
   </si>
   <si>
     <t>Kącik manipulacyjno-sensoryczny Łąka</t>
   </si>
   <si>
-    <t>Dwuczęściowe kąciki manipulacyjne wykonane z lakierowanej sklejki o gr. 18 mm. Można je montować na dwa sposoby: w rogu sali lub płasko na ścianie. Zachęcą dzieci wesołymi kolorami oraz różnymi atrakcjami, takimi jak przesuwanki czy elementy z tkanin o różnych fakturach. Kąciki można wzbogacić specjalnie zaprojektowanymi do nich dywanami narożnymi (w zależności od metody montowania, można dokupić jeden lub dwa dywany): 056088 do kącika Staw i 056089 do kącika Łąka (dywany są sprzedawane osobno). • wym. elem. (szer. x wys.): 140 x 97 cmKącik posiada: przesuwanki, drążek z kształtami, elementy z różnego rodzaju tkanin, z różnymi wypełnieniami - szeleszcząca folia, groch, dzwoneczki, silikon, piszczałka (mocowane na napy), aplikację królika i elementy zapinane na różne sposoby (rzep, guzik).• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 141 cm x 98 cm• od 2 lat</t>
+    <t>Dwuczęściowe kąciki manipulacyjne wykonane z lakierowanej sklejki o gr. 18 mm. Można je montować na dwa sposoby: w rogu sali lub płasko na ścianie. Zachęcą dzieci wesołymi kolorami oraz różnymi atrakcjami, takimi jak przesuwanki czy elementy z tkanin o różnych fakturach. Kąciki można wzbogacić specjalnie zaprojektowanymi do nich dywanami narożnymi (w zależności od metody montowania, można dokupić jeden lub dwa dywany): 056088 do kącika Staw i 056089 do kącika Łąka (dywany są sprzedawane osobno). • wym. elem. (szer. x wys.): 140 x 97 cmKącik posiada: przesuwanki, drążek z kształtami, elementy z różnego rodzaju tkanin, z różnymi wypełnieniami - szeleszcząca folia, groch, dzwoneczki, silikon, piszczałka (mocowane na napy), aplikację królika i elementy zapinane na różne sposoby (rzep, guzik).• zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 141 x 98 cm• od 2 lat</t>
   </si>
   <si>
     <t>101424</t>
   </si>
   <si>
     <t>Baldachim do kącika Marchewkowe pole</t>
   </si>
   <si>
     <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Baldachimy do kącików narożnych wykonane z tkaniny Bardo (65% poliester, 35% bawełna), do zamocowania na ścianie - na każdym rogu umieszczono kółka z tkaniny kaletniczej, za pomocą których baldachim mocuje się do ściany (brak dodatkowych elementów mocujących w zestawie). Wskazana wysokość mocowania baldachimu to 170 cm. • dł. boku 200 cm • 2 rybki/pszczółki o wym. 10 x 15 cm na sznurkach o dł. 16 cmPod baldachimem można zaaranżować kącik sensoryczny: wykorzystując trójkątny basen z kulkami (101778, 101827, sprzedawany osobno) i kurtynę światłowodową (566006, sprzedawana osobno).</t>
   </si>
   <si>
     <t>126072-4</t>
   </si>
   <si>
     <t>Podest ze szkłem, wys. 45 cm - jasnozielony</t>
   </si>
   <si>
     <t>Podesty ze szklanym oknem, przez które można patrzeć w dół. Po bokach znajdują się wejścia, w których dzieci mogą się chować. Wykonane z drewna i pokryte antypoślizgową wykładziną. Posiadają gumowe ochraniacze, żeby zapobiec zarysowaniom podłóg.• wym. wejścia 36 x 38 cm• śr. okna 25 cm• wym. 66 x 66 x 45 cm</t>
   </si>
   <si>
     <t>092782</t>
   </si>
   <si>
     <t>Blat Flexi półokrągły - bukowy</t>
   </si>
@@ -137,78 +147,78 @@
   <si>
     <t>092774</t>
   </si>
   <si>
     <t>Blat Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
     <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru są sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek (092790-092797), mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805) lub z regulacją wysokości do 3 rozmiarów - bielone (126569, 126571) i bukowe (126568, 126570). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 cm</t>
   </si>
   <si>
     <t>126541</t>
   </si>
   <si>
     <t>Szuflada do podestu 126535, 1 szt.</t>
   </si>
   <si>
     <t>Szuflady wykonane ze sklejki, dopasowane do Podestu z wnękami po bokach (126535 i 126553, sprzedawane osobno). • wym. 60,9 x 61,5 x 26 cm • wym. wewnętrzne 56,9 x 58,5 cm. • 1 sztuka</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
   </si>
   <si>
     <t>092742</t>
   </si>
   <si>
     <t>Kredens na kółkach - brzozowy</t>
   </si>
   <si>
     <t xml:space="preserve">Pojemny i praktyczny mebel do przechowywania naczyń. Wyposażony w kółka (dwa przednie posiadają hamulec), na jednej z bocznych ścianek znajduje się uchwyt ułatwiający przemieszczanie kredensu, na drugiej - dwa wieszaki na ściereczki. Wykonany z płyty laminowanej, wieniec dolny ze sklejki. • wym. 100 x 50 x 105 cm • wys. blatu 65 cm • wym. półki 45 x 16 cm • gł. górnej półki 17 cm </t>
   </si>
   <si>
     <t>118211</t>
   </si>
   <si>
     <t>Krzesło Krzyś rozm. 0</t>
   </si>
   <si>
     <t>Krzesełko z podłokietnikami Krzyś przeznaczone jest szczególnie do żłobków i przedszkoli. Występuje w najmniejszych rozmiarach: 0, 1 oraz 2. To wysokiej jakości produkt polski wykonany z drewna bukowego. Małe krzesełko Krzyś przypadnie do gustu maluszkom ze względu na wygodę siedzenia i jego stabilność. Wygodne oparcie zapewnia właściwą postawę, a wyprofilowane siedzisko eliminuje ucisk pod kolankami dziecka. Siedzisko krzesełka wykonane zostało z lakierowanej sklejki bukowej o gr. 6 mm a solidny stelaż z profilu drewnianego o przekroju 22 x 45 mm. Ważnym elementem są podłokietniki, które dodatkowo zwiększają stabilność krzesełek oraz komfort siedzenia małych dzieci. Krzesełka drewniane występują w dwóch wariantach: ze stopką z tworzywa lub ze stopką filcową.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 26 x 25 cm (rozmiar 0), 32 x 26 cm (rozmiar 1), 33 x 29 cm (rozmiar 2)</t>
   </si>
   <si>
     <t>092798</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi mix - wys. 40 cm</t>
   </si>
   <si>
-    <t>Dwie nogi z zestawu wyposażone w kółka z hamulcem, co ułatwia przemieszczanie stołu. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. (2 szt. z kółkami + 2 szt. bez kółek)</t>
+    <t>Dwie nogi z zestawu wyposażone w kółka z hamulcem, co ułatwia przemieszczanie stołu. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. (2 szt. z kółkami + 2 szt. bez kółek)• śr. 5,30 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -286,51 +296,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b88e17bb581abecbd9105e90a108f7661.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0d88e000555f4d0699e7a2e7aa96292.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943cc6d15b09fc4b0e117ca5f1074f923.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c892513a76f68dfdc348c00205d7fbc94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0482e014f2b43b98ec186e304db9e8f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282e6db4f3182eedd881414993e487f36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15a46524221be06904944659743a35d7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275c19bcc3a0daf7c58ca11f1e5a44a28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a651c4ee88dccc52ddc1107251837ac9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c9cc355111f7a750b9deb803be39d210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef54f0cc2c19075ec584bdf70723c3e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8cc56cc5b93fb059b444fbff735920112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2ac7c9084ebbf308299410c062297513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/565407404a25cae56a3fb7dfb207c09514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477f16fc0d15298258454ca1fa17c28915.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccfe672b62c7739f8e950393752b3a01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a28d7919e0e5393eaae6ead1bada4792.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09e234238e208201e1331c1a71269da3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46dafed235f64fe856fc93c67265f6084.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f90441430fc806e92bfa00d94712175.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bd7d910c5d061e42ddb2cdf9d866636.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe625bbf88312f61a13407bdf4deeeba7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad5e91b998ecf4c66140005f0b6d3c98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05c546fa049119e1bc91b6ccbfe17299.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93678e5e8359df3057dfadaf97596d910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb51dd3c9258da5341c0ddf3574cfc811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8051ae13194b416af7f098243cd89a6812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a437bf5600509fbfeb89fdc696489d6c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e95d053a7e74b999d0b71ffeb8a01914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa8f4a37d83fe445948e2c38009c11f15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-FL-0001" descr="Sala żłobkowa Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>