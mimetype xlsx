--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -20,88 +20,78 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-ZLO-FL-0001 Sala żłobkowa Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-11-26 12:19:47</t>
+    <t>z dnia 2026-01-11 07:47:46</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>SET5124</t>
   </si>
   <si>
     <t>Zestaw Flexi 44</t>
   </si>
   <si>
-    <t>• wym. 275 x 41,5 x 173,8 cm
-[...9 lines deleted...]
-				Dekoracje nie wchodzą w skład zestawów. • wym. 274,50 x 41,50 x 173,80 cm• długość zestawu: 2,75 m</t>
+    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.• 100289 Szafka D z 3 półkami na cokole, 1 szt. • 100298 Szafka M z przegrodami na cokole, 1 szt.• 100278 Szafka M z 1 półką na cokole, 1 szt. • 126044 Pojemnik naturalny, 6 szt. • 092626 Stelaż niski do daszków, 2 szt. • 092627 Półka do stelaży Flexi, 1 szt. • 092622	Daszek - z kwiatkiem, 1 szt.• 100814 Prowadnice, 6 par• wym. 274,50 x 41,50 x 173,80 cm• długość zestawu: 2,75 m</t>
   </si>
   <si>
     <t>100107</t>
   </si>
   <si>
     <t>Kącik Leśna kryjówka</t>
   </si>
   <si>
     <t>Leśny kącik ze zjeżdżalnią i schodami, który umili najmłodszym zabawę w przedszkolu. Wyposażony w tunel, przez który dzieci mogą się czołgać. Dodatkową atrakcję stanowią przesuwanki na bocznej ściance, lustro i bulaj pełen piłeczek, które można wyciągać przez otwór od wewnętrznej strony. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, drewna, płyty laminowanej oraz kolorowej płyty MDF, ślizg zjeżdżalni wykonany ze sklejki pokrytej laminatem HPL, bulaj wykonany z pleksi. Konieczne kotwiczenie do podłoża. • wym. 186 x 209,2 x 193 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. schodów 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cm • wym. tunelu 47,5 x 38,5 cm • śr. otworu w drzewie 40 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).• zalecane umiejscowanie przy ścianie • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>126536</t>
   </si>
   <si>
     <t>Szuflady do podestów 126534 i 126552, 2 szt.</t>
   </si>
   <si>
     <t xml:space="preserve">Komplet szuflad wykonanych ze sklejki o gr. 14 mm, dopasowanych do Podestu z wnęką z przodu (126534 i 126552, sprzedawane osobno). • 2 szt. • wym. 75,2 x 61,5 x 26 cm • wym. wewnętrzne 71.2 x 58.5 cm.  </t>
   </si>
   <si>
     <t>099630</t>
   </si>
   <si>
     <t>Kącik manipulacyjno-sensoryczny Łąka</t>
   </si>
@@ -147,51 +137,51 @@
   <si>
     <t>092774</t>
   </si>
   <si>
     <t>Blat Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
     <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru są sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek (092790-092797), mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805) lub z regulacją wysokości do 3 rozmiarów - bielone (126569, 126571) i bukowe (126568, 126570). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 cm</t>
   </si>
   <si>
     <t>126541</t>
   </si>
   <si>
     <t>Szuflada do podestu 126535, 1 szt.</t>
   </si>
   <si>
     <t>Szuflady wykonane ze sklejki, dopasowane do Podestu z wnękami po bokach (126535 i 126553, sprzedawane osobno). • wym. 60,9 x 61,5 x 26 cm • wym. wewnętrzne 56,9 x 58,5 cm. • 1 sztuka</t>
   </si>
   <si>
     <t>101426</t>
   </si>
   <si>
     <t>Materac narożny do kącika Marchewkowe pole</t>
   </si>
   <si>
-    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.</t>
+    <t>Miękkie, bezpieczne kąciki zabaw to idealne miejsce do spędzania wolnego czasu. Radosna kolorystyka i ciekawe aplikacje sprawią, że kącik stanie się ulubionym miejscem zabaw wszystkich maluchów. Materace zostały wykonane z wytrzymałej pianki pokrytej trwałą tkaniną, łatwą do utrzymania w czystości. Sensoryczne aplikacje uatrakcyjnią zabawę i pomogą dzieciom rozwijać percepcję dotykową. Wszystkie dodatkowe elementy są pokryte tkaniną bawełnianą. • wym. 135 x 135 x 50 cm • wys. materaca 15 cm • kółko wykonane z futerka o śr. 25 cm • 2 marchewki z natką, odpinane na rzep • wym. marchewki 25 x 50 cm • wym. natki 43 x 30 cm. Mata i oparcie nie są ze sobą połączone (brak rzepów); muszą opierać się o ścianę lub inny mebel, dlatego idealnie nadają się do ustawienia w rogu pokoju.• wym. 135 x 135 x 50 cm</t>
   </si>
   <si>
     <t>092742</t>
   </si>
   <si>
     <t>Kredens na kółkach - brzozowy</t>
   </si>
   <si>
     <t xml:space="preserve">Pojemny i praktyczny mebel do przechowywania naczyń. Wyposażony w kółka (dwa przednie posiadają hamulec), na jednej z bocznych ścianek znajduje się uchwyt ułatwiający przemieszczanie kredensu, na drugiej - dwa wieszaki na ściereczki. Wykonany z płyty laminowanej, wieniec dolny ze sklejki. • wym. 100 x 50 x 105 cm • wys. blatu 65 cm • wym. półki 45 x 16 cm • gł. górnej półki 17 cm </t>
   </si>
   <si>
     <t>118211</t>
   </si>
   <si>
     <t>Krzesło Krzyś rozm. 0</t>
   </si>
   <si>
     <t>Krzesełko z podłokietnikami Krzyś przeznaczone jest szczególnie do żłobków i przedszkoli. Występuje w najmniejszych rozmiarach: 0, 1 oraz 2. To wysokiej jakości produkt polski wykonany z drewna bukowego. Małe krzesełko Krzyś przypadnie do gustu maluszkom ze względu na wygodę siedzenia i jego stabilność. Wygodne oparcie zapewnia właściwą postawę, a wyprofilowane siedzisko eliminuje ucisk pod kolankami dziecka. Siedzisko krzesełka wykonane zostało z lakierowanej sklejki bukowej o gr. 6 mm a solidny stelaż z profilu drewnianego o przekroju 22 x 45 mm. Ważnym elementem są podłokietniki, które dodatkowo zwiększają stabilność krzesełek oraz komfort siedzenia małych dzieci. Krzesełka drewniane występują w dwóch wariantach: ze stopką z tworzywa lub ze stopką filcową.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 26 x 25 cm (rozmiar 0), 32 x 26 cm (rozmiar 1), 33 x 29 cm (rozmiar 2)</t>
   </si>
   <si>
     <t>092798</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi mix - wys. 40 cm</t>
   </si>
@@ -296,51 +286,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ccfe672b62c7739f8e950393752b3a01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a28d7919e0e5393eaae6ead1bada4792.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a09e234238e208201e1331c1a71269da3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46dafed235f64fe856fc93c67265f6084.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f90441430fc806e92bfa00d94712175.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bd7d910c5d061e42ddb2cdf9d866636.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe625bbf88312f61a13407bdf4deeeba7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad5e91b998ecf4c66140005f0b6d3c98.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05c546fa049119e1bc91b6ccbfe17299.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93678e5e8359df3057dfadaf97596d910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb51dd3c9258da5341c0ddf3574cfc811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8051ae13194b416af7f098243cd89a6812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a437bf5600509fbfeb89fdc696489d6c13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e95d053a7e74b999d0b71ffeb8a01914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa8f4a37d83fe445948e2c38009c11f15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c910da40473be7e763918fb571935581.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3cc8dc1d26ece30d61ba87b3575f282.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72501cbefb1528d537aee6de6b2c2a8a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157c78d59b500e72d0485460a5dcc8b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ac1c4116c7ac57a6955567741b39e785.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9f56d13fdd34de49a4d51aa51abab076.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f0298cb59b100b9626de24b65ff8ae7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3be407543d5b8203ac6bb3f595c58008.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089d5fe84d3f7f220bea4cf705c4f8da9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b26c46c6e969084ad02442e3f8a6959010.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80e7623805cc77c81d6e84e74edbdc311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8a2ab6a0ee993881bccb902bea54c912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca4e965800ada5101b87e21419feaf613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0509bc25c8ba89456e3cf6c9097933d714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5701dc5294bf6934d63f3fe340e684a15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-ZLO-FL-0001" descr="Sala żłobkowa Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>