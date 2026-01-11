--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -15,155 +15,148 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>WIZ-PLZ-MB-0004 Plac zabaw Terra</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 19:13:10</t>
+    <t>z dnia 2026-01-11 16:08:29</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>NV3373</t>
   </si>
   <si>
     <t>Domek Terra z tarasem</t>
   </si>
   <si>
-    <t xml:space="preserve"> O KOLEKCJI Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia. O URZĄDZENIU Wyjątkowe miejsce do zabawy, które łączy w sobie funkcjonalność, estetykę i inspirację do kreatywnych aktywności na świeżym powietrzu. Domek wyposażony jest w uroczy taras, który stwarza dodatkową przestrzeń do zabawy, odpoczynku i spotkań z przyjaciółmi. Można go dowolnie udekorować, na przykład zawieszając donice z kwiatami, sznury ze światełkami, czy inne ozdoby, co pozwala dzieciom na tworzenie własnych, unikalnych przestrzeni. Wykonany z impregnowanego drewna, zapewniającego trwałość i odporność na warunki atmosferyczne.WSKAZÓWKA: Do domku można dokupić pasujące mebelki, takie jak stolik i taboreciki Terra, które uzupełnią zestaw i zwiększą funkcjonalność przestrzeni. SPECYFIKACJA MATERIAŁOWA Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo; Kotwienie: produkty wolnostojące oraz kotwione bezpośrednio w gruncie za pomocą stalowej kotwy.        Pod kodem NV3373PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 5 latSpecyfikacja urządzenia:Długość (m): 1,91Szerokość (m): 1,51Ilość użytkowników: 4Wiek użytkowników (min-max): 1-5Wysokość (m): 1,79Pole strefy bezp.  (m2): 20,2Obwód strefy bezb. (m): 16,3Maks. wys. upadku (m): 0,67</t>
+    <t xml:space="preserve">
+O KOLEKCJI
+Kolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.
+O URZĄDZENIU
+Wyjątkowe miejsce do zabawy, które łączy w sobie funkcjonalność, estetykę i inspirację do kreatywnych aktywności na świeżym powietrzu. Domek wyposażony jest w uroczy taras, który stwarza dodatkową przestrzeń do zabawy, odpoczynku i spotkań z przyjaciółmi. Można go dowolnie udekorować, na przykład zawieszając donice z kwiatami, sznury ze światełkami, czy inne ozdoby, co pozwala dzieciom na tworzenie własnych, unikalnych przestrzeni. Wykonany z impregnowanego drewna, zapewniającego trwałość i odporność na warunki atmosferyczne.WSKAZÓWKA: Do domku można dokupić pasujące mebelki, takie jak stolik i taboreciki Terra, które uzupełnią zestaw i zwiększą funkcjonalność przestrzeni.
+SPECYFIKACJA MATERIAŁOWA
+Konstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;
+Kotwienie: produkty wolnostojące oraz kotwione bezpośrednio w gruncie za pomocą stalowej kotwy.      
+Pod kodem NV3373PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 5 latSpecyfikacja urządzenia:Długość (m): 1,91Szerokość (m): 1,51Ilość użytkowników: 4Wiek użytkowników (min-max): 1-5Wysokość (m): 1,79Pole strefy bezp.  (m2): 20,2Obwód strefy bezb. (m): 16,3Maks. wys. upadku (m): 0,67</t>
   </si>
   <si>
     <t>NV58201</t>
   </si>
   <si>
     <t>Sześciokąt sensoryczny Terra</t>
   </si>
   <si>
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUSześciokąty sensoryczne Terra to innowacyjny i wszechstronny element kolekcji zaprojektowany z myślą o rozwijaniu zmysłów dzieci poprzez interakcję z różnorodnymi materiałami. Wszystkie elementy są dostępne w osobnej sprzedaży, co pozwala na tworzenie własnych, unikalnych zestawów.Sześciokąty są sprzedawane oddzielnie, co daje możliwość dowolnego łączenia i konfiguracji. Można je napełnić różnymi materiałami sensorycznymi, takimi jak piasek, kamienie, kora, szyszki, trociny itp oraz połączyć specjalnymi kładkami, tworząc ścieżkę sensoryczną. Dzieci mogą pokonywać ją boso, co pozwala na poznawanie różnych faktur, właściwości i temperatur materiałów. Sześciokąty oraz kładki wykonane są z naturalnego, impregnowanego drewna, natomiast pokrywy ze sklejki pokrytej powierzchnią antypoślizgową.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.• wym. 45 x 52 x 13 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 0,52Szerokość (m): 0,45Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 1Wysokość (m): 0,13Pole strefy bezp.  (m2): 1,82Obwód strefy bezb. (m): 4,78</t>
-[...1 lines deleted...]
-  <si>
     <t>NV58204</t>
   </si>
   <si>
     <t>Kładka Terra do sześciokątów sensorycznych</t>
   </si>
   <si>
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUKładki Terra do sześciokątów sensorycznych są przeznaczone do ich łączenia i tworzenia ścieżek sensorycznych, które rozwijają koordynację i równowagę dzieci. Wykonane z naturalnego, impregnowanego drewna, zapewniają trwałość i odporność na warunki atmosferyczne. Kładki są praktycznym i funkcjonalnym dodatkiem do sześciokątów sensorycznych.Sześciokąty sensoryczne Terra to innowacyjny i wszechstronny element kolekcji zaprojektowany z myślą o rozwijaniu zmysłów dzieci poprzez interakcję z różnorodnymi materiałami co daje możliwość poznawania świata przez zmysły w bezpiecznym i kontrolowanym środowisku. Wszystkie elementy są dostępne w osobnej sprzedaży, co pozwala na tworzenie własnych, unikalnych zestawów.Sześciokąty oraz kładki wykonane są z naturalnego, impregnowanego drewna, natomiast pokrywy ze sklejki pokrytej powierzchnią antypoślizgową.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.• wym. 32 x 120 x 14 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,32Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Wysokość (m): 0,14Pole strefy bezp.  (m2): 2,7Obwód strefy bezb. (m): 6,2</t>
-[...1 lines deleted...]
-  <si>
     <t>NV58601</t>
   </si>
   <si>
     <t>Domek Terra tęczowy</t>
   </si>
   <si>
     <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUDomek Terra Tęczowy to wyjątkowy element kolekcji, który wyróżnia się kolorowymi ściankami z płyt pleksiglas (szkło akrylowe, organiczne). Transparentne ścianki przepuszczają promienie słoneczne, tworząc piękne, kolorowe światłocienie, co nadaje domkowi magiczny i inspirujący charakter. Dzieci mogą eksperymentować z efektami świetlnymi, ucząc się o kolorach, cieniach i refleksach świetlnych. Tnie tylko estetyczny dodatek do ogrodu, ale również funkcjonalne narzędzie edukacyjne, które wspiera rozwój dzieci przez zabawę i odkrywanie. Konstrukcja domku jest wykonana z naturalnego, impregnowanego drewna, co zapewnia jego trwałość i odporność na warunki atmosferyczne.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Przezroczyste panele: wykonane z wytrzymałej pleksi, grubości 12 mm;Kotwienie: produkty wolnostojące oraz kotwione bezpośrednio w gruncie za pomocą stalowej kotwy.Pod kodem NV58601PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,8Pole strefy bezp.  (m2): 14Maks. wys. upadku (m): -Obwód strefy bezb. (m): 13Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 1,49</t>
   </si>
   <si>
     <t>NV58603</t>
   </si>
   <si>
     <t>Tablica do rysowania Terra</t>
   </si>
   <si>
     <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUTablica do Rysowania Terra to inspirujący i praktyczny element kolekcji, który zachęca dzieci do twórczego wyrażania siebie. Dostępna jest w dwóch rozmiarach: małym i dużym, co umożliwia dopasowanie jej do różnych przestrzeni i potrzeb. Tablica posiada czarną płytę z powierzchnią tablicową, która jest idealna do rysowania i pisania kredą. Ramy wykonane są z impregnowanego drewna, co zapewnia trwałość, estetykę i odporność na warunki atmosferyczne. Duża powierzchnia tablicy umożliwia jednoczesne korzystanie przez kilkoro dzieci, co sprzyja współpracy i interakcji społecznej. Drewniane elementy dodają naturalnego uroku i doskonale komponują się z resztą kolekcji Terra.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Powierzchnia do malowania: sklejka pokryta warstwą do malowania kredą.Pod kodem NV58603PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 7 latSpecyfikacja urządzenia:Szerokość (m): 0,57Wysokość (m): 1,2Pole strefy bezp.  (m2): 12Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Długość (m): 0,88Obwód strefy bezb. (m): 12,4</t>
   </si>
   <si>
     <t>NV58402</t>
   </si>
   <si>
     <t>Warzywnik Terra, duży</t>
   </si>
   <si>
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUWarzywniki Terra to doskonałe rozwiązanie dla młodych ogrodników. Po wypełnieniu wnętrza odpowiednim podłożem i ziemią, stanowią wspaniałe miejsce do nauki sadzenia roślin, warzyw i ziół. Warzywniki są dostępne w dwóch rozmiarach, co umożliwia dostosowanie ich do różnych potrzeb i przestrzeni. Umożliwiają dzieciom rozwijanie kreatywności w projektowaniu swojego mini ogrodu oraz uczą odpowiedzialności za pielęgnację roślin, ale również zapewniają przestrzeń do nauki i zabawy na świeżym powietrzu, co sprzyja rozwojowi ich pasji. Wykonane z trwałego, impregnowanego drewna, co zapewnia odporność na warunki atmosferyczne i długowieczność.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.• wym. 57 x 120 x 25 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,57Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 0,25Pole strefy bezp.  (m2): 3,3Obwód strefy bezb. (m): 6,7</t>
-[...1 lines deleted...]
-  <si>
     <t>NV58103</t>
   </si>
   <si>
     <t>Kuchnia błotna Terra</t>
   </si>
   <si>
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUKuchnia Błotna to angażujący element kolekcji Terra, który umożliwia dzieciom zabawę naturalnymi materiałami takimi jak woda, piasek, kamienie i inne elementy z najbliższego otoczenia. Wyposażona w trwały pojemnik imitujący zlew, praktyczny blat i półkę oraz kołeczki do zawieszania narzędzi lub naczyń, kuchnia błotna oferuje nieograniczone możliwości twórczej zabawy i nauki. Dzieci mogą naśladować dorosłych, bawiąc się w gotowanie, co rozwija ich wyobraźnię i umiejętności społeczne. Kuchenka umożliwia dzieciom mycie i mieszanie różnych materiałów, co z kolei rozwija ich zdolności manualne i koordynację ręka-oko oraz pozwala na swobodne eksperymentowanie i naukę poprzez zabawę. SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Pojemniki: wykonane z wytrzymałego polimeru odpornego na warunki zewnętrzne.• wym. 52 x 120 x 93 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,2Szerokość (m): 0,52Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 4Wysokość (m): 0,93Pole strefy bezp.  (m2): 3,12Obwód strefy bezb. (m): 6,6</t>
-[...1 lines deleted...]
-  <si>
     <t>NV58602</t>
   </si>
   <si>
     <t>Tablica do malowania Terra</t>
   </si>
   <si>
     <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUTablica do Malowania Terra to kreatywny i funkcjonalny element kolekcji Terra, który zachęca dzieci do wyrażania twórczości na świeżym powietrzu. Dostępna jest w dwóch rozmiarach: małym i dużym, co pozwala na dopasowanie jej do różnych przestrzeni i potrzeb. Wykonana z bezbarwnej płyty pleksiglas tablica oferuje dużą powierzchnię do malowania farbami czy markerami suchościeralnymi. Dzieci mogą tworzyć swoje dzieła na obu stronach tablicy, co pozwala na jednoczesną zabawę kilku osobom, co sprzyja  współpracy i interakcji społecznej. Solidne i estetyczne ramy wykonane są z impregnowanego drewna, co zapewnia trwałość i odporność na warunki atmosferyczne. Drewniane elementy dodają naturalnego uroku i doskonale komponują się z resztą kolekcji Terra.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo;Powierzchnia do malowania: bezbarwna płyta pleksi, grubości 12 mm.Pod kodem NV58602PZ dostępna jest wersja pod plac zabaw, zgodna z normą PN-EN 1176-1+A1:2024-03, którą należy na stałe zakotwiczyć w podłożu.• od 1 do 7 latSpecyfikacja urządzenia:Szerokość (m): 0,57Wysokość (m): 1,2Pole strefy bezp.  (m2): 12Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Długość (m): 0,88Obwód strefy bezb. (m): 12,4</t>
   </si>
   <si>
     <t>NV58501</t>
   </si>
   <si>
     <t>Skrzynia ogrodowa Terra</t>
-  </si>
-[...1 lines deleted...]
-    <t>O KOLEKCJIKolekcja Terra to seria urządzeń, która powstała w naszych doświadczonych głowach i sercach, z potrzeby współtworzenia inspirującej przestrzeni dla najmłodszych. Terra to produkty wykonane z naturalnego, impregnowanego drewna, zaprojektowane z myślą o jakościowej zabawie na świeżym powietrzu. Ich celem jest promowanie nauki przez doświadczanie i eksperymentowanie, niezależnie od pogody. Zabawy z piaskiem, wodą i naturalnymi materiałami wspierają naturalne rozwój sensoryczny i motoryczny dzieci, odpowiadając na ich wrodzone potrzeby eksploracyjne. Łącząc wartości pedagogiki Montessori i Reggio, stworzyliśmy produkty, które inspirują najmłodszych  do odkrywania świata, rozwijania pasji do natury i nauki poprzez praktyczne doświadczenia.O URZĄDZENIUOgrodowa Skrzynia do przechowywania Terra to funkcjonalny i estetyczny element kolekcji zaprojektowany z myślą o przechowywaniu narzędzi, zabawek ogrodowych oraz innych przedmiotów używanych na zewnątrz. Skrzynia idealnie komponuje się z innymi elementami kolekcji Terra, tworząc spójną i harmonijną przestrzeń ogrodową. Posiada wewnątrz mechanizm, który zapobiega niechcianemu zatrzaśnięciu wieka, wystarczy tylko podnieść metalowy element i przymocować go za pomocą kłódki (nie dołączona do skrzyni) do wieka.SPECYFIKACJA MATERIAŁOWAKonstrukcja: sosnowe deski drewniane o grubości 2,0 i 2,5 cm, impregnowane próżniowo.• wym. 62 x 125 x 65 cm• od 1 do 7 latSpecyfikacja urządzenia:Długość (m): 1,25Szerokość (m): 0,62Wysokość (m): 0,65Maks. wys. upadku (m): -Wiek użytkowników (min-max): 1-7Ilość użytkowników: 2Pole strefy bezp.  (m2): 3,5Obwód strefy bezb. (m): 6,9</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -241,51 +234,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ed4c08a5cfdf82c342e106d27995101.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5bce5fa1b2fa11b3b0619275d13c4252.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5fec6df8cdf05fd1c7d23916ca8db673.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220febfd690e715bff98186f4020cda14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a423bc5109f09755aad3b5598001c95.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d9fce4cecdae8679152fa9963021e06.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52773828a8c912d72d85f9900a38f45a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cec1b9e623f48b314e76a98a4a352308.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67e22434c9e8efd64fff530a344e21469.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b3446c0c4e3c0af0aedae03b45a7cb10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5f64d2efb06277d0b64c28eaf941f5d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7dec7fafd2e5de3fefc44a308f24762.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3bdeed537f8a89ab6dae0c6a7dacdd3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa87a0ba1cc995a48a5346aec7f97674.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962c95e1bf69947a2b560cd83e41b1095.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05d9215e7b0d5a2075b9ba93269c32c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316b5a0c8ff1b0265de7ce5323d89cd7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe01b2b3164f43fb7d9a714616811c018.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a90100c2d19ed325f91dacc6f62fe99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6152b00c37d03307cb033101ed7f629610.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PLZ-MB-0004" descr="Plac zabaw Terra"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -926,230 +919,220 @@
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>9689.9</v>
+        <v>11399.9</v>
       </c>
       <c r="G6" s="11">
-        <v>9689.9</v>
+        <v>11399.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="D7" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="9"/>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>594.9</v>
+        <v>699.9</v>
       </c>
       <c r="G7" s="11">
-        <v>594.9</v>
+        <v>699.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D8" s="9"/>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>254.9</v>
+        <v>299.9</v>
       </c>
       <c r="G8" s="11">
-        <v>254.9</v>
+        <v>299.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="9" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>4929.9</v>
+        <v>5799.9</v>
       </c>
       <c r="G9" s="11">
-        <v>4929.9</v>
+        <v>5799.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="9" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>1444.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G10" s="11">
-        <v>1444.9</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D11" s="9"/>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>594.9</v>
+        <v>699.9</v>
       </c>
       <c r="G11" s="11">
-        <v>594.9</v>
+        <v>699.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D12" s="9"/>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>1529.9</v>
+        <v>1799.9</v>
       </c>
       <c r="G12" s="11">
-        <v>1529.9</v>
+        <v>1799.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E13" s="8">
         <v>1</v>
       </c>
       <c r="F13" s="10">
-        <v>1784.9</v>
+        <v>2099.9</v>
       </c>
       <c r="G13" s="11">
-        <v>1784.9</v>
+        <v>2099.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="80">
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D14" s="9"/>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
-        <v>1954.9</v>
+        <v>2299.9</v>
       </c>
       <c r="G14" s="11">
-        <v>1954.9</v>
+        <v>2299.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="F16" s="4" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G16" s="12">
-        <v>22779.1</v>
+        <v>26799.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 