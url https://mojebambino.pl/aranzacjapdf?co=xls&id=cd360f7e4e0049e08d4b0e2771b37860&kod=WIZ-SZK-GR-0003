--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -20,105 +20,105 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-SZK-GR-0003 Pracownia biologiczna Grande</t>
   </si>
   <si>
-    <t>z dnia 2025-11-01 22:18:19</t>
+    <t>z dnia 2025-12-19 00:33:40</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5314</t>
   </si>
   <si>
     <t>Grande - zestaw 4</t>
   </si>
   <si>
     <t>Meble wykonane z białej płyty laminowanej o gr. 18 mm.
 	096901W Regał Grande L głęboki - biały, wym. 82 x 48 x 117,4 cm, 4 szt.
 	096890W Nadstawka Grande M - biała, wym. 82 x 38 x 70,4 cm, 4 szt.
 	096888W Nadstawka Grande S - biała, wym. 82 x 38 x 35,2 cm, 4 szt.
 	096871K Drzwi Grande niskie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 34,9 cm, 4 pary
 	096877K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe, wym. 40,5 x 105,3 cm, 4 pary
 	096940W Płyta przejściowa do nadstawek Grande - biała, 4 szt.
 Wym. 328 x 49,8 x 223 cm
 Długość zestawu: 328 cm
-• wym. 328.00 x 49.80 x 223.00 cm• długość zestawu: 3.28 m</t>
+• wym. 328 x 49,80 x 223 cm• długość zestawu: 3,28 m</t>
   </si>
   <si>
     <t>F166439-0-08</t>
   </si>
   <si>
     <t>Wieszak wolnostojący z 20 haczykami aluminium</t>
   </si>
   <si>
     <t>Metalowy wieszak wolnostojący wykonany z profilu kwadratowego. • wym. 110 x 70 x 170 cm - 20 haczyków• wym. 165 x 70 x 170 cm - 30 haczyków• wym. 110 x 70 x 170 cm • 20 haczyków• wym. 110 cm x 70 cm x 170 cm</t>
   </si>
   <si>
     <t>096924W</t>
   </si>
   <si>
-    <t>Szafka żaka Grande 8-schowkowa - biała</t>
-[...2 lines deleted...]
-    <t>Szafki wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Posiadają 8 schowków wyposażonych w drzwiczki z zawiasami 90 stopni z cichym domykiem, zamykane na zamek. • wym. schowka 38,2 x 45,6 x 51 cm• wym. 82 x 49,8 x 223 cm</t>
+    <t>Szafka żaka Grande 8-schowkowa – biała</t>
+  </si>
+  <si>
+    <t>Szafki wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Posiadają 8 schowków wyposażonych w drzwiczki z zawiasami 90° z cichym domykiem, zamykane na zamek. • wym. schowka 38,2 x 45,6 x 51 cm• wym. 82 x 49,80 x 223 cm</t>
   </si>
   <si>
     <t>318008</t>
   </si>
   <si>
     <t>Krzesło Genito z oparciem, wys. 38-48 cm - czarne</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości i oparciem w kształcie litery T. Siedzisko i oparcie wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>096935W</t>
   </si>
   <si>
     <t>Laboratorium Grande XXL - białe</t>
   </si>
   <si>
     <t>Mobilne laboratorium pomoże zamienić każdą salę w pracownię naukową. Posiada dwa rozkładane blaty, tablicę i lustro. Kółka (wyposażone w hamulce) ułatwiają przestawianie go z miejsca na miejsce. Szafka jest wykonana z płyty laminowanej o gr. 18 mm, z blatem ze sklejki o grubości 18 mm, pokrytej laminatem HPL. W środkowej części znajduje się szafka z dwiema półkami, zamykana żaluzją oraz wysuwana szafka na kółkach, na pojemniki z tworzywa sztucznego (12 płaskich pojemników w komplecie). Po bokach znajdują się składane blaty. Na jednej ściance zostało umieszczone lustro, na drugiej - tablica magnetyczna. Z każdej strony górnego wieńca jest halogen, doświetlający blat (włącznik znajduje się na bocznej ściance). Dodatkowo szafka posiada 2 kontakty.  • wym. blatów 54 x 95 cm • wys. blatów 90 cm • dł. szafki z rozłożonymi blatami 272 cm • wym. szafki mobilnej 70,2 x 48 x 87,4 cm• wym. 120 x 54 x 194,3 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
@@ -232,51 +232,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb6761efbc61fee9d70c6048151e1c01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b67ca5afda58e29416aabb61f79ba252.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428cc021a6d753431d36cc190daf3c5d3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73679cb70e4f37a28ad700a203efd29e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa6863c982dbde2066929ffb7aa955b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1afab5179b3cd7448619b3d99be14616.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3e92e11889b8ff8e5cc96dad8537a97.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5f337d2eb00f6e810c5f41adaa09b88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d79154a86c3a18f17be075bb7d3dd91.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301105121b1f34b886c273d4f0787be2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a469d9d49ab64ea54048c6b5d0e1e9b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aab787e4c5bec7993ea0b5085fade454.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84eef5651d459cde232ec53443b2f00a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87dab369c460757929af5c910af138a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09029493a492f30fedf49facc1e8ad67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b030ccba9d2278b63de1f088337eeaba8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0003" descr="Pracownia biologiczna Grande"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>