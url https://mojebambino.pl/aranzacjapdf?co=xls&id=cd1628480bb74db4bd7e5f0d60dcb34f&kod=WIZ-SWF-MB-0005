--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -19,96 +19,96 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>WIZ-SWF-MB-0005 Sala sensoryczna - Morska Przygoda</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 21:36:40</t>
+    <t>z dnia 2025-12-02 13:44:57</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>099347</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,żółta</t>
   </si>
   <si>
     <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
   </si>
   <si>
     <t>101757</t>
   </si>
   <si>
     <t>Zestaw materacy z tkaniny trudnopalnej, 4 szt.</t>
   </si>
   <si>
     <t>Zestaw materacy wykonanych z pianki. Pokryte poliestrową tkaniną trudnopalną (Plus F.R.). • 4 szt. • wym. 100 x 150 x 25 cm, 100 x 100 x 16 cm,  100 x 150 x 8 cm, 100 x 100 x 8 cmMaterace nie są łączone w żaden sposób.</t>
   </si>
   <si>
     <t>096868</t>
   </si>
   <si>
     <t>Statek - kącik manipulacyjno-sensoryczny z materacami</t>
   </si>
   <si>
-    <t>Kącik zabaw w kształcie statku będzie ulubionym miejscem zabaw małych wielbicieli morskich przygód. Jest wyposażony w bulaje, ruchome koła zębate,  w środku kryje się siedzisko. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, wyposażony w piankowe materace pokryte trwałą tkaniną meditap. Kącik nie ma podłogi. • wym. 80 x 168 x 66 cm • wys. masztu 130 cm • wym. wewn. 98,9 x 76,4 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
+    <t>Kącik zabaw w kształcie statku będzie ulubionym miejscem zabaw małych wielbicieli morskich przygód. Jest wyposażony w bulaje, ruchome koła zębate,  w środku kryje się siedzisko. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, wyposażony w piankowe materace pokryte trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Kącik nie ma podłogi. • wym. 80 x 168 x 66 cm • wys. masztu 130 cm • wym. wewn. 98,9 x 76,4 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>146244</t>
   </si>
   <si>
     <t>EKO dekor - chmurka</t>
   </si>
   <si>
     <t>Duża dekoracja ścienna wykonana z tworzywa uzyskanego z przetworzonych butelek PET. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 150 x 88,5 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>092059</t>
   </si>
   <si>
     <t>Wieszak na 5 fakturowych torów</t>
   </si>
   <si>
     <t>Wieszak ułatwiający przechowywanie fakturowych torów (092972-092979, sprzedawane osobno). Wykonany ze sklejki o gr. 25 mm. • 5 haczyków • wym. 95 cm x 11 cm</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
@@ -133,93 +133,93 @@
   <si>
     <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 cm x 80 cm</t>
   </si>
   <si>
     <t>092972</t>
   </si>
   <si>
     <t>Fakturowy tor - wąż</t>
   </si>
   <si>
     <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne  oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o grubości 19 mm. • wym. 95 x 11 cm• wym. 11 cm x 95 cm</t>
   </si>
   <si>
     <t>092978</t>
   </si>
   <si>
     <t>Fakturowy tor - sztuczna trawa</t>
   </si>
   <si>
     <t>101738</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnoszare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno.</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno.</t>
   </si>
   <si>
     <t>092976</t>
   </si>
   <si>
     <t>Fakturowy tor - duża kratka</t>
   </si>
   <si>
     <t>SET6307</t>
   </si>
   <si>
     <t>Quadro - zestaw 152, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.# 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.# 372036	Pojemnik głęboki 2 – limonka, 3 szt.# 372055	Pojemnik głęboki 2 biały, 3 szt.# 372056	Pojemnik głęboki 2 błękitny, 3 szt.# 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,2 x 48 x 86,8 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.• 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.• 372036	Pojemnik głęboki 2 – limonka, 3 szt.• 372055	Pojemnik głęboki 2 biały, 3 szt.• 372056	Pojemnik głęboki 2 błękitny, 3 szt.• 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>096942</t>
   </si>
   <si>
     <t>Duży stół podświetlany</t>
   </si>
   <si>
     <t>Nowoczesny, prosty stół z podświetlanym blatem. Idealny do podświetlania przejrzystych i przezroczystych obiektów, obserwowania wzorów, kształtów i kolorów. • wym. 120 x 60 x 60 cm • wym. podświetlanego blatu 116 x 56 cm • przestrzeń pod blatem: 88 x 44 x 25 cm• wym. 120 cm x 60 cm x 60 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Długi kabel.Ryzyko uduszenia.</t>
   </si>
   <si>
     <t>842125</t>
   </si>
   <si>
     <t>Panel okrągły wyciszający - jasnoszary</t>
   </si>
   <si>
-    <t xml:space="preserve">Okrągłe, dekoracyjne panele wyciszające, do podwieszenia z sufitu, pozwalają dziecku łatwiej skoncentrować się na zadaniu, dzięki ograniczeniu ilości docierających bodźców słuchowych. Ciekawa propozycja dla dzieci z trudnościami w koncentracji i utrzymaniu uwagi czy zaburzeniami przetwarzania słuchowego, odpowiednia również do zastosowania w przypadku dzieci bez zaburzeń podczas pracy indywidualnej. Panele wykonane z flokowanej pianki poliuretanowej. Dostępne w 2 kolorach (jasnoszary i zielony). • śr. 70,5 cm • gr. 10,5 cm. </t>
+    <t>Okrągłe, dekoracyjne panele wyciszające, do podwieszenia z sufitu, pozwalają dziecku łatwiej skoncentrować się na zadaniu, dzięki ograniczeniu ilości docierających bodźców słuchowych. Ciekawa propozycja dla dzieci z trudnościami w koncentracji i utrzymaniu uwagi czy zaburzeniami przetwarzania słuchowego, odpowiednia również do zastosowania w przypadku dzieci bez zaburzeń podczas pracy indywidualnej. Panele wykonane z flokowanej pianki poliuretanowej. Dostępne w 2 kolorach (jasnoszary i zielony). • śr. 70,5 cm • gr. 10,5 cm • regulacja wysokości od 40 do 100 cm</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
     <t>Przełącz i naciśnij - aktywna tablica</t>
   </si>
   <si>
-    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 cm x 4 cm x 25 cm</t>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcy</t>
   </si>
   <si>
     <t>500244</t>
   </si>
   <si>
     <t>Stelaż do kuwety niski</t>
   </si>
   <si>
     <t>Metalowy stelaż dostosowany do kuwet z pokrywą (500242, 500243, sprzedawane osobno), z 2 kółkami ułatwiającymi ich transportowanie. • wys. 48,5 cm• wym. 49 cm• od 3 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>056165</t>
   </si>
   <si>
     <t>Dywan Fale morskie, 2 x 3 m</t>
   </si>
   <si>
     <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>118262</t>
   </si>
   <si>
     <t>Słoneczko manipulacyjne</t>
   </si>
@@ -229,141 +229,141 @@
   <si>
     <t>558003</t>
   </si>
   <si>
     <t>Kolumna wodna 20 x 180 cm</t>
   </si>
   <si>
     <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota. Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie. Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cm</t>
   </si>
   <si>
     <t>098298</t>
   </si>
   <si>
     <t>Kącik aktywności malucha ze ściankami manipulacyjnymi</t>
   </si>
   <si>
     <t>Kąciki złożone z niewysokich podestów zachęcą najmłodszych do wspinania się i aktywnej zabawy. Podesty ułożone są w formie schodków, jeden z nich jest pochyły, idealny do raczkowania. Wykonane z lakierowanej sklejki, pokryte wykładziną dywanową. • wys. podestu 35 cm • dł. dolnych podestów 125 i 176 cm Wysokie burty zapewniają najmłodszym bezpieczeństwo i dodatkowe aktywności, np. przesuwanka, lustro, itp. Konieczne kotwiczenie do podłoża. • wym. całkowite 270 x 210 x 117 cm • rama z litego drewna (buk/jesion), klejona • faliste elementy: pokrycie ze sztucznej skóry, w środku pianka • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>096771</t>
   </si>
   <si>
     <t>Tablica ścienna - mandala</t>
   </si>
   <si>
-    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną PVC jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
+    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną, niezawierającą ftalanów jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
   </si>
   <si>
     <t>256016</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 4 zielone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>092977</t>
   </si>
   <si>
     <t>Fakturowy tor - wałeczki</t>
   </si>
   <si>
     <t>098300</t>
   </si>
   <si>
     <t>Multikącik smyka</t>
   </si>
   <si>
-    <t>Kącik, który dzięki licznym atrakcjom zapewni najmłodszym zarówno świetną zabawę, jak i zachęci ich do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania się, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę (co pozwala na dopasowanie kąta pochylenia ścianki do własnych potrzeb), z linką oraz kolorowymi chwytami w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to zabezpieczone dookoła szarymi materacami. Kącik jest utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu będzie doskonale pasował do każdego wystroju. W komplecie 5 piankowych materacy pokrytych trwałą tkaniną PCV w kolorze szarym (wys. 5 cm). Kącik wykonany ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 (bez ścianki wspinaczkowej) x 212,5 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 cm x 90 cm x 213 cm</t>
+    <t>Kącik, który dzięki licznym atrakcjom zapewni najmłodszym zarówno świetną zabawę, jak i zachęci ich do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania się, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę (co pozwala na dopasowanie kąta pochylenia ścianki do własnych potrzeb), z linką oraz kolorowymi chwytami w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to zabezpieczone dookoła szarymi materacami. Kącik jest utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu będzie doskonale pasował do każdego wystroju. W komplecie 5 piankowych materacy pokrytych trwałą tkaniną bez ftalanów w kolorze szarym (wys. 5 cm). Kącik wykonany ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 (bez ścianki wspinaczkowej) x 212,5 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 x 90 x 213 cm</t>
   </si>
   <si>
     <t>101839</t>
   </si>
   <si>
     <t>Gruszka duża w odcieniach szarości - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>092974</t>
   </si>
   <si>
     <t>Fakturowy tor - kółeczka</t>
   </si>
   <si>
     <t>ZEST5218</t>
   </si>
   <si>
     <t>Stół świetlicowy z pojemnikami</t>
   </si>
   <si>
     <t>Zestaw zawiera:  • 095998 Stół świetlicowy z funkcją przechowywania, 1 szt.  •372034 Pojemnik płytki 1 – limonka, 8 szt.   Opis składników zestawu: • 095998 - Stół świetlicowy z funkcją przechowywania, 1 szt. Bardzo długi stół, przy którym może pracować kilkoro dzieci jednocześnie. W szafkach pod blatem można zamontować plastikowe pojemniki (372005-372026 i 372034-372041, sprzedawane osobno), do 4 płytkich pojemników z każdej strony. Blat wykonany ze sklejki o gr. 25 mm, pokrytej laminatem HPL, szafki pod blatem wykonane z płyty laminowanej o gr. 18 mm, w tonacji klon jutland. • wym. 230 x 60 x 64 cm • szer. szafek 36 cm • szer. przerwy pomiędzy szafkami 152 cm • 372034 - Pojemnik płytki 1 - limonka, 8 szt. Pojemniki z wytrzymałego tworzywa sztucznego. Dostarczane z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • kolor limonkowy• wym. 230 x 60 x 64</t>
   </si>
   <si>
     <t>101838</t>
   </si>
   <si>
     <t>Gruszka duża szaro-beżowo-niebieska - MED</t>
   </si>
   <si>
     <t>092979</t>
   </si>
   <si>
     <t>Fakturowy tor - poduszka</t>
   </si>
   <si>
-    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne  oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o grubości 19 mm. • wym. 95 x 11 cmPoduszka jest wykonana z pianki pokrytej tkaniną meditap, wolną od ftalanów.• wym. 11 cm x 95 cm</t>
+    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne  oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o grubości 19 mm. • wym. 95 x 11 cmPoduszka jest wykonana z pianki pokrytej trwałą tkaniną łatwą w czyszczeniu, wolną od ftalanów.• wym. 95 x 11 cm</t>
   </si>
   <si>
     <t>118265</t>
   </si>
   <si>
     <t>Panel manipulacyjny</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>118208N</t>
   </si>
   <si>
     <t>Manipulacyjna rybka</t>
   </si>
   <si>
     <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmKolorowa rybka ze sprzączkami ułatwi naukę radzenia sobie z różnego rodzaju zapięciami.</t>
   </si>
   <si>
     <t>101860</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. limonka</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -441,51 +441,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2b898482a3974e94393f6868a37ae31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26af62668b17489b0c6f21f0a76831342.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e81c05ab77e1ab3fabf8a829b85381c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b703478504e6e60bf2e3a61d262923654.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733d37f72f717d7267e416439f96a8b25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86cfc4c0943e46d41c8768a5c307eab6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5c259455aec158e17fa1b7dc612fb67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec9114834a28922ea8e43a6362fbe8b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cec377843e60059db772d94e6ef4299.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80fdeba939ffb4761d2432da00faaf610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387aaa8ea35a2a0ce7c6afd55d8a81bc11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b7519c909b3189db8df1c5f9fbd06f12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e5946adac01e2c95674ba90f3cfa9213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9311234aabfc6d41b79ce5b904f3b97814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238d54b03d921275485d81d8c706109715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e5b9633d7ecb98d65cc2b68c3ebdd816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475122a8e58696883d3885adc69702017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a958f76ed826612879a4be489402e7d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97317240f6954d84035df311dff7eabb19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fafbbf2882584a4197716f750c45b49720.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd62a2a6b432922ff7148d670cd52c21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9d25dd4ae0bb8e5afa230f7070011622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29512b3f96e044cde83ee14fcd549c8a23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/febcb37ecb47b240a5d76027e506ae5224.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f285be04ac0b431d069086b99d5d8f825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/247ba3efddcadf36c7a2dcf36cc5897526.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69ecb44dfcca2818117b43b5f744321927.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bfa827c7e4a928d13ee302ecfd4d66a28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0912ed14428b5b12b3b2ad5204f0d44829.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad1d7e199aedd1237de7088e5e8ce0230.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be92e876e396e59619e7ec8cd83c06431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dcf8fdd98c9fc1a2d2aa2827dfacc032.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0f773966ab6f0b752808c398f7ff5c33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8d979405a6d0544ae41d2af88921f234.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d431d11e9cdbb275d0b73fc86c784e51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9979c5a7fbfb9e1d0a3dcd3db0c3ab22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e06ecf5776e783202d1a593beb4b8e23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550dfdf04c74a18d7e1d15bf03c236b14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b1e7ff2ba410b1ce09bb4297f9361c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bf579dacdf8874c3585282a5875dfd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627de8fd9704061de4a7c6a8075722cc7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01166d156298d419a285be0a0e39ed7d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72870b1f006d307abb0d23bd53775f769.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96e02b9a2db12f31c95dc6fe46464fd610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f3f57f36615f7089df4111678f6fd211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e7ba50ed4a481b2bc8136538cb75a712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5110dcba0969a532cfb96ea8b95cee013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fe2593d1d482e769194d0b86e9f80914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39b7b1872bedde7efae5dda6deb99dd15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6362858d6e40caa30bf8a815217616116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e65038c8a0a7bbf542e66b0a31b28c017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18015ac9ae933d224c45f670cc3433a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972459b14b9b6e9fb1c265627712878019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b7517a84a0e470db6d92e19d07ce0620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c343836f9194b536d085b46ec9f047921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a7589e7991425f8022a4aae84a7b7322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4948224a085a318aca83a0d1986f8d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b41ae9d63fa94a0900299994c85e0624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd8ac5443b7acc0a947e950d59262a5a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0543926d2b5e9d0bc6f78ef4dba718a26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae5b331bb6893663d3091e4b319289027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5f95ae3562a7bd17e1f3361977502228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a44ecca7b85cd5fc1416ac4be953f929.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc608711e4b2c5e12266d823c0bfcdc30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b657124e9ea05b4ee07b629b7af06331.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a962ee35b0d6cd44c6b75e6e0e2bae32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd3cf12ce660a97c34a40f4631fdb8433.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f85c8933195eafa73f259c761e60bf34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SWF-MB-0005" descr="Sala sensoryczna - Morska Przygoda"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>