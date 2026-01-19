--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -19,324 +19,324 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>WIZ-SWF-MB-0005 Sala sensoryczna - Morska Przygoda</t>
   </si>
   <si>
-    <t>z dnia 2025-12-02 13:44:57</t>
+    <t>z dnia 2026-01-19 10:23:14</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>099347</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,żółta</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 186 cm</t>
   </si>
   <si>
     <t>101757</t>
   </si>
   <si>
     <t>Zestaw materacy z tkaniny trudnopalnej, 4 szt.</t>
   </si>
   <si>
     <t>Zestaw materacy wykonanych z pianki. Pokryte poliestrową tkaniną trudnopalną (Plus F.R.). • 4 szt. • wym. 100 x 150 x 25 cm, 100 x 100 x 16 cm,  100 x 150 x 8 cm, 100 x 100 x 8 cmMaterace nie są łączone w żaden sposób.</t>
   </si>
   <si>
     <t>096868</t>
   </si>
   <si>
-    <t>Statek - kącik manipulacyjno-sensoryczny z materacami</t>
-[...2 lines deleted...]
-    <t>Kącik zabaw w kształcie statku będzie ulubionym miejscem zabaw małych wielbicieli morskich przygód. Jest wyposażony w bulaje, ruchome koła zębate,  w środku kryje się siedzisko. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, wyposażony w piankowe materace pokryte trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Kącik nie ma podłogi. • wym. 80 x 168 x 66 cm • wys. masztu 130 cm • wym. wewn. 98,9 x 76,4 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
+    <t>Statek – kącik manipulacyjno-sensoryczny z materacami</t>
+  </si>
+  <si>
+    <t>Kącik zabaw w kształcie statku będzie ulubionym miejscem zabaw małych wielbicieli morskich przygód. Jest wyposażony w bulaje, ruchome koła zębate, w środku kryje się siedzisko. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, wyposażony w piankowe materace pokryte trwałą tkaniną bez ftalanów, łatwą do utrzymania w czystości. Kącik nie ma podłogi. • wym. 80 x 168 x 66 cm • wys. masztu 130 cm • wym. wewn. 98,9 x 76,4 cmProdukt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>146244</t>
   </si>
   <si>
     <t>EKO dekor - chmurka</t>
   </si>
   <si>
     <t>Duża dekoracja ścienna wykonana z tworzywa uzyskanego z przetworzonych butelek PET. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie).• wym. 150 x 88,5 cm • gr. 1,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>092059</t>
   </si>
   <si>
     <t>Wieszak na 5 fakturowych torów</t>
   </si>
   <si>
-    <t>Wieszak ułatwiający przechowywanie fakturowych torów (092972-092979, sprzedawane osobno). Wykonany ze sklejki o gr. 25 mm. • 5 haczyków • wym. 95 cm x 11 cm</t>
+    <t>Wieszak ułatwiający przechowywanie fakturowych torów (092972-092979, sprzedawane osobno). Wykonany ze sklejki o gr. 25 mm. • 5 haczyków • wym. 95 x 11 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099388</t>
   </si>
   <si>
     <t>Panel na 5 poduszek</t>
   </si>
   <si>
     <t>Panel ścienny przeznaczony do przechowywania okrągłych poduszek będzie stanowił także piękną dekorację każdej sali. Wykonany ze sklejki. Można mocować kilka paneli koło siebie, aby móc przechowywać większą liczbę poduszek. Poduszki (101738, 101260-101264, 101874, 109048-109055, sprzedawane osobno). • wym. 125 x 80 cm</t>
   </si>
   <si>
     <t>126524</t>
   </si>
   <si>
     <t>Podstawy do fakturowych torów, 5 szt.</t>
   </si>
   <si>
-    <t>Podstawy wykonane z drewna bukowego, dostosowane wymiarem do torów fakturowych (092972 - 092979, sprzedawane osobno). Mogą być ustawiane w pionie i w poziomie.• wym. 28 cm x 14 cm x 5 cm</t>
+    <t>Podstawy wykonane z drewna bukowego, dostosowane wymiarem do torów fakturowych (092972 – 092979, sprzedawane osobno). Mogą być ustawiane w pionie i w poziomie.• wym. 28 x 14 x 5 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>100373</t>
   </si>
   <si>
     <t>Lustro malucha</t>
   </si>
   <si>
-    <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 cm x 80 cm</t>
+    <t>Dzięki zajęciom z lustrem dzieci odkrywają siebie i wspaniale się bawią. Rama lustra ze sklejki, na której można umieścić zabawne aplikacje z kolorowej płyty MDF (098409, sprzedawane osobno). Pośrodku lustra można dodatkowo umieścić metalowy uchwyt (montowany bezpośrednio do ściany), na którym znajdują się kolorowe, drewniane kształty do manipulowania (098407 lub 098408, sprzedawane osobno). Lustro zostało podklejone specjalną folią, która uniemożliwia stłuczenie na drobne elementy. • wym. 120 x 80 cm• wym. 120 x 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092972</t>
   </si>
   <si>
-    <t>Fakturowy tor - wąż</t>
-[...2 lines deleted...]
-    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne  oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o grubości 19 mm. • wym. 95 x 11 cm• wym. 11 cm x 95 cm</t>
+    <t>Fakturowy tor – wąż</t>
+  </si>
+  <si>
+    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o gr. 19 mm. • wym. 95 x 11 cm• wym. 11 x 95 cm</t>
   </si>
   <si>
     <t>092978</t>
   </si>
   <si>
-    <t>Fakturowy tor - sztuczna trawa</t>
+    <t>Fakturowy tor – sztuczna trawa</t>
   </si>
   <si>
     <t>101738</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnoszare</t>
   </si>
   <si>
     <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno.</t>
   </si>
   <si>
     <t>092976</t>
   </si>
   <si>
-    <t>Fakturowy tor - duża kratka</t>
+    <t>Fakturowy tor – duża kratka</t>
   </si>
   <si>
     <t>SET6307</t>
   </si>
   <si>
     <t>Quadro - zestaw 152, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.• 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.• 372036	Pojemnik głęboki 2 – limonka, 3 szt.• 372055	Pojemnik głęboki 2 biały, 3 szt.• 372056	Pojemnik głęboki 2 błękitny, 3 szt.• 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>096942</t>
   </si>
   <si>
     <t>Duży stół podświetlany</t>
   </si>
   <si>
     <t>Nowoczesny, prosty stół z podświetlanym blatem. Idealny do podświetlania przejrzystych i przezroczystych obiektów, obserwowania wzorów, kształtów i kolorów. • wym. 120 x 60 x 60 cm • wym. podświetlanego blatu 116 x 56 cm • przestrzeń pod blatem: 88 x 44 x 25 cm• wym. 120 cm x 60 cm x 60 cmOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Długi kabel.Ryzyko uduszenia.</t>
   </si>
   <si>
     <t>842125</t>
   </si>
   <si>
     <t>Panel okrągły wyciszający - jasnoszary</t>
   </si>
   <si>
     <t>Okrągłe, dekoracyjne panele wyciszające, do podwieszenia z sufitu, pozwalają dziecku łatwiej skoncentrować się na zadaniu, dzięki ograniczeniu ilości docierających bodźców słuchowych. Ciekawa propozycja dla dzieci z trudnościami w koncentracji i utrzymaniu uwagi czy zaburzeniami przetwarzania słuchowego, odpowiednia również do zastosowania w przypadku dzieci bez zaburzeń podczas pracy indywidualnej. Panele wykonane z flokowanej pianki poliuretanowej. Dostępne w 2 kolorach (jasnoszary i zielony). • śr. 70,5 cm • gr. 10,5 cm • regulacja wysokości od 40 do 100 cm</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
-    <t>Przełącz i naciśnij - aktywna tablica</t>
-[...2 lines deleted...]
-    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcy</t>
+    <t>Przełącz i naciśnij – aktywna tablica</t>
+  </si>
+  <si>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcySpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>500244</t>
   </si>
   <si>
     <t>Stelaż do kuwety niski</t>
   </si>
   <si>
     <t>Metalowy stelaż dostosowany do kuwet z pokrywą (500242, 500243, sprzedawane osobno), z 2 kółkami ułatwiającymi ich transportowanie. • wys. 48,5 cm• wym. 49 cm• od 3 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>056165</t>
   </si>
   <si>
     <t>Dywan Fale morskie, 2 x 3 m</t>
   </si>
   <si>
-    <t>Dywany stworzone z myślą o kącikach tematycznych z kolekcji Quadro, ale dzięki stonowanym kolorom i delikatnym wzorom sprawdzą się w prawie każdym wnętrzu. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm   Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Dywany z kolekcji Quadro wykonane są z runa 100% PP heat-set frise z przędzy pojedynczej. Charakteryzują się stonowaną kolorystyką oraz delikatnym wzornictwem. Produkt posiada Certyfikat Zgodności (Atest Higieniczny) i jest pokryty środkiem uniepalniającym. • wysokość runa: 7 mmNależy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>118262</t>
   </si>
   <si>
     <t>Słoneczko manipulacyjne</t>
   </si>
   <si>
     <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmRóżne rodzaje zapięć umieszczone na słoneczku umożliwiają ćwiczenie sprawności palców i uczą podstawowych umiejętności niezbędnych w czasie ubierania się.</t>
   </si>
   <si>
     <t>558003</t>
   </si>
   <si>
     <t>Kolumna wodna 20 x 180 cm</t>
   </si>
   <si>
-    <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota. Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie. Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cm</t>
+    <t>Urządzenie pozwala sterować kolorem i intensywnością bąbelków powietrza za pomocą pilota. Do wyboru jest 7 kolorów świecenia z możliwością zatrzymania wybranego koloru. Kolumny należy napełniać wodą destylowaną. Urządzenie można połączyć przez Bluetooth lub podłączyć do źródła muzyki. W zestawie znajdują się mikrofon i pilot. Włącznik/wyłącznik umieszczono na podstawie.Do czyszczenia używaj wody o temperaturze do 25 °C z dodatkiem mydła. Nie stosuj gąbek, szorstkich szmatek, skrobaczek ani szczoteczek. Najlepiej sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem usuwa zabrudzenia bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur ani środków chemicznych. Zabronione jest stosowanie rozpuszczalników, alkoholi, kwasów i płynów dezynfekujących, ponieważ mogą one odkształcić lub uszkodzić powierzchnię.Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098298</t>
   </si>
   <si>
     <t>Kącik aktywności malucha ze ściankami manipulacyjnymi</t>
   </si>
   <si>
     <t>Kąciki złożone z niewysokich podestów zachęcą najmłodszych do wspinania się i aktywnej zabawy. Podesty ułożone są w formie schodków, jeden z nich jest pochyły, idealny do raczkowania. Wykonane z lakierowanej sklejki, pokryte wykładziną dywanową. • wys. podestu 35 cm • dł. dolnych podestów 125 i 176 cm Wysokie burty zapewniają najmłodszym bezpieczeństwo i dodatkowe aktywności, np. przesuwanka, lustro, itp. Konieczne kotwiczenie do podłoża. • wym. całkowite 270 x 210 x 117 cm • rama z litego drewna (buk/jesion), klejona • faliste elementy: pokrycie ze sztucznej skóry, w środku pianka • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!</t>
   </si>
   <si>
     <t>096771</t>
   </si>
   <si>
-    <t>Tablica ścienna - mandala</t>
-[...2 lines deleted...]
-    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną, niezawierającą ftalanów jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
+    <t>Tablica ścienna – mandala</t>
+  </si>
+  <si>
+    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę i percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną niezawierającą ftalanów jest mocowana na rzepy, a na jej powierzchni znajduje się bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje – ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>256016</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 4 zielone, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>092977</t>
   </si>
   <si>
-    <t>Fakturowy tor - wałeczki</t>
+    <t>Fakturowy tor – wałeczki</t>
   </si>
   <si>
     <t>098300</t>
   </si>
   <si>
     <t>Multikącik smyka</t>
   </si>
   <si>
-    <t>Kącik, który dzięki licznym atrakcjom zapewni najmłodszym zarówno świetną zabawę, jak i zachęci ich do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania się, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę (co pozwala na dopasowanie kąta pochylenia ścianki do własnych potrzeb), z linką oraz kolorowymi chwytami w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to zabezpieczone dookoła szarymi materacami. Kącik jest utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu będzie doskonale pasował do każdego wystroju. W komplecie 5 piankowych materacy pokrytych trwałą tkaniną bez ftalanów w kolorze szarym (wys. 5 cm). Kącik wykonany ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 (bez ścianki wspinaczkowej) x 212,5 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 x 90 x 213 cm</t>
+    <t>Kącik, który dzięki licznym atrakcjom zapewnia najmłodszym zarówno świetną zabawę, jak i zachęca do podejmowania sportowych wyzwań. Dzieci znajdą tu sznur do wspinania, siatkę oraz ściankę do wspinaczki z zaczepami na drabinkę, co pozwala dopasować kąt pochylenia ścianki do własnych potrzeb, a także linkę i kolorowe chwyty w kształcie figur geometrycznych, drabinkę, otwory w ściance do przerzucania piłek oraz kosz do gry w koszykówkę. Wszystko to jest zabezpieczone szarymi materacami, a sam kącik utrzymany w stonowanych barwach, z przewagą szarości, dzięki czemu doskonale pasuje do każdego wystroju. W komplecie znajduje się pięć piankowych materacy o wys. 5 cm, pokrytych trwałą tkaniną bez ftalanów w kolorze szarym. Kącik wykonany jest ze sklejki i drewna, mocowany do ściany i podłoża. • wym. 273 x 90 x 213 cm • śr. otworów na piłki 15, 21, 27 i 31 cm• wym. 273 x 90 x 213 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101839</t>
   </si>
   <si>
     <t>Gruszka duża w odcieniach szarości - MED</t>
   </si>
   <si>
     <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 5,8 kg • śr. 90 cm • wys. 70 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 90 cm• wym. 70 cm• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>092974</t>
   </si>
   <si>
-    <t>Fakturowy tor - kółeczka</t>
+    <t>Fakturowy tor – kółeczka</t>
   </si>
   <si>
     <t>ZEST5218</t>
   </si>
   <si>
     <t>Stół świetlicowy z pojemnikami</t>
   </si>
   <si>
     <t>Zestaw zawiera:  • 095998 Stół świetlicowy z funkcją przechowywania, 1 szt.  •372034 Pojemnik płytki 1 – limonka, 8 szt.   Opis składników zestawu: • 095998 - Stół świetlicowy z funkcją przechowywania, 1 szt. Bardzo długi stół, przy którym może pracować kilkoro dzieci jednocześnie. W szafkach pod blatem można zamontować plastikowe pojemniki (372005-372026 i 372034-372041, sprzedawane osobno), do 4 płytkich pojemników z każdej strony. Blat wykonany ze sklejki o gr. 25 mm, pokrytej laminatem HPL, szafki pod blatem wykonane z płyty laminowanej o gr. 18 mm, w tonacji klon jutland. • wym. 230 x 60 x 64 cm • szer. szafek 36 cm • szer. przerwy pomiędzy szafkami 152 cm • 372034 - Pojemnik płytki 1 - limonka, 8 szt. Pojemniki z wytrzymałego tworzywa sztucznego. Dostarczane z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • kolor limonkowy• wym. 230 x 60 x 64</t>
   </si>
   <si>
     <t>101838</t>
   </si>
   <si>
     <t>Gruszka duża szaro-beżowo-niebieska - MED</t>
   </si>
   <si>
     <t>092979</t>
   </si>
   <si>
-    <t>Fakturowy tor - poduszka</t>
-[...2 lines deleted...]
-    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne  oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o grubości 19 mm. • wym. 95 x 11 cmPoduszka jest wykonana z pianki pokrytej trwałą tkaniną łatwą w czyszczeniu, wolną od ftalanów.• wym. 95 x 11 cm</t>
+    <t>Fakturowy tor – poduszka</t>
+  </si>
+  <si>
+    <t>Elementy wymienne o różnych fakturach, do ćwiczeń ruchowych i rehabilitacyjnych. Stymulują receptory czuciowe stóp, a także kształtują reakcje równoważne oraz pomagają korygować postawę. Przeznaczone do mocowania na podstawach (126524, sprzedawane osobno). Wykonane ze sklejki o gr. 19 mm. • wym. 95 x 11 cmPoduszka jest wykonana z pianki pokrytej trwałą tkaniną łatwą w czyszczeniu, wolną od ftalanów.• wym. 95 x 11 cm</t>
   </si>
   <si>
     <t>118265</t>
   </si>
   <si>
     <t>Panel manipulacyjny</t>
   </si>
   <si>
     <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>118208N</t>
   </si>
   <si>
     <t>Manipulacyjna rybka</t>
   </si>
   <si>
     <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmKolorowa rybka ze sprzączkami ułatwi naukę radzenia sobie z różnego rodzaju zapięciami.</t>
   </si>
   <si>
     <t>101860</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. limonka</t>
   </si>
@@ -441,51 +441,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d431d11e9cdbb275d0b73fc86c784e51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9979c5a7fbfb9e1d0a3dcd3db0c3ab22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e06ecf5776e783202d1a593beb4b8e23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550dfdf04c74a18d7e1d15bf03c236b14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b1e7ff2ba410b1ce09bb4297f9361c5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bf579dacdf8874c3585282a5875dfd6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627de8fd9704061de4a7c6a8075722cc7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01166d156298d419a285be0a0e39ed7d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72870b1f006d307abb0d23bd53775f769.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96e02b9a2db12f31c95dc6fe46464fd610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f3f57f36615f7089df4111678f6fd211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e7ba50ed4a481b2bc8136538cb75a712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5110dcba0969a532cfb96ea8b95cee013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fe2593d1d482e769194d0b86e9f80914.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39b7b1872bedde7efae5dda6deb99dd15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6362858d6e40caa30bf8a815217616116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e65038c8a0a7bbf542e66b0a31b28c017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18015ac9ae933d224c45f670cc3433a18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972459b14b9b6e9fb1c265627712878019.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b7517a84a0e470db6d92e19d07ce0620.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c343836f9194b536d085b46ec9f047921.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a7589e7991425f8022a4aae84a7b7322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4948224a085a318aca83a0d1986f8d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b41ae9d63fa94a0900299994c85e0624.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd8ac5443b7acc0a947e950d59262a5a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0543926d2b5e9d0bc6f78ef4dba718a26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae5b331bb6893663d3091e4b319289027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5f95ae3562a7bd17e1f3361977502228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a44ecca7b85cd5fc1416ac4be953f929.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc608711e4b2c5e12266d823c0bfcdc30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4b657124e9ea05b4ee07b629b7af06331.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a962ee35b0d6cd44c6b75e6e0e2bae32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd3cf12ce660a97c34a40f4631fdb8433.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f85c8933195eafa73f259c761e60bf34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac50f27f99fa793e2920120b8d316eb1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ce12ffee10c5f88839c8d6b189132812.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3bb54c213c2de6acb513f870f5fd64b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2498c30b38854bddc6dd628b1aee37de4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984afdac687a7354740bf71246b6fa7b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32cd7454ecbece9df851495b9fb68fb6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa1d2db15058cc7adb9ce46a18737437.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656a5fde30824aa3f2d6969e3e73c39c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8014edf1beea6bd7bff87251a49e88439.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0743b92e9aedb2ff9bec4de4d1fcd4cc10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87bef799bea912ba8a99d8e2d49e40ad11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78fcfdad1578ea40503d54b0cadba03e12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f1e6ca437a1097786af1865c1fa38113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd5623386c118c8fe5492e1070a884e14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015972cd381e2f6c37e8e4aaf5a1ddf215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18511fd2fe5a5766295d6d0f01fe07316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62cec3ccaff9e0dd0b366e8aa79c600f17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a38729f8fdab526e175258444827a26818.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45e2a80b445ece916182493906ea5b1319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e88da4629fa99a1b3c46c3761bdac120.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53823a7c7d1653678be6931b52e1e40e21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a936d44691f8e88be0558bc5803651222.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e6414daa64f471f9c058a97950a0e623.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b70ff94badfbab84f50ba571463705524.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a5dcce44fea81bc6bf23c9f048eaf2825.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11308ff52fa00feba5723e7ae125e4626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e91929c929ce77eeba64d1546da01a727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5610dfc13f86a6878528176c96c927c228.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ee580ef9087fb787a0a1937510983429.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271f00050e812805557a7a1ccac6f79030.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b74013639a748e19eba318f2007c78731.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232ff586fcb198b5c8aee152799870932.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fe43875787d09cfcb43aa83eb9f48b33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9e7b3ae53e991e81ce197d37f6198834.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SWF-MB-0005" descr="Sala sensoryczna - Morska Przygoda"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>