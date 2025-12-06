--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>WIZ-STO-MB-0006 Stołówka Colores</t>
   </si>
   <si>
-    <t>z dnia 2025-10-20 19:39:55</t>
+    <t>z dnia 2025-12-06 08:57:28</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096613</t>
   </si>
   <si>
     <t>Regał Flexi 9 na plecaki i tornistry</t>
   </si>
@@ -223,51 +223,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741d8751195dff6047c058853e06845e1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50eb6533b10f29eefa8e85d5cab59f002.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abdec796dadd5451651fbade47ab68e73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3d6609c3fd18fec45326a70c69b4784.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d3b2c76962f56d4556a21f3533008865.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0bf7a3bf3e0802f5776db0424dac9666.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2af2a2cfbd4400291c72ec7a70c65b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ffe3a0ce6390de8b1f60386ca978bbd8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6deb9f8d370939bce30186a798dcb501.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/601960166688bf4f06aac2d62e84ac372.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a910ed5b3d802d1a9f9af161c42801c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7bc1d8b92163fff516dd46160161a504.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc9760554a8a72c11a1c2fc1b3b478f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135355c5325f02c39813ecd69e81bc1d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b12053cab09ee54b85fbac03e208f767.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e5fb9e4a9a4c2a2d5e2abca6a9b3038.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-STO-MB-0006" descr="Stołówka Colores"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>