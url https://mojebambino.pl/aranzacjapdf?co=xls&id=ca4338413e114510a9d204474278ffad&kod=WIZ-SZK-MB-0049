--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -14,94 +14,95 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0049 Sala relaksacyjna i wolnego czasu </t>
   </si>
   <si>
-    <t>z dnia 2025-11-10 23:42:53</t>
+    <t>z dnia 2026-01-02 05:35:04</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5175</t>
   </si>
   <si>
     <t>Tablica suchościeralno-magnetyczna obrotowo-jezdna 170x100 z akcesoriami</t>
   </si>
   <si>
     <t xml:space="preserve">•  146204 Tablica suchościeralno-magnetyczna obrotowo-jezdna powierzchnia ceramiczna 170 x 100 cm, 1 szt. • Tablica biała suchościeralna o powierzchni magnetycznej ceramicznej, obracana o 360 stopni względem osi poziomej. Konstrukcja aluminiowa, na podstawie jezdnej (kółka z blokadą). Istnieje możliwość zablokowania tablicy w dowolnej pozycji przy użyciu pokrętła bocznego w kolorze grafitowym. Półka na całej szerokości. W zestawie elementy mocujące. 
 • 146113 Zestaw startowy do tablic suchościeralnych, 1 szt. • Zestaw do tablic suchościeralno-magnetycznych. W komplecie: • 4 markery • holder magnetyczny do markerów • płyn czyszczący o poj. 200 ml • wycierak magnetyczny • wymienne wkładki filcowe do wycieraka 10 szt. • magnesy o wym. 10 x 20 mm 10 szt.
 </t>
   </si>
   <si>
     <t>056120</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - szary</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>834109</t>
   </si>
   <si>
     <t>Hoker z oparciem</t>
   </si>
   <si>
     <t>Hoker na płozach o lekkiej, ale wytrzymałej konstrukcji. Siedzisko i oparcie wykonane ze sklejki laminowanej, stelaż metalowy malowany proszkowo wyposażony w ślizgi zapobiegające zarysowywaniu podłogi. • wym. 50 x 53 x 101,5 cm • wym. siedziska 39 x 38 cm • wys. siedziska 75,5 cm</t>
   </si>
   <si>
     <t>ZEST5327</t>
   </si>
   <si>
     <t>Grande - zestaw 17</t>
   </si>
   <si>
     <t>Meble wykonane płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu oraz białym.Skład zestawu: • 096914 Regał Grande L z żaluzją - klon jasny, 1 szt.• 096900 Regał Grande L - klon jasny, 3 szt.• 096878K Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - szare, 3 pary• wym. 328 x 39,80 x 117,40 cm• długość zestawu: 3,28 m</t>
   </si>
   <si>
     <t>101477</t>
   </si>
   <si>
     <t>Fotel rogowy Inflamea 1 - jasnoszary</t>
   </si>
@@ -135,96 +136,87 @@
   <si>
     <t xml:space="preserve">Wygodne fotele o nowoczesnym kształcie, w wielu kolorach do wyboru. Metalowe okrągłe nóżki umożliwiają poziomowanie mebla. Siedziska i oparcia są pokryte wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wys. siedziska 41 cm • gł. siedziska 52 cm • wym. 123 x 70 x 80 cm </t>
   </si>
   <si>
     <t>098476</t>
   </si>
   <si>
     <t>Kanapa Verba 2-osobowa ze stolikiem - turkusowa</t>
   </si>
   <si>
     <t>Elegancka i nowoczesna kanapa dwuoosobowa pokryta miękką  tkaniną tapicerską trudnopalną. Drewniana konstrukcja zapewnia stabilność, a wysokie oparcia wygodę.  Doskonale sprawdzi się na korytarzu, w czytelni czy kąciku wypoczynkowym. • wym. 164 x 68 x 89 cm • wys. siedziska 45 cm • gł. siedziska 50 cm Dostępna również bez stolika w wariancie 2-  i 3-osobowych (098472-098474 i 098478-098480, sprzedawane osobno).</t>
   </si>
   <si>
     <t>834153</t>
   </si>
   <si>
     <t xml:space="preserve">Stolik mały wysoki antracyt 65x50x74 </t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 65 x 50 x 74 cm</t>
   </si>
   <si>
     <t>098492K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - ciemnoturkusowe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – ciemnoturkusowe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>096900</t>
   </si>
   <si>
-    <t>Regał Grande L - klon jasny</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Krzesło o nowoczesnym kształcie, wykonane z polipropylenu. Sztaplowane (max. 4 szt.). Nie posiada certyfikatu. • wym. 46 x 53 x 83  cm • wys. siedziska 46 cm   </t>
+    <t>Regał Grande L – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>092955</t>
   </si>
   <si>
     <t>Niski stół kawowy Expo śr. 80 cm - klon 375</t>
   </si>
   <si>
     <t>Stoły na metalowej konstrukcji w kolorze aluminium, którą tworzy rama i nogi wyposażone w stopkę regulacyjną. Stopka umożliwia idealne wypoziomowanie mebla - regulacja w zakresie do 25 mm. Blaty stołów wykonane z płyty laminowanej o gr. 25 mm (biały i klon 375) oraz gr. 18 mm (klon jasny), wykończonej obrzeżem o gr. 2 mm. • śr. 80 cm• wys. 50 cm• śr. 80 cm• wym. 50 cm</t>
   </si>
   <si>
     <t>096914</t>
   </si>
   <si>
     <t>Regał Grande L z żaluzją - klon jasny</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w półki i żaluzję z zamkiem.• wym. 82 x 38 x 117,4 cm</t>
   </si>
   <si>
     <t>834155</t>
   </si>
   <si>
-    <t>Stolik duży wysoki antracyt 130x50x110</t>
+    <t>Stolik duży wysoki antracyt 130 x 50 x 110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -305,51 +297,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df99d35e729e739f839f2f3bb7ccb63e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7742159e52ebbd2b7fa4bd606c29982.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983d8f243ed9dc169741abdaf6724b4b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a863bed55a00024787134b0cfec63f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5aa6ddc7f7a155a2e8dbb95d38b8ecd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95259660939e6f11be4b6a84ea6330516.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d870a296fdb514e6a503d75e4a12f1d77.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0e420206c96d5e965072dd524981308.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c11143494035549ea70c8ecd03f2c1f49.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a75986aac84d3a517ad411691c42e58c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e3eb6943b3cb50989591d68424e4bf11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20c7a92613ef5d32d916ef47061d95cc12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920f992e6f1df838e0c5814be35f919813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8e887f423ab7265168561d0326a9df14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e30c249b25a7d4a4f622e1c0c528a915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6761ee938cae6b64096b37cbc27ccd716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6f3b0f67fb973db3c063b2dfb301bc17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5356355ce1241458786d9432a7631a21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5dee9ddb08bcb4a2848b4c622a7bc1c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7364f63eab070930792ad61ecdf14f973.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c58136d3fbddd6c7793020274f65e89b4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9117f1bd177d9e672d3fb4641fbf485.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea580f9dcdbfd7a1c4333479817dd156.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ea2be4b3b099e700809de2ea7811787.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a6807d52e22d6dad4d144fd406f9fe8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9313c2a1ad2148da809adbac3998e39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd2a482569c002ae80d7da1832f10e9d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a4c9b108ba2f3272feb82326ce60cdd11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22879e2241d10856a5f891c768eb42de12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f5e3757f08d8de7820ac4e03bdd5c6d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48af8246f3b27504f7bd7438a7f60f0114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da005749fea22f9cf639514fe5e5c3ef15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06ca73ab85cadf0d2e5cb0f9a810ac116.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0049" descr="Sala relaksacyjna i wolnego czasu "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -710,147 +702,117 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="564007" descr="564007"/>
+        <xdr:cNvPr id="14" name="092955" descr="092955"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="092955" descr="092955"/>
+        <xdr:cNvPr id="15" name="096914" descr="096914"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="096914" descr="096914"/>
+        <xdr:cNvPr id="16" name="834155" descr="834155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1117,54 +1079,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G23"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F23" sqref="F23:G23"/>
+      <selection activeCell="F22" sqref="F22:G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1449,128 +1411,107 @@
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
         <v>3</v>
       </c>
       <c r="F17" s="10">
         <v>599.9</v>
       </c>
       <c r="G17" s="11">
         <v>1799.7</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="F18" s="10">
-        <v>219.9</v>
+        <v>459.9</v>
       </c>
       <c r="G18" s="11">
-        <v>4398.0</v>
+        <v>1379.7</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>459.9</v>
+        <v>1699.9</v>
       </c>
       <c r="G19" s="11">
-        <v>1379.7</v>
+        <v>1699.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="8">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F20" s="10">
-        <v>1699.9</v>
+        <v>1399.9</v>
       </c>
       <c r="G20" s="11">
-        <v>1699.9</v>
-[...4 lines deleted...]
-      <c r="B21" s="8" t="s">
+        <v>5599.6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="F22" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C21" s="9" t="s">
-[...20 lines deleted...]
-        <v>64509.5</v>
+      <c r="G22" s="12">
+        <v>60111.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 