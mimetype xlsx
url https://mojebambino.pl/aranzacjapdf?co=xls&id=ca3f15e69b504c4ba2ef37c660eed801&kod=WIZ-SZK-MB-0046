--- v0 (2025-11-03)
+++ v1 (2026-01-09)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>WIZ-SZK-MB-0046 STEAM LAB - Strefa A (Art) - Sztuka</t>
   </si>
   <si>
-    <t>z dnia 2025-11-03 22:07:27</t>
+    <t>z dnia 2026-01-09 19:39:24</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>126567</t>
   </si>
   <si>
     <t>Schody proste do podestu narożnego 096615</t>
   </si>
@@ -79,75 +79,76 @@
   <si>
     <t>Mobilne stoły na stabilnym, spawanym stelażu wykonanym z okrągłego profilu o gr. 32 mm. Blaty wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego lub białej, z zaokrąglonymi narożnikami. Wyposażone w 2 kółka w hamulcami. • wym. blatu 50 x 70 x 70 x 72,8 cm • wys. stołu 76 cm</t>
   </si>
   <si>
     <t>096615</t>
   </si>
   <si>
     <t>Podest narożny ze schodami</t>
   </si>
   <si>
     <t>Trójpoziomowe podesty ze schodami. Wykonane ze sklejki o gr. 18 mm, pokryty trwałą wykładziną. • gł. całkowita 75 cm • gł. stopnia 25 cm • stopnie na wys. 20/15/15 cm • kompatybilny z podestem 126567 (sprzedawany osobno) • wym. 175 x 175 x 50,5 cm  • wym. wewnętrzne: 100 x 100 cm • Kształt L • Ze względu na różną wysokość, podestów ze schodami nie można łączyć ze schodami szkolnymi 098470, 098720. • wym. 175 x 175 x 50,5 cm</t>
   </si>
   <si>
     <t>098151W</t>
   </si>
   <si>
     <t>Stół Lektor mobilny lewy - biały</t>
   </si>
   <si>
     <t>098966</t>
   </si>
   <si>
     <t>Stojak mobilny na poduszki podwójny</t>
   </si>
   <si>
-    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Mobilny stojak wykonany z lakierowanej sklejki o grubości 18 mm. Stojak pomieści maksymalnie 30 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno).  • wym. 84 x 46 x 55 cm</t>
+    <t>Stojak wykonany z lakierowanej sklejki o grubości 18 mm, mobilny, na okrągłe poduszki do siedzenia o średnicy do 35 cm.Mobilny stojak wykonany z lakierowanej sklejki o grubości 18 mm. Stojak pomieści maksymalnie 30 poduszek (109094-109095, 101255, 101738, 101860–101864, 101874, 109048–109055, sprzedawane osobno). 
+• wym. 84 x 46 x 55 cm</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>318018</t>
   </si>
   <si>
     <t>Krzesło Genito, wys. 38-48 cm - czarne</t>
   </si>
   <si>
     <t>Funkcjonalne i wygodne krzesło o niepowtarzalnym designie, wytrzymałe, nadaje się do instytucji, szkół, pomieszczeń biurowych i produkcyjnych.Wyposażone w kółka, z regulacją wysokości. Siedzisko wykonane ze sztucznej skóry w różnych kolorach. • maksymalne obciążenie 80 kg • wys. siedziska: 30 - 38 cm lub 38 - 48 cm</t>
   </si>
   <si>
     <t>821106</t>
   </si>
   <si>
-    <t>Knowla Box - aktywna ściana /podłoga</t>
+    <t>Knowla Box – aktywna ściana /podłoga</t>
   </si>
   <si>
     <t xml:space="preserve">
 Knowla Box to mobilne, multimedialne, interaktywne urządzenie, będące sercem edukacyjnej rozrywki Knowla. Wyposażone w najwyższej jakości ultra krótkoogniskowy, laserowy projektor Epson 760Wi (spełniający wymagania dyrektywy RoHS 2011/65/EU) umożliwia wyświetlanie wielkoformatowego obrazu na ścianie, jak i na podłodze - nawet w jasnych pomieszczeniach!
 Jako jedna z nielicznych firm na świecie, z dumą możemy oznaczać nasze produkty symbolem "Powered by Epson". To gwarancja najwyższej jakości, która przekłada się na niezrównaną czystość obrazu i pełne bezpieczeństwo użytkowania.
 Knowla Box posiada także wbudowany komputer z systemem Windows 11 oraz portami HDMI i USB. Zapewnia urozmaicone rodzaje interakcji z doświadczeniami cyfrowymi: uderzanie piłeczkami, pisanie pisakami, a także obsługę za pomocą klawiatury z touchpadem. Dodatkowo, za pomocą Knowla Remote, możemy obsługiwać urządzenie zdalnie.
 NOWOŚĆ!
 Aplikacja Knowla Remote umożliwia zdalne sterowanie urządzeniami Knowla (takimi jak Knowla Box czy Knowla Wall) z poziomu komputera, tabletu lub smartfona.
 Użytkownik może nie tylko zarządzać treściami na odległość, ale także udostępniać ekran komputera na urządzeniach Knowla oraz nawiązywać połączenia audio-wideo. Rozwiązanie doskonale wpisuje się w model nauczania hybrydowego i zdalnego, zapewniając ciągłość edukacji niezależnie od miejsca prowadzenia zajęć. Aplikacja Knowla Remote jest do pobrania na stronie knowla.eu oraz w Sklepie Play oraz Apple Store.
 Dzięki aplikacji nauczyciel może:
 	prowadzić lekcje zdalne lub hybrydowe z wykorzystaniem Knowla Box lub Knowla Wall,
 	mieć podgląd na aktywność uczniów i kontrolować przebieg zajęć z dowolnego miejsca,
 	wygodnie przełączać zadania i zarządzać przebiegiem zabawy,
 	błyskawicznie prezentować własne materiały, filmy czy prezentacje – bez logowania się na urządzeniu czy podłączania kabli,
 	transmitować na duży ekran obraz z kamery telefonu, np. w celu pokazania szczegółów eksperymentu lub pracy manualnej.
 Knowla Remote to intuicyjne rozwiązanie zwiększające elastyczność prowadzenia zajęć, wspiera nowoczesne metody nauczania i oszczędza czas nauczyciela.
 Knowla Box ma dostosowania do Specjalnych Potrzeb Edukacyjnych: przesuwanie pola obrazu, ściszanie dźwięku, dostosowywanie tempa poruszania się obiektów, zmiana koloru tła, głosowe komendy oraz głosowa informacja zwrotna, włączanie/wyłączanie efektów świetlnych.
 Mobilne, edukacyjne urządzenie multimedialne Knowla Box zostało stworzone do obsługi pakietów aplikacji Edukacyjny Wszechświat Knowla (planet tematycznych), ale może też służyć jako samodzielne centrum multimedialnej edukacji i rozrywki. Dzięki wbudowanemu komputerowi z systemem Windows 11 oraz portami HDMI i USB, można korzystać z internetu, odtwarzać filmy, prezentacje czy wykorzystać go do grupowej zabawy, np. karaoke. W tym samym czasie może korzystać nawet do 10-15 osób!
 Edukacyjny Wszechświat Knowla tworzy 16 różnych planet tematycznych. Są to osobne pakiety aplikacji - każda z nich odpowiada na inne potrzeby edukacyjne lub terapeutyczne dzieci w wieku przedszkolnym i wczesnoszkolnym (przedział wiekowy 3-10+ lat).
 Wyróżniamy w nim:
 	pakiet EDU (edukacyjno-rozwojowy; 7 planet),
 	pakiet SPE (korekcyjno-kompensacyjny, inkluzywny; 4 planety),
 	pakiet LING (nauka języków obcych; 5 planet).
 W zestawie z urządzeniem otrzymujemy pakiety startowe: Planetę Fruu z 250 aktywnościami edukacyjno-rozwojowymi dla dzieci w wieku przedszkolnym i wczesnoszkolnym, a także planetę EduMini (95 aktywności) pokazującą przekrój możliwości, interakcji całego Edukacyjnego Wszechświata.
 Planeta Fruu to mix 250 interaktywnych aktywności z najróżniejszych obszarów rozwojowych: aktywności logiczne, sportowe, zręcznościowe oraz edukacyjne. Także te, które z powodzeniem wykorzystać można podczas zajęć rewalidacyjnych i korekcyjno-kompensacyjnych, pracując z dziećmi z zaburzeniami przetwarzania zmysłowego, koncentracji, komunikacji i procesów uczenia się. Aktywności podzielone są na 4 kategorie: logiczne, sportowe, zręcznościowe oraz edukacyjne. Preferowana forma korzystania z nich to piłeczki, jednak można wykorzystywać w nich również pisaki. Dostępne są do zabawy zarówno dla jednej, jak i kilkunastu osób. Kilka z aktywności posiada podział na ilość rywalizujących osób, pojawiający się przed rozpoczęciem rozgrywki (np. Kręgle, Dart, Piłka nożna). W zależności od sposobu animacji mogą to być rozgrywki współpracujące bądź rywalizujące.
@@ -162,51 +163,51 @@
 	Dostosowane do pracy indywidualnej i grupowej.
 	NOWOŚĆ! Większa powierzchnia interakcji: obraz od 85 do 150 cali z interakcją pisakami i piłeczkami.
 	Wspiera rozwój kompetencji XXI wieku.
 Zestaw Knowla Box zawiera:
 	W pełni złożone urządzenie gotowe do uruchomienia. Wymiary urządzenia: 36,8 cm × 39,7 cm × 58,3 cm. Wymiary wyświetlanego obrazu: od 88" (189 × 118 cm) do nawet 156" (336 × 210 cm) przy zachowaniu ostrości oraz wszystkich interakcji (klawiatura z touchpadem, piłeczki, interaktywne pisaki – producent projektora Epson zapewnia interakcję pisakami do 100").
 	Wysokiej klasy projektor ultra krótkoogniskowy, laserowy Epson EB-760Wi o jasności 4100 lumenów. Żywotność w trybie Eco to 30 000 godzin, a w trybie wysokim to 20 000 godzin. Gwarancja na projektor to 60 miesięcy lub 12 000 godzin.
 	Wbudowany komputer (z łącznością Wi-Fi i systemem Windows).
 	Zewnętrzny port HDMI oraz port USB umożliwiający podłączanie urządzeń typu pendrive.
 	Pakiet startowy: planeta Fruu (250 aktywności) oraz planeta EduMini (95 aktywności).
 	40 piłeczek.
 	Pudełko na piłeczki.
 	Klawiaturę bezprzewodową z touchpadem.
 	2 interaktywne pisaki.
 	Kabel zasilający.
 	Pilot Epson.
 W przypadku użytkowania Knowla Box na podłodze, gdzie jest dywan lub wykładzina - zachęcamy do zakupu Knowla Mat (821115). Mata do Knowla Box, która pełni funkcję ekranu projekcyjnego. Lekka, zwijana i niegniotąca. Mocna i trwała tkanina poliestrowa powlekana PVC. Tworzy gładką, jednolitą powierzchnię do wyświetlania obrazu z projektora.
 Urządzenie (w szczególności projektor) spełnia wymagania DYREKTYWY PARLAMENTU EUROPEJSKIEGO I RADY 2011/65/UE z dnia 8 czerwca 2011 r. w sprawie ograniczenia stosowania niektórych niebezpiecznych substancji w sprzęcie elektrycznym i elektronicznym.
 Materiały dla nauczyciela:
 Każda planeta zawiera INSTRUKCJĘ, w której znajdują się:
 	szczegółowe opisy poszczególnych aplikacji,
 	odniesienia do podstawy programowej,
 	przykładowe scenariusze zajęć, ułatwiające korzystanie z materiałów.
 Na urządzeniu Knowla Box zainstalowane są dwie startowe, darmowe planety:
 	Planeta Fruu – mix aplikacji edukacyjnych oraz gier rozrywkowych; 250 aktywności,
 	Planeta EduMini – przekrojowe pokazanie możliwości całego Edukacyjnego Wszechświata; 95 aktywności.
-</t>
+Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101862</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. ciemnoszare</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -290,51 +291,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c08628f13d0c26ea2c04e86229a087b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8794cd7d850914629070403159a056a22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc1190dd998c0ca2037bb54ce4a62ad83.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620cb31448267d332d0cc88270fc2f254.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e86fa80a863da3aa25f86e09ee00005.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/675d6bcfdd0ab928e6f228d93987f8046.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e1922aa898f1a7ac940de32614d5ca7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7577508c05e14dbb8f910b780b736a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11908a19245c5ab82a116f8e4c94670e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edff06a7ce0c8a4a1e4995f0f3616b310.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442fb37bab756160e877a1cbe238a2981.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c103bd90f26a4a5f63d8dd7a27e7a1b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37193b520c4f13547f5dd0354320d9d83.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8525debce6d03c238945c3b8ef0115344.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166c86867fa3d0db2ab28f63902377a15.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7230ec6ee94bc76ad54ee29ba01b04706.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04253f6288fd2ed0b4dc65efb6c9099b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc87fccb65c9b3020b7d63795d5537828.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de79b0ced497cbd863ff335d49489519.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97db57ec585a7e3bd168cf7b52df4c4210.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2019300" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0046" descr="STEAM LAB - Strefa A (Art) - Sztuka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>