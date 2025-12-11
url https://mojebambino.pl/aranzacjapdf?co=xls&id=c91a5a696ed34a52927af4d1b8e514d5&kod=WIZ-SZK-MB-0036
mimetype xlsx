--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-SZK-MB-0036 Zielona Pracownia 3</t>
   </si>
   <si>
-    <t>z dnia 2025-10-24 06:03:08</t>
+    <t>z dnia 2025-12-11 21:29:26</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>048219</t>
   </si>
   <si>
     <t>Krzesło obrotowe Goliat czarne</t>
   </si>
@@ -128,87 +128,87 @@
   <si>
     <t>256090</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany podczas przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>D094332-03</t>
   </si>
   <si>
     <t>Szafa wysoka dwudrzwiowa - biała</t>
   </si>
   <si>
     <t>Szafa 2-drzwiowa wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375, buku lub białej. Wyposażona w 4 półki i zamek z kluczem. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>585109</t>
   </si>
   <si>
     <t>Tablica interaktywna insGraf 81 (4:3)</t>
   </si>
   <si>
-    <t xml:space="preserve">Tablice interaktywne insGraf posiadają 10 punktów dotyku, co pozwala na jednoczesną i komfortową pracę 4 użytkowników, z założeniem, że każdy z nich może wykonywać dowolną operację na tablicy - w tym oczywiście obsługę multigestów (m.in. zoomowania, rotacji, a także przewijania). Posiadają również boczne paski skrótów co pozwala na szybkie uruchamianie najczęściej używanych funkcji. Urządzenie działa w standardzie Plug&amp;Play, pozwalając na użytkowanie zaraz po podłączeniu do komputera oraz projektora.   Łatwa obsługa (palcami bądź wskaźnikiem), doskonała precyzja, jednokrotna kalibracja oraz możliwość użytkowania tablicy jako tradycyjnej tablicy suchościeralnej to główne cechy pozwalające na prowadzenie zajęć w sposób interesujący i dynamiczny. Dołączone interaktywne oprogramowanie zapewnia dziesiątki przydatnych narzędzi dydaktycznych. Przekątna: 81,3 cali Przekątna obszaru interaktywnego: 73,8 cali Technologia: IR - pozycjonowania w podczerwieni (dotykowa) Format: 4:3 Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna Precyzja: </t>
+    <t>Tablice interaktywne insGraf posiadają 10 punktów dotyku, co pozwala na jednoczesną i komfortową pracę 4 użytkowników, z założeniem, że każdy z nich może wykonywać dowolną operację na tablicy – w tym oczywiście obsługę multigestów (m.in. zoomowania, rotacji, a także przewijania). Posiadają również boczne paski skrótów, co pozwala na szybkie uruchamianie najczęściej używanych funkcji. Urządzenie działa w standardzie Plug&amp;Play, pozwalając na użytkowanie zaraz po podłączeniu do komputera oraz projektora. Łatwa obsługa (palcami bądź wskaźnikiem), doskonała precyzja, jednokrotna kalibracja oraz możliwość użytkowania tablicy jako tradycyjnej tablicy suchościeralnej, to główne cechy pozwalające na prowadzenie zajęć w sposób interesujący i dynamiczny. Dołączone interaktywne oprogramowanie zapewnia dziesiątki przydatnych narzędzi dydaktycznych.Przekątna: 81,3&amp;apos;&amp;apos;Przekątna obszaru interaktywnego: 73,8&amp;apos;&amp;apos;Technologia: IR – pozycjonowania w podczerwieni (dotykowa)Format: 4:3Powierzchnia: nanopolimerowa, magnetyczna, suchościeralnaPrecyzja: &lt; 2 mmTempo śledzenia sygnału: 180 pkt/sRozdzielczość: 32768×32768pWymagany system operacyjny: WindowsXP/Vista/7/8/10/11, Mac, LinuxWyposażenie: półka na pisaki, kabel USB, 3 pisaki, gąbka, wskaźnik, oprogramowanie do pobrania na www.mojebambino.pl, zestaw montażowyWymiar całkowity: 1694 x 1181 mmWaga: 17 kgDo tablicy pasują projektory: 047081, 047058, 047060 (sprzedawane osobno).Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092731</t>
   </si>
   <si>
     <t>Biurko Vigo z zaokrąglonymi narożnikami, z 2 szafkami i szufladą klon 375</t>
   </si>
   <si>
     <t>Biurka Vigo wykonane z płyty laminowanej o gr. 18 mm w tonacji buku lub klonu 375, wykończone obrzeżem o gr. 2 mm. Wyposażone w 2 szafki i szufladę, zamykane na zamek. • wym. 130 x 60 x 76 cm• wym. 60 cm x 130 cm x 76 cm</t>
   </si>
   <si>
     <t>048205</t>
   </si>
   <si>
     <t>Krzesło obrotowe I-Line szare</t>
   </si>
   <si>
     <t>• Wyjątkowo szerokie oparcie i siedzisko zapewniające komfort siedzenia.• Siedzisko i oparcie tapicerowane tkaniną polipropylenową.• Regulowane podłokietniki (góra – dół).• Nowoczesna nylonowa podstawa.• Samohamowne kółka do powierzchni miękkich.  • Mechanizm  ERGON 2L – funkcje:- kąt pochylenia oparcia +20° do - 3°   - blokada oparcia w wybranej pozycji- regulacja wysokości oparcia za pomocą śruby- regulacja wysokości siedziska za pomocą podnośnika pneumatycznego</t>
   </si>
   <si>
     <t>B9040-06-08-SP-2EHP05-PD-P</t>
   </si>
   <si>
     <t>Stół IN-C 130x50 rozm. 6, 2os., stelaż aluminium, blat HPL klon, obrzeże drewniane, narożniki proste</t>
   </si>
   <si>
     <t>Stoły IN-C występują w dwóch rozmiarach blatów:  1-osobowym (70 x 50 cm) i 2-osobowym (130 x 50 cm). Stoły nie mają regulacji wysokości i są dostępne w rozmiarach od 3 do 6.Niezależnie od rozmiaru blaty dostępne są w dwóch wersjach płyty: - laminowanej o gr. 18 mm, w 5 odcieniach do wyboru: buk, klon, brzoza, biały i szary. Można dobrać do nich obrzeże ABS o gr. 2 mm lub wytrzymałe i trwałe obrzeże PU (dostępne odcienie: buk, klon, brzoza) o gr. 4 mm; - o gr. 25 mm, pokryty trwałym laminatem HPL, w 4 odcieniach do wyboru: buk, klon, biały i szary. Można dobrać do nich drewniane obrzeże, przyklejone do płyty lub wybrać opcję bez dodatkowego obrzeża.  Narożniki w obu przypadkach mogą być proste lub zaokrąglone, natomiast przy blacie ze sklejki zawsze są zaokrąglone na całej powierzchni i lakierowane. Niezależnie od rodzaju blatu, stelaż występuje w 6 wersjach kolorystycznych: czerwony, niebieski, zielony, żółty, czarny i aluminiowy. Stoły są wyposażone w haczyki na tornister i plastikowe zatyczki chroniące podłogę przed zarysowaniem oraz w jasnoszarą blendę.</t>
   </si>
   <si>
     <t>096192-03</t>
   </si>
   <si>
     <t>Szafa Expo z witryną 2 biała</t>
   </si>
   <si>
-    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm</t>
+    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm• wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -286,51 +286,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8740e1fe62e6b05265e6c1d6ddd39f11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de20f921cacf380da761b8fc8d5147802.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/967e9e47ee82fb87d5faf6ff5a085db53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3000c39f9d418cae8188f57c1036a1a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050a13ec59a4eb65f5968027e4f5fdf25.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61ece2e812e6a70540227a6710d8cb406.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce437ddb52b2dca93a6010a33eb7b497.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f3d8f08cbfc14755dadf82ca0397cee8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd57f14fee9d408936a3a45232e8d4d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f162a3faf79311c11a8bb3eadaec47f910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6a10f39e2bb7842584b1363aea2bff11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95cd7f3aac4c9b4e4966319c33dd890912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c115b5ad689a5c208dd6283d6a5b5d0013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c52e3fb3d62b529679740b5ed6539514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4292418fed904b4262a5ca04215b7fa615.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/176e355596dc31e1b119c4049abb45d41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf30cd836daa4266839139d3648ec3662.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eaccaac08c5740723f94b23b0e9d9763.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd3feca2df6ad3034faf5e0f55804ba4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f5ad7b6a75a4538109b69743f4cc075.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c39cd4415e2ccd3e20df8dd3e4ccbee6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc30b40d166cd4893d3417225d52eab7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e423a73c01dfa0713b3139236c9f0e458.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf129a2622f871eeb1c32b308b0635829.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d318c3035453c815656ff202b83cd2910.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929f72bf62cca4a009bca42a542d0a4911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980610c65ae6b04345a3105fb824d43312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270426cdce83296fb3c4bd8de7ad7fe113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba9ed101fe13c85821f62ee24e0bbb814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e397435a0d222d7454d167058ec8ec15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0036" descr="Zielona Pracownia 3"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>