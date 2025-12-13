--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -20,434 +20,459 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>WIZ-SZK-FL-0003 Świetlica Flexi</t>
   </si>
   <si>
-    <t>z dnia 2025-10-26 21:37:10</t>
+    <t>z dnia 2025-12-13 19:59:03</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>056126</t>
   </si>
   <si>
     <t>Dywan okrągły trzykolorowy, śr. 2 m</t>
   </si>
   <si>
     <t>Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092374</t>
   </si>
   <si>
     <t>Biblioteczka Flexi na kółkach</t>
   </si>
   <si>
     <t>Mobilna biblioteczka uzupełniająca kolekcję Flexi. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wym. przegrody górnej 27 x 21 x 9 cm • wym. przegrody dolnej 29 x 21 x 27,5 cm • wym. boczne:  60 x 3,5 x 27,5 cm• wym. 60,1 x 60,1 x 78 cm</t>
   </si>
   <si>
     <t>SET5186</t>
   </si>
   <si>
     <t>Zestaw Flexi 96</t>
   </si>
   <si>
-    <t>• wym. 104 x 48 x 105,5 cmMeble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy z obrzeżem ABS multiplex, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej. Zestaw zawiera: • 092341 - Szafka Flexi L na pojemniki na cokole - 3 kolumny, 1 szt. • wym. 104 x 48 x 105,5 cm• 372026 - Pojemnik płytki 1 - transparentny, 30 szt.  Dostarczane z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • transparentneDekoracje nie wchodzą w skład zestawu. • wym. 104,2 x 48 x 105,7 cm</t>
+    <t>• wym. 104 x 48 x 105,5 cm
+Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy z obrzeżem ABS multiplex, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej. Zestaw zawiera: 
+• 092341 - Szafka Flexi L na pojemniki na cokole - 3 kolumny, 1 szt. • wym. 104 x 48 x 105,5 cm
+• 372026 - Pojemnik płytki 1 - transparentny, 30 szt.  Dostarczane z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • transparentne
+Dekoracje nie wchodzą w skład zestawu. • wym. 104,20 x 48 x 105,70 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>046046</t>
   </si>
   <si>
     <t>Pufa narożna - żółta wys. 35 cm</t>
   </si>
   <si>
     <t>• wys. siedziska 35 cm • wym. 60 x 60 x 35 cm</t>
   </si>
   <si>
     <t>092992</t>
   </si>
   <si>
     <t>Ławeczka Flexi do szatni 5 os. wąska wys. 35 cm żółta</t>
   </si>
   <si>
     <t>Ławeczki do szatni dla 5 dzieci, na stabilnym, metalowym stelażu, z półeczką na buty. Siedzisko wykonane ze sklejki o grubości 19 mm, z kolorowym laminatem HPL. Można uzupełniać je półką 092984. • wys. siedziska 35 cm• wym. 40 x 100 x 35 cm</t>
   </si>
   <si>
     <t>092750</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - szkolny - bukowy</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 58-76 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80.00 x 80.00 x 76.00 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 58-76 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 76 cm</t>
   </si>
   <si>
     <t>SET5115</t>
   </si>
   <si>
     <t>Zestaw Flexi 35</t>
   </si>
   <si>
     <t>• wym. 140,4 x 48 x 87,1 cm
 Meble wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, uzupełnione detalami wykonanymi z kolorowej płyty laminowanej.
 • 100349 - Szafka M na pojemniki Gratnells na nóżkach, 1 szt. • wym. 70,2 x 48 x 48,4 cm
 • 100350 - Szafka D na pojemniki Gratnells na nóżkach, 1 szt. • wym. 70,2 x 48 x 87,1 cm
 • 372010 - Pojemnik płytki - czerwony, 6 szt. Pojemniki z wytrzymałego tworzywa sztucznego. Dostarczane z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • kolor czerwony
 • 372014 - Pojemnik głęboki - czerwony, 6 szt. Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 15 cm • kolor czerwony
 • 372018 - Pojemnik duży - czerwony, 2 szt. Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • kolor czerwony
 Dekoracje nie wchodzą w skład zestawów.
-• wym. 140,4 x 48 x 87,1 cm• długość zestawu: 1,404 m</t>
+• wym. 140,40 x 48 x 87,10 cm• długość zestawu: 1,40 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092459</t>
   </si>
   <si>
     <t>Taboret Flexi żółty rozm. 3</t>
   </si>
   <si>
     <t>Siedzisko taboretu wykonane ze sklejki o grubości 19 mm, pokrytej kolorowym laminatem HPL. Nogi wykonane z rury okrągłej o śr. 30 mm. Do wyboru 4 kolory i 6 rozmiarów. • śr. siedziska 30 cm• wym. 44 x 44 x 35 cm</t>
   </si>
   <si>
     <t>372025</t>
   </si>
   <si>
     <t>Pojemnik Jumbo 4 - transparentny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. Kółka do pojemnika (372048) można dokupić osobno. • wym. 31,2 x 42,7 x 30 cm • 1 szt.</t>
   </si>
   <si>
     <t>372005</t>
   </si>
   <si>
     <t xml:space="preserve">Pojemnik duży 3 - transparentny </t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 22,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>842527</t>
   </si>
   <si>
     <t>Panele Ecophon Solo Square białe 120 x 120 cm, 4 szt., mocowane na linkach</t>
   </si>
   <si>
     <t>Wolnowiszące panele stosowane w pomieszczeniach, gdzie montaż sufitu od ściany do ściany nie jest możliwy lub gdy potrzebna jest szybka adaptacja akustyczna. Sprawdza się także, gdy zależy nam na zachowaniu pierwotnej wysokości pomieszczenia lub gdy stosowane są stropy TABS (Thermally Activated Building System). Bogata kolorystyka i kilka systemów zawiesi dają szerokie możliwości projektowe. Dostępne są dwie opcje montażu: przy użyciu wieszaków cięgnowych lub linek. Rdzeń płyty wykonany jest z wełny szklanej 3. generacji o wysokiej gęstości. Płyta jest pokryta po obu stronach Akutex FT, która w połączeniu z wełną szklaną daje optymalne właściwości pochłaniania dźwięku. Płyty są materiałem niepalnym wg badań i klasyfikacji EN ISO 1182 (Standard: EN 13501-1, Klasa: A2-s1,d0). Krawędzie są prosto przycięte i malowane na kolor powłoki. Linki mocujące mają dł. 2 m, ale długość można zmniejszać regulując ją za pomocą karabińczyków. • gr. 4 cm  • wym. 120 x 120 cm • 4 szt.</t>
   </si>
   <si>
     <t>096643</t>
   </si>
   <si>
     <t>Blat Flexi pięciokątny mały - niebieski</t>
   </si>
   <si>
-    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).# kolor niebieski # dł. boków: 5 x 79 cm • wym. 127,2 x 121,6 cm</t>
+    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).• kolor niebieski • dł. boków: 5 x 79 cm • wym. 127,20 x 121,60 cm</t>
   </si>
   <si>
     <t>092818</t>
   </si>
   <si>
     <t>Nadstawka Flexi do szafek z pojemnikami D, szer. 70 cm</t>
   </si>
   <si>
     <t>Nadstawki w 3 rozmiarach pozwalają zwiększyć powierzchnię użytkową szafek i dopasować je do indywidualnych potrzeb.  Nadstawki należy zamocować do ściany. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. Uwaga: Na  górnych półkach nie można umieszczać plastikowych pojemników.• wym. 70,2 x 48 x 79,1 cm</t>
   </si>
   <si>
+    <t>046030</t>
+  </si>
+  <si>
+    <t>Kanapa rogowa z oparciem - zielona wys. 35 cm</t>
+  </si>
+  <si>
+    <t>Estetycznie wykonane siedziska, pokryte miękką i miłą w dotyku tkaniną tapicerską, o wymiarach dostosowanych do dziecięcego wzrostu. Drewniana konstrukcja zapewnia stabilność oraz wygodę małym użytkownikom. Siedziska ustawione są na metalowych nóżkach. Doskonale nadają się do kącików zabaw, wypoczynku i kącików bibliotecznych. • wys. siedziska 35 cm • wym. 60 x 60 x 55 cm</t>
+  </si>
+  <si>
     <t>092751</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - szkolny - żółty</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 58-76 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 80 x 80 x 58-76 cm</t>
-[...1 lines deleted...]
-  <si>
     <t>092752</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - szkolny - niebieski</t>
   </si>
   <si>
     <t>096631</t>
   </si>
   <si>
-    <t>Szafka plastyczna na kółkach - brzoza</t>
-[...2 lines deleted...]
-    <t>Mobilna szafka plastyczna z wieloma przegrodami, dwa z czterech kółek wyposażone zostały w hamulce. Dwie dolne półki umożliwiają przechowywanie papierów formatu A2 i mniejszych (wym. 75,8 x 60 cm, wys. 15,8 i 9,6 cm). Powyżej po lewej 2 półki o wym. 46,5 x 60 x 12,5 cm, z regulacją wysokości. Po prawej przestrzeń dzielona przegrodą w środku szafki: z frontu 3 schowki o wym. 27 x 35,2 x 7,5 cm, z tyłu 2 schowki o wym. 27 x 21 x 12,5 cm. Wykonana z płyty w tonacji brzozy lub klonu. • blat z regulowanymi przegrodami o wys. 6,8 cm • stała podłużna przegroda dzieli blat na część frontową o wym. 75,8 x 35,6 cm oraz tylną o wym. 75,8 x 17 cm • w części frontowej stojak na pędzle z 5 otworami o śr. 2 cm, 12 otworami o śr. 1 cm• wym. 79,6 x 59,6 x 75,5 cm</t>
+    <t>Szafka plastyczna na kółkach – brzoza</t>
+  </si>
+  <si>
+    <t>Mobilna szafka plastyczna z wieloma przegrodami, dwa z czterech kółek wyposażone są w hamulce. Dwie dolne półki umożliwiają przechowywanie papierów formatu A2 i mniejszych (wym. 75,8 x 60 cm, wys. 15,8 i 9,6 cm). Powyżej po lewej 2 półki o wym. 46,5 x 60 x 12,5 cm, z regulacją wysokości. Po prawej przestrzeń dzielona przegrodą w środku szafki: z frontu 3 schowki o wym. 27 x 35,2 x 7,5 cm, z tyłu 2 schowki o wym. 27 x 21 x 12,5 cm. Wykonana z płyty w tonacji brzozy lub klonu. • blat z regulowanymi przegrodami o wys. 6,8 cm • stała podłużna przegroda dzieli blat na część frontową o wym. 75,8 x 35,6 cm oraz tylną o wym. 75,8 x 17 cm • w części frontowej stojak na pędzle z 5 otworami o śr. 2 cm, 12 otworami o śr. 1 cm• wym. 79,60 x 59,60 x 75,50 cm</t>
   </si>
   <si>
     <t>101716</t>
   </si>
   <si>
     <t>Poduszki kwadratowe 2 szt. motyw trójkątów</t>
   </si>
   <si>
     <t>Poduszki ze zdejmowanym materiałowym pokrowcem zapinanym na suwak  • temperatura prania pokrowca: 30 °C • pokrowiec: 100% poliester (Nord) • wypełnienie poduszek: granulat silikonowy • wym. 40 x 40 x 15 cm  • 2 szt.</t>
   </si>
   <si>
-    <t>046050</t>
-[...2 lines deleted...]
-    <t>Kanapa rogowa z oparciem - zielona wys. 25 cm</t>
+    <t>030100</t>
+  </si>
+  <si>
+    <t>Sztaluga trójnożna</t>
+  </si>
+  <si>
+    <t>Praktyczna, funkcjonalna i solidna sztaluga trójnożna wykonana z najwyższej klasy litego drewna bukowego. Półka dolna oraz górny chwyt posiadają płynną regulację, dzięki zastosowaniu motylków. Umożliwiają swobodną regulację wysokości podobrazia lub obrazu z ramą oraz zapewniają pewne i stabilne ich trzymanie. Regulacja trzeciej nogi umożliwia zmianę kąta także dostosowanie wysokości do osób malujących różnego wzrostu. Sztalugę tę bardzo łatwo można złożyć co jest praktyczne przy przechowywaniu po złożeniu nie zajmuje dużo miejsca. • wys. 177 cm • szerokość podstawy 60 cm • szerokość półki 55 cm • maksymalna wysokość ramy/obrazu w sztaludze 132 cm • minimalna odległość półki dolnej od podłoża ok. 44 cm</t>
+  </si>
+  <si>
+    <t>092512</t>
+  </si>
+  <si>
+    <t>Szatnia półka Flexi 4</t>
+  </si>
+  <si>
+    <t>Półka z przegródkami wykonana z płyty laminowanej w tonacji brzozy, o grubości 18 mm, z obrzeżem ABS. Wieszaki na ubrania (092530-092533, 255100-255102) sprzedawane osobno. • wym. 120 x 22 x 24 cm</t>
+  </si>
+  <si>
+    <t>096659</t>
+  </si>
+  <si>
+    <t>Komplet nóg regulowanych do blatów Flexi pięciokątnych rozm. 58-64</t>
+  </si>
+  <si>
+    <t>Śruby do zamontowania nóg w zestawie. • wykonane z litego drewna • regulacja wysokości poprzez mocowane dokrętki • 5 szt. • możliwe wysokości stołu: 58 i 64 cm • śr. 5,30 cm</t>
+  </si>
+  <si>
+    <t>100349</t>
+  </si>
+  <si>
+    <t>Szafka Flexi M na plastikowe pojemniki na nóżkach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372006, 372010-372026, 372034-372041 i 372050-372073, 372076-372085, sprzedawane osobno).Prowadnice są dołączane do pojemników.• wym. 70,2 x 48 x 48,4 cm</t>
+  </si>
+  <si>
+    <t>100350</t>
+  </si>
+  <si>
+    <t>Szafka Flexi D na plastikowe pojemniki na nóżkach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex. Szafki należy uzupełnić plastikowymi pojemnikami (372005-372006, 372010-372026, 372034-372041 i 372050-372073, 372076-372085, sprzedawane osobno).Prowadnice są dołączane do pojemników.• wym. 70,2 x 48 x 87,1 cm</t>
+  </si>
+  <si>
+    <t>092827</t>
+  </si>
+  <si>
+    <t>Drzwiczki do nadstawki Flexi M 092817 - brzozowe</t>
+  </si>
+  <si>
+    <t>Drzwiczki dostępne w 8 kolorach. Uchwyt sprzedawany w komplecie. Zawiasy umożliwiające otwieranie szafki pod kątem 180 stopni. Wykonane z kolorowej płyty laminowanej o gr. 18 mm. • 1 para• wym. 32,6 x 36,2 cm</t>
+  </si>
+  <si>
+    <t>046056</t>
+  </si>
+  <si>
+    <t>Kanapa mała - żółta wys. 25 cm</t>
   </si>
   <si>
     <t>• wys. siedziska 25 cm • wym. 50 x 50 x 45 cm</t>
   </si>
   <si>
-    <t>030100</t>
-[...58 lines deleted...]
-  <si>
     <t>405008</t>
   </si>
   <si>
     <t>Nakładki dzianinowe do krzeseł - szare,  4 szt., 20-27 mm</t>
   </si>
   <si>
     <t xml:space="preserve">Dzięki nakładkom dzianinowym krzesła gładko przesuwają się po podłodze, co zmniejsza poziom hałasu, podłogi nie są porysowane i nie powstają na nich uporczywe zabrudzenia od gumowych końcówek na nogach krzeseł. Wewnątrz nakładek znajduje się gumowa powłoka, która sprawia, że pozostają one bezpiecznie na swoim miejscu. To szwedzki produkt przeznaczony do krzeseł z nogami z rur stalowych. Nakładki redukują poziom hałasu nawet o 18 dB w porównaniu do stanu oryginalnego, podczas gdy redukcja hałasu o zaledwie 8-10 dB jest odczuwana jako jego zmniejszenie o 50%. Skład materiałowy: materiał syntetyczny z domieszką wełny na zewnątrz, gumowa powłoka wewnątrz. Przeznaczone do podłóg z wyczuwalnymi łączeniami, takich jak płytki ceramiczne, posadzki kamienne, teksturowane podłogi laminowane. • rozmiar 16-22 mm pasuje do krzeseł: Bambino, Colores, P (rozmiary 1-4), Bingo, Beta, Wing, Cafe • rozmiar 20-27 mm pasuje do krzeseł: D, P (rozmiar 3-6), S, Colores (rozmiar 5-6), Tipi, Styl, Next, Amigo, Intrata </t>
   </si>
   <si>
     <t>092817</t>
   </si>
   <si>
     <t>Nadstawka Flexi do szafek z pojemnikami M, szer. 70 cm</t>
   </si>
   <si>
     <t>Nadstawki w 3 rozmiarach pozwalają zwiększyć powierzchnię użytkową szafek i dopasować je do indywidualnych potrzeb.  Nadstawki należy zamocować do ściany. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. Można do nich zamontować drzwiczki w odpowiednich rozmiarach, dostępne w 8 kolorach. Uwaga: Na  górnych półkach nie można umieszczać plastikowych pojemników.• wym. 70,2 x 48 x 40,4 cm</t>
   </si>
   <si>
     <t>096642</t>
   </si>
   <si>
     <t>Blat Flexi pięciokątny duży - żółty</t>
   </si>
   <si>
-    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).# kolor żółty # dł. boków: 2 x 78 cm, 117 cm, 63 cm, 115 cm• wym. 157,6 x 123,7 cm</t>
+    <t>Blaty o gr. 25 mm wykonane ze sklejki pokrytej kolorowym laminatem HPL, o zaokrąglonych krawędziach i rogach. HPL to tworzywo termoutwardzalne, odporne na zarysowania oraz uderzenia, posiadające wysoką odporność na czynniki chemiczne oraz wysoką temperaturę. Pięciokątny kształt stołu oferuje wiele interesujących zastosowań. Stoły można ze sobą zestawiać na różne sposoby, gdyż do każdego można wybrać różne zestawy okrągłych nóg, sprzedawanych osobno, po 5 sztuk. Dostępne są 2 zestawy nóg o regulowanej wysokości: od 40 do 58 cm (096658) lub od 58 do 64 cm (096659). Ponadto, można stworzyć mobilne stoły, uzupełniając blaty zestawami 3 zwykłych nóg oraz 2 wyposażonych w kółka z hamulcem, w 7 różnych wysokościach (096651-096657).• kolor żółty • dł. boków: 2 x 78 cm, 117 cm, 63 cm, 115 cm• wym. 157,60 x 123,70 cm</t>
   </si>
   <si>
     <t>096845</t>
   </si>
   <si>
-    <t>Biurko Flexi lewostronne - białe</t>
-[...2 lines deleted...]
-    <t>Wyposażone w szafkę i szufladę - obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy oraz białej, z obrzeżem ABS multiplex. • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125,5 x 70 x 76 cm• wym. 125 x 67 x 76 cm</t>
+    <t>Biurko Flexi lewostronne – białe</t>
+  </si>
+  <si>
+    <t>Wyposażone w szafkę i szufladę – obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm w tonacji brzozy oraz białej, wykończone obrzeżem ABS multiplex. • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125,5 x 70 x 76 cm• wym. 125 x 70 x 76 cm</t>
   </si>
   <si>
     <t>SET6263</t>
   </si>
   <si>
     <t>Zestaw Flexi 111</t>
   </si>
   <si>
-    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.100350 Szafka D na plastikowe pojemniki na nóżkach 2 szt.092819  Nadstawka do szafek z pojemnikami XL 1 szt.092843 Drzwiczki do nadstawki XL 092819 - brzozowe 1 szt.372026 Pojemnik płytki 1 - transparentny 2 szt.372005 Pojemnik duży 3 - transparentny 2 szt.372025 Pojemnik Jumbo 4 - transparentny 4 szt.372022 Pojemnik Jumbo 4 - czerwony 2 szt.• wym. 140,4 x 48 x 203 cm• wym. 140.40 x 48.00 x 203.00 cm• długość zestawu: 1.40 m</t>
+    <t>Zaprojektowane z myślą o optymalnym wykorzystaniu przestrzeni, usprawniają codzienne funkcjonowanie.100350 Szafka D na plastikowe pojemniki na nóżkach 2 szt.092819  Nadstawka do szafek z pojemnikami XL 1 szt.092843 Drzwiczki do nadstawki XL 092819 - brzozowe 1 szt.372026 Pojemnik płytki 1 - transparentny 2 szt.372005 Pojemnik duży 3 - transparentny 2 szt.372025 Pojemnik Jumbo 4 - transparentny 4 szt.372022 Pojemnik Jumbo 4 - czerwony 2 szt.• wym. 140,4 x 48 x 203 cm• wym. 140,40 x 48 x 203 cm• długość zestawu: 1,40 mSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>SET5095N</t>
   </si>
   <si>
     <t>Mobilny kącik Flexi 16 z szarą zasłonką</t>
   </si>
   <si>
-    <t>Mobilne szafki z nadstawkami służącymi do zabawy w górnej części, i miejscem do przechowywania na półce pod blatem. Można szybko przesunąć je w dowolne miejsce, a wszystkie akcesoria potrzebne do zabawy mieć zawsze pod ręką. Doskonale sprawdzają się również jako ścianki działowe – można nimi błyskawicznie wyznaczyć strefy zabawy. Zestaw składa się z szafki mobilnej i nadstawki. Nadstawki są wymienne. Dzięki temu wyposażenie pokoju można dostosować do zmieniających się potrzeb dzieci (należy pamiętać, że częsta wymiana blatów może prowadzić do szybszego zużycia materiału).Kółka wyposażone w hamulce. Meble wykonane z płyty laminowanej w tonacji brzozy, o gr. 18 mm.• 099150 Mobilna szafka M z półką do kącików, zamknięta, 1 szt.• 099152N Nadstawka do szafek mobilnych Flexi – teatrzyk, 1 szt.• wym. 89,1 x 41,5 x 121,6 cm</t>
+    <t>Mobilne szafki z nadstawkami służącymi do zabawy w górnej części, i miejscem do przechowywania na półce pod blatem. Można szybko przesunąć je w dowolne miejsce, a wszystkie akcesoria potrzebne do zabawy mieć zawsze pod ręką. Doskonale sprawdzają się również jako ścianki działowe – można nimi błyskawicznie wyznaczyć strefy zabawy. Zestaw składa się z szafki mobilnej i nadstawki. Nadstawki są wymienne. Dzięki temu wyposażenie pokoju można dostosować do zmieniających się potrzeb dzieci (należy pamiętać, że częsta wymiana blatów może prowadzić do szybszego zużycia materiału).
+Kółka wyposażone w hamulce. Meble wykonane z płyty laminowanej w tonacji brzozy, o gr. 18 mm.• 099150 Mobilna szafka M z półką do kącików, zamknięta, 1 szt.• 099152N Nadstawka do szafek mobilnych Flexi – teatrzyk, 1 szt.• wym. 89,10 x 41,50 x 121,40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>133145</t>
   </si>
   <si>
     <t>Suszarka plastyczna</t>
   </si>
   <si>
     <t>Funkcjonalny mebel do suszenia prac plastycznych. Stelaż na kółkach wykonany z płyty wiórowej ułatwia przemieszczanie. Suszarka pomieści 25 prac formatu A3 lub 50 A4. • wym. 43 x 45 x 113,5 cm</t>
   </si>
   <si>
     <t>036030</t>
   </si>
   <si>
     <t>Tablica wisząca</t>
   </si>
   <si>
-    <t>Tablica do pisania kredą, z ramką wykonaną ze sklejki. • różne kolory, sprzedawane losowo • wym. 76 x 58 cm• od 3 do 104 miesięcy</t>
+    <t>Tablica do pisania kredą, z ramką wykonaną ze sklejki. • różne kolory, sprzedawane losowo • wym. 76 x 58 cm• od 3 lat</t>
   </si>
   <si>
     <t>092862</t>
   </si>
   <si>
     <t>Krzesło Flexi szare rozm. 4</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 32 mm. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Dostępne rozmiary: 1-7.  Wym. siedziska 34 x 28 cm (rozmiar 1-3), 40 x 35 cm (rozmiar 4), 46 x 42 cm (rozmiar 5-7).• wym. 40 x 35 cm</t>
   </si>
   <si>
     <t>100318</t>
   </si>
   <si>
     <t>Szafka Flexi D z szerokimi półkami na cokole, brzoza</t>
   </si>
   <si>
     <t>Szafka z praktycznymi, szerokimi półkami, na których można przechowywać np. duże formaty papierów. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex o gr. 2 mm. • wysokość cokołu: 8 cm• wym. 89,1 x 60 x 87,1 cm</t>
   </si>
   <si>
     <t>372026</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - transparentny</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>099163</t>
   </si>
   <si>
     <t>Mobilna szafka Flexi z półką do kącików, półotwarta</t>
   </si>
   <si>
-    <t>Szafka może być ustawiana w dowolnym miejscu sali dzięki kółkom. Różne nadstawki (099151-099159, 099177, 092338, 096113, 095989, sprzedawane osobno) sprawią, że każdego dnia będą innym kącikiem zabaw. Wykonana z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex. Dolna półka przedzielona jest przegrodą. • wym. 89,1 x 41,5 x 61,4 cm</t>
+    <t>Szafka może być ustawiana w dowolnym miejscu sali dzięki kółkom. Różne nadstawki (099151-099159, 099177, 092338, 096113, 095989, sprzedawane osobno) sprawią, że każdego dnia będą innym kącikiem zabaw. Wykonana z płyty laminowanej o gr. 18 mm w tonacji brzozy, wykończona obrzeżem ABS multiplex. Dolna półka przedzielona jest przegrodą. • wym. 89,10 x 41,50 x 61,40 cm</t>
   </si>
   <si>
     <t>372022</t>
   </si>
   <si>
     <t>Pojemnik Jumbo 4 - czerwony</t>
   </si>
   <si>
     <t>092753</t>
   </si>
   <si>
     <t>Stół Flexi kwadratowy 80 x 80 cm - szkolny - zielony</t>
   </si>
   <si>
     <t>821068</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 EDU Szkoła</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach". 1. Możliwość podłączenia do internetu: - kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia, - radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami, Dostęp do internetu pozwala m.in. na: - zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry), - zdalne wykonanie prac konserwacyjnych i serwisowych, - zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw. 2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznych systemu nagłaśniającego głośników przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia. Dane techniczne: • sterowanie za pomocą pilota • wyposażony w czujniki ruchu 5. generacji • wbudowany projektor szerokokątny • wbudowany komputer z procesorem Intel • uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu) • nadaje się do jasnych, gładkich powierzchni • złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła - funkcja projektora • rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m • pobór energii maks. 375 W • waga 9,5 kg • wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie – ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach".
+1. Możliwość podłączenia do internetu:
+- kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,
+- radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,
+Dostęp do internetu pozwala m.in. na:
+- zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),
+- zdalne wykonanie prac konserwacyjnych i serwisowych,
+- zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.
+2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.
+Dane techniczne:
+• sterowanie za pomocą pilota
+• wyposażony w czujniki ruchu 5. generacji
+• wbudowany projektor szerokokątny
+• wbudowany komputer z procesorem Intel
+• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu)
+• nadaje się do jasnych, gładkich powierzchni
+• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora
+• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m
+• pobór energii maks. 375 W
+• waga 9,5 kg
+• wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 58 aplikacji - 10 z pakietu "Start" oraz 48 aplikacji z pakietu "EDU Quizy". Zestaw ten dedykowany jest dla uczniów klas 4-8 szkoły podstawowej. Pakiet obejmuje quizy z matematyki, przyrody, języka polskiego, historii, muzyki, plastyki, fizyki, chemii, biologii, geografii oraz języka angielskiego. Zakres merytoryczny jest zgodny z wymaganiami aktualnie obowiązującej podstawy programowej. Interaktywna podłoga to pomoc dydaktyczna łącząca multimedia z aktywnością ruchową, zabawą a przede wszystkim nauką.Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -525,51 +550,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684b5b3da780aad4b5fc7b05465291ed1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6d3cb10686d8413c090e55177552c3a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08fb0d710de4444ad8a509f9bfa25f553.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d2e3e7504e300e3ff236e48fdf53e34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6d33b04b9737b41ef7f9732220e6cb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5e5ea59ffc1f6149465ac98ce334e46.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b380071cf64449485e2a3ca2b6a668517.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588cae3055c02e08c1c024fb08e6fbac8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502856953fdc4e27d3a0c358aa1e413e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18253cbf60cc889a32bfe3f96827f53a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23bfd7db099a15504b2119317f6191911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76c688b3e97afaafd54a37941adf48d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa450b2e575e26f7ee09337efea82fa13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1df3ac0571fcb3c9342b521b02d63c9214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1695b81544187c0937789421cb28155915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c75b94108af739458dcb21b7b3e720c16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c50e73d7fbaf630f2ed0e26331948fb17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e5c1fff59311fca3652bd269b4ef8918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490e7e22fcd4f196339cf580da57ba0919.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ccf545d2b66068e756f8c3a8d048e320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c98eb0aed62ceeb938e377b689319621.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e39393bb8d1a8d0511702426b1c4ba322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c62b6184f5569f4291e537755ce0f3c23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b5605e7c76dd53632bc4b75c547d7d24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de00db3af923f928c20e46ebb59315525.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd2838a28ea48467b6f0c301fc1ed6e26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba425059912e949a4026b483e5dcdab27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e14936eddf4c822ca07b6c46d00e37d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5724008ca35923d4dc61ed12c7a1631129.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6faa75e172e937b32b1d74f4e206902c30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d18b1f51ef363e6067db7c705fca67fe31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e01d59a4bce252d2633034a84afb3c9c32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae5c72a846fe871a416084761a5304533.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e7e3d44d99106f88ccde9f7fffab2634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d461fd402e6a10897494a3207b28f335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2416c06038da6c2f1d5c303e6de19c9e36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e76c54376a61524cb048eed5f8023037.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c2984454bfa7c6a9bd18eadfe5f42038.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab097161a9146473087885a6048eb16e39.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867882deeab34f658d552f9e6d0b8b1c40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2fa35e482b50f167eebb186c6880e6f41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893b35fe870c7e736c30478e6227aa8142.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2fdf8e49c94ed9e3d201cfa1d469821.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd8750585a6f0325429229c9b4367532.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865a39b6bf0951bafdb307b3fe0c85313.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a0d91fd068da82264010b90c4fc5114.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/879e3239fc3355c5258e37fe54a244fb5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43d48fe369aa77feca7354c1521dc1c6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b922f23c40b8d578c1c7e0813a4ff17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2561b9332b9ad29e6f0080f351a75f8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/068f0b89ab9458c5968f9774ddd9251d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2e4bbbf260578e04a31c9456ae56d110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3e4c3a97bc68fc7a942e565d3b8a1d11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5475b1567b37fa2f35a24d5d1c14ef312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d036e9a6a3f110ea5be98e69694a5b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e6b3debaa1b2c3926917a1f90a99e714.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b77dc3c2ce71d13925640bf5c6265b915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c21601cb5cd22c3b0944762676269916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114e4f3732c3d1497650aa04d41a5e2117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15a95095e3122ee940ecd4b8f7cc78c18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860f1a40c3718e89b1476aea03d3176e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b8f921b85703a6c085c3710b88391520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d1dec349e2c7ff34fb9353f644cb2f721.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde49e3042a49ec86d48df46a695ca122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6bc7cef7f7ba015581b79aa0b6a77a523.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16a1f4f4f8b841b2f1506d79ba76531024.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3b73aa11676e3a341559092058908625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/689b5313f6e530e9add871d26879287826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3611cafe2837267e02209201a4e5505627.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e612d803c79f6c50c0353709de872528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f733baa2d08d4a9653aaf62e82034af629.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ef17bec71e2ba085cccaeef0f48e5b30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c087ca20ddfaa813abbef36365229ac331.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d5cbeb9edce520216432000b2009a632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ea5cfe075e7d973917a16b95df750f33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d9441414cef261f8e652520ae3f92f34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f552196d30fa49b4dfdce3123d40c15e35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8323cbe2e9fa048c7e6e0feff2ed1d8636.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc103d86a0a394e7c5cc460f8d1dbcc737.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661fb98cba090d78ffcd7e448721a19338.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54982af71a03f20b36199372ab0469c439.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256f2db2eab70bccc15b4f293d26fcdb40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f29ccc4af3e5b54cac8429459cd0c1a41.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6058b6d71ad77e323adee1269fe70dff42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4010025" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-FL-0003" descr="Świetlica Flexi"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -960,171 +985,171 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="092751" descr="092751"/>
+        <xdr:cNvPr id="15" name="046030" descr="046030"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="092752" descr="092752"/>
+        <xdr:cNvPr id="16" name="092751" descr="092751"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="096631" descr="096631"/>
+        <xdr:cNvPr id="17" name="092752" descr="092752"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="101716" descr="101716"/>
+        <xdr:cNvPr id="18" name="096631" descr="096631"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="046050" descr="046050"/>
+        <xdr:cNvPr id="19" name="101716" descr="101716"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -2443,276 +2468,276 @@
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
         <v>399.9</v>
       </c>
       <c r="G18" s="11">
         <v>399.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>1199.9</v>
+        <v>1299.9</v>
       </c>
       <c r="G19" s="11">
-        <v>1199.9</v>
+        <v>1299.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
         <v>1199.9</v>
       </c>
       <c r="G20" s="11">
         <v>1199.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>1299.9</v>
+        <v>1199.9</v>
       </c>
       <c r="G21" s="11">
-        <v>1299.9</v>
+        <v>1199.9</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="80">
       <c r="A22" s="7"/>
       <c r="B22" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E22" s="8">
         <v>1</v>
       </c>
       <c r="F22" s="10">
-        <v>139.9</v>
+        <v>1299.9</v>
       </c>
       <c r="G22" s="11">
-        <v>139.9</v>
+        <v>1299.9</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="80">
       <c r="A23" s="7"/>
       <c r="B23" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="D23" s="9" t="s">
         <v>59</v>
       </c>
-      <c r="D23" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F23" s="10">
-        <v>1299.9</v>
+        <v>139.9</v>
       </c>
       <c r="G23" s="11">
-        <v>2599.8</v>
+        <v>139.9</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="80">
       <c r="A24" s="7"/>
       <c r="B24" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E24" s="8">
         <v>2</v>
       </c>
       <c r="F24" s="10">
         <v>109.9</v>
       </c>
       <c r="G24" s="11">
         <v>219.8</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="80">
       <c r="A25" s="7"/>
       <c r="B25" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="C25" s="9" t="s">
+      <c r="D25" s="9" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E25" s="8">
         <v>1</v>
       </c>
       <c r="F25" s="10">
         <v>329.9</v>
       </c>
       <c r="G25" s="11">
         <v>329.9</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="80">
       <c r="A26" s="7"/>
       <c r="B26" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E26" s="8">
         <v>2</v>
       </c>
       <c r="F26" s="10">
         <v>479.9</v>
       </c>
       <c r="G26" s="11">
         <v>959.8</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="80">
       <c r="A27" s="7"/>
       <c r="B27" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>70</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="D27" s="9" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E27" s="8">
         <v>1</v>
       </c>
       <c r="F27" s="10">
         <v>539.9</v>
       </c>
       <c r="G27" s="11">
         <v>539.9</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="80">
       <c r="A28" s="7"/>
       <c r="B28" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E28" s="8">
         <v>2</v>
       </c>
       <c r="F28" s="10">
         <v>649.9</v>
       </c>
       <c r="G28" s="11">
         <v>1299.8</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="80">
       <c r="A29" s="7"/>
       <c r="B29" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E29" s="8">
         <v>1</v>
       </c>
       <c r="F29" s="10">
         <v>329.9</v>
       </c>
       <c r="G29" s="11">
         <v>329.9</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="80">
       <c r="A30" s="7"/>
       <c r="B30" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>79</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E30" s="8">
         <v>2</v>
       </c>
       <c r="F30" s="10">
         <v>999.9</v>
       </c>
       <c r="G30" s="11">
         <v>1999.8</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="80">
       <c r="A31" s="7"/>
       <c r="B31" s="8" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>82</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="8">
         <v>6</v>
       </c>
@@ -2983,89 +3008,89 @@
       <c r="C44" s="9" t="s">
         <v>121</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E44" s="8">
         <v>2</v>
       </c>
       <c r="F44" s="10">
         <v>102.9</v>
       </c>
       <c r="G44" s="11">
         <v>205.8</v>
       </c>
     </row>
     <row r="45" spans="1:7" customHeight="1" ht="80">
       <c r="A45" s="7"/>
       <c r="B45" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C45" s="9" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="E45" s="8">
         <v>1</v>
       </c>
       <c r="F45" s="10">
         <v>1199.9</v>
       </c>
       <c r="G45" s="11">
         <v>1199.9</v>
       </c>
     </row>
     <row r="46" spans="1:7" customHeight="1" ht="80">
       <c r="A46" s="7"/>
       <c r="B46" s="8" t="s">
         <v>124</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>125</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>126</v>
       </c>
       <c r="E46" s="8">
         <v>1</v>
       </c>
       <c r="F46" s="10">
         <v>15499.9</v>
       </c>
       <c r="G46" s="11">
         <v>15499.9</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="F48" s="4" t="s">
         <v>127</v>
       </c>
       <c r="G48" s="12">
-        <v>69181.2</v>
+        <v>67881.3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 