--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>WIZ-SZK-MB-0054 Kącik wyciszenia</t>
   </si>
   <si>
-    <t>z dnia 2025-10-20 07:00:42</t>
+    <t>z dnia 2025-12-21 07:18:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>098474</t>
   </si>
   <si>
     <t>Kanapa Verba 2-osobowa - szara</t>
   </si>
@@ -204,51 +204,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f845bca598f0de4eba2ee8fc3d153a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/670e7a6b8db05a26eb45976ef97c71082.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60da20c717675d2f2e2fd63ba0291ebf3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3529c19c095e9476ebf6a5dc6b81979e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f260f1e4dbf3102995aa7ab45b57ca705.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb76e84dd7014a1d578931e2383da2a96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b0baab867b20c0fe1427e27b0d6df7e1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7968aa88246c00b8cdccc819236d1f72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16793348a11144eaacc79732e51b9d13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d09af3f80446e49c28ddb04c4ced024.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26ea48a98ae8fa977fb0587e58d4fbe5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f7dc0a3ab67bc993efcd7d577d67ed6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0054" descr="Kącik wyciszenia"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>