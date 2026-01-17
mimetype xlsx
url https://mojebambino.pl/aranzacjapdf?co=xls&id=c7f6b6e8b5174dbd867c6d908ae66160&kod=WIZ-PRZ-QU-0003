--- v0 (2025-10-02)
+++ v1 (2026-01-17)
@@ -20,273 +20,280 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-PRZ-QU-0003 Sala przedszkolna Quadro z Kącikiem małego alpinisty</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 01:19:15</t>
+    <t>z dnia 2026-01-17 13:28:04</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wys. siedziska 28 cm • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40,5 cm• od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
+• waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>101740</t>
   </si>
   <si>
     <t>Mata Owieczka</t>
   </si>
   <si>
     <t>Maty z pianki o gr. 2 cm obszyte tkaniną Bardo (65% poliester, 35% bawełna). Idealne dla najmłodszych dzieci, stymulują zmysł wzroku dzięki wszytym lusterkom wykonanym z plexi. Dodatkowe elementy wypełnione puchem lub granulatem. • śr. 138 cmPokrowca nie można zdjąć. Do czyszczenia zalecamy wilgotną szmatkę z neutralnym mydłem lub w razie potrzeby środkiem do czyszczenia tapicerki.</t>
   </si>
   <si>
     <t>306065</t>
   </si>
   <si>
     <t>Lilie wodne</t>
   </si>
   <si>
-    <t>Solidne i estetycznie wykonane bazy z kładkami w dwóch kształtach. Ćwiczenia na kładkach rozwijają umiejętność równowagi, koordynację, zręczność i pewność siebie. Każda strona kładki ma inną fakturę, co stymuluje zmysł dotyku. Kładka z falą może służyć do budowania 2 rodzajów torów w zależności od sposobu jej ułożenia: wznoszącego się i opadającego, co służy do ćwiczeń chodzenia lub czworakowania w dół lub w górę. Układanie torów o różnym kształcie i z różną kombinacją wysokości pomaga dzieciom zrozumieć pojęcie przestrzeni oraz rozwija umiejętność planowania i rozwiązywania problemów. • 4 bazy o wym. 52 x 52 x 16,6 cm • 1 kładka prosta o wym. 115 x 26,6 x 6 cm • 1 kładka z falą o wym. 115 x 26,6 x 16,6 cm• od 2 miesiąca</t>
+    <t>Solidne i estetycznie wykonane bazy z kładkami w dwóch kształtach. Ćwiczenia na kładkach rozwijają umiejętność równowagi, koordynację, zręczność i pewność siebie. Każda strona kładki ma inną fakturę, co stymuluje zmysł dotyku. Kładka z falą może służyć do budowania 2 rodzajów torów w zależności od sposobu jej ułożenia: wznoszącego się i opadającego, co służy do ćwiczeń chodzenia lub czworakowania w dół lub w górę. Układanie torów o różnym kształcie i z różną kombinacją wysokości pomaga dzieciom zrozumieć pojęcie przestrzeni oraz rozwija umiejętność planowania i rozwiązywania problemów. • 4 bazy o wym. 52 x 52 x 16,6 cm • 1 kładka prosta o wym. 115 x 26,6 x 6 cm • 1 kładka z falą o wym. 115 x 26,6 x 16,6 cm• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>256011</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 3 żółte, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym został wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany w czasie przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 5 kolorów </t>
   </si>
   <si>
     <t>100708</t>
   </si>
   <si>
     <t>Kącik Lodziarnia</t>
   </si>
   <si>
     <t>Kącik o wyglądzie lodziarni, z wysuwaną półką. Wykonany z płyty w tonacji brzozy o gr. 18 mm. Daszek i kółka z płyty MDF o gr. 12 mm, półka z płyty MDF o gr. 18 mm. Słupki z lakierowanej sklejki o gr. 18 mm • wym. całości 120 x 47 x 143 cm • blat o wym. 71,5 x 44,5 cm na wys. 62,5 cm • 15,5 cm powyżej blatu półka z białej płyty • dł. wysuwanej półki: 35 cm • wysuwana półka na wys. 58,5 cm.</t>
   </si>
   <si>
     <t>095660</t>
   </si>
   <si>
-    <t>Quadro - szafka 1/8 koła S na nóżkach, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki idealnie nadają się do organizowania przestrzeni - pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 84,4 x 41,5 x 49,4 cm</t>
+    <t>Quadro – szafka 1/8 koła S na nóżkach, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki idealnie nadają się do organizowania przestrzeni – pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 84,40 x 41,50 x 49,40 cm</t>
   </si>
   <si>
     <t>B9011-02-08-LM30-P-SP-PA</t>
   </si>
   <si>
     <t>Stół Cichy prostokąt falisty 140x72, blat beżowy, narożniki proste, rozm. 2</t>
   </si>
   <si>
     <t>Blaty cichych stołów wykonane ze specjalnej mieszanki materiałów. Absorbują dźwięki spowodowane uderzającymi przedmiotami, wywoływany przez nie hałas jest stłumiony. Idealne do jadalni i sal zabaw. Występują w dwóch wersjach:1. Blaty o gr. 22 mm z płyty wiórowej pokrytej linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS (PA).2. Blaty Plus o gr. 26 mm z płyty wiórowej, dźwiękochłonnego korka i płyty HDF, pokryty linoleum i warstwą laminatu PP od spodu, z obrzeżem ABS (PA).Stoły występują w rozm. od 2 do 6 oraz w wersji z regulowaną wysokością 1–4 i 3–6. Stelaż metalowy z profilu 40 x 20 mm, nogi okrągłe metalowe (śr. 40 mm), w kolorze aluminium.Plastikowe stopki poziomujące z filcem. Umożliwiają precyzyjne poziomowanie stołu, niwelując tym samym krzywizny podłogi. Zawierają dodatkowo warstwę filcu zabezpieczającą podłogę przed zarysowaniami.Dostępne warianty nóg: nogi ze stopkami plastikowymi poziomującymi z filcem (SP) i nogi mieszane (SR – ze stopkami plastikowymi poziomującymi z filcem + na kółkach).Zgodne z normami PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • wym. blatu 140 x 72 cm</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096679</t>
   </si>
   <si>
     <t>Kącik Kawiarenka</t>
   </si>
   <si>
     <t xml:space="preserve">Kącik Kawiarenka daje wiele możliwości zabawy z odgrywaniem ról. Staranne wykonanie i ciekawe kolory sprawią, że będzie też estetyczną dekoracją sali. Daszek kącika wykonany z tkaniny. Drewniana rama. Elementy daszka oraz koła o śr. 53 cm wykonane z lakierowanej sklejki o gr. 18 mm. Blat wykonany z białej foliowanej płyty MDF o gr. 16 mm. Tabliczka z powierzchnią ścieralną o wym. 40 x 25 cm wykonana z czerwonej płyty MDF o gr. 12 mm.  • blat o wym. 118 x 48 cm na wys. 61,5 cm. </t>
   </si>
   <si>
     <t>092197</t>
   </si>
   <si>
     <t>Quadro - kącik zabaw z lustrem, klon jasny</t>
   </si>
   <si>
-    <t>Kącik zabaw składa się z niskiej szafki z lustrem, w którym dziecko może obserwować swoje odbicie lub otoczenie oraz miękkich materacy, na których może się bawić. Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, piankowe materace pokryte trwałą tkaniną PVC, łatwą do utrzymania w czystości. • wym. zielonego materaca z pluszowym kółkiem 78 x 78 x 8 cm • wym. dużych szarych materacy 78 x 36 x 14 cm  • wym. szarego materaca wewnątrz szafki 41 x 36 x 11 cm• wym. 116,8 x 41,5 x 49,4 cm</t>
+    <t>Kącik zabaw składa się z niskiej szafki z lustrem, w którym dziecko może obserwować swoje odbicie lub otoczenie oraz miękkich materacy, na których może się bawić. Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, piankowe materace pokryte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. zielonego materaca z pluszowym kółkiem 78 x 78 x 8 cm • wym. dużych szarych materacy 78 x 36 x 14 cm  • wym. szarego materaca wewnątrz szafki 41 x 36 x 11 cm• wym. 116,80 x 41,50 x 49,40 cm</t>
   </si>
   <si>
     <t>101155</t>
   </si>
   <si>
     <t>Gruszka mała żółta - MED</t>
   </si>
   <si>
     <t>821067</t>
   </si>
   <si>
     <t>Magiczny Dywan Kinebi 5.0 EDU Przedszkole</t>
   </si>
   <si>
-    <t>Interaktywna pomoc dydaktyczna dedykowana do ćwiczeń, gier i zabaw ruchowych. Zabawa i nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo- ruchową, spostrzegawczość i szybkość reakcji. Magiczny Dywan zawiera w sobie zintegrowany system czujników ruchu, projektor i komputer. Jego funkcjonalność umożliwia szerokie spektrum zastosowania w każdym pomieszczeniu, na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora tworzy "wirtualny, magiczny dywan", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wspaniałe przygody, począwszy od gier i zabaw ruchowych po edukację poznawczą ze wszystkich dziedzin wiedzy. Dziecko podczas zabawy ingeruje w jej tok za pomocą ruchów rękami lub nogami. Wymiary "wyświetlanego obszaru" to ok. 3,6 x 2,3 m (dla ok. 3 m wysokości podwieszonego urządzenia). Magiczny Dywan posiada teraz nowe, interaktywne menu. Może być obsługiwany przez nauczyciela na dwa sposoby: albo steruje on urządzeniem przy użyciu pilota (zasada działania jest taka sama, jak w przypadku pilota do TV), albo całkowicie interaktywnie - ruchami rąk i nóg. Osoby przyzwyczajone do pilota mogą wyłączyć interaktywność menu w "opcjach". 1. Możliwość podłączenia do internetu: - kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia, - radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami, Dostęp do internetu pozwala m.in. na: - zdalne wykonywanie upgradów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry), - zdalne wykonanie prac konserwacyjnych i serwisowych, - zdalne włączanie i wyłączanie urządzenia - funkcja ważna na placach zabaw. 2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznych systemu nagłaśniającego głośników przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia. Dane techniczne: • sterowanie za pomocą pilota • wyposażony w czujniki ruchu 5. generacji • wbudowany projektor szerokokątny • wbudowany komputer z procesorem Intel • uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu) • nadaje się do jasnych, gładkich powierzchni • złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła - funkcja projektora • rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m • pobór energii maks. 375 W • waga 9,5 kg • wymiary 30 x 21/26 x 32 cmW skład zestawu wchodzi 26 aplikacji - 10 z pakietu "Start" oraz 16 aplikacji z pakietu "Edu Przedszkole". Edu Przedszkole to pakiet interaktywnych zabaw, gier i sytuacji edukacyjnych wraz z obudową metodyczno–dydaktyczną, nakierowany na realizację 4 obszarów podstawy programowej wychowania przedszkolnego z wykorzystaniem "Magicznego Dywanu". Układ pakietu umożliwia tworzenie różnorodnych sytuacji edukacyjnych zarówno z dziećmi młodszymi (3-4-latkami), jak i z dziećmi starszymi (5-6-latkami), w tym m. in.: zajęć kierowanych i niekierowanych, zabaw swobodnych czy zajęć ruchowych. Wyróżniki pakietu: 1. Program wychowania przedszkolnego 2. Zestaw 16 interaktywnych zabaw/gier/sytuacji edukacyjnych do pracy z Magicznym Dywanem. 3. Scenariusze zajęć wspierające różne aktywności dziecka. 4. Obudowa dydaktyczna w formie Kart Pracy (wraz z Kartami Obserwacji Dziecka).Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
+    <t>Interaktywna pomoc dydaktyczna jest dedykowana do ćwiczeń, gier i zabaw ruchowych, a nauka z jej wykorzystaniem rozwija u dzieci dużą motorykę, koordynację wzrokowo-ruchową, spostrzegawczość oraz szybkość reakcji. Magiczny Dywan tworzy zintegrowany system obejmujący czujniki ruchu, projektor i komputer, przeznaczony do pracy w każdym pomieszczeniu na jasnym, jednolitym podłożu. Obraz wyświetlany ze specjalnie zaprojektowanego projektora buduje efekt wirtualnego "magicznego dywanu", na którym dzieci w wieku przedszkolnym i wczesnoszkolnym przeżywają wciągające przygody edukacyjne ze wszystkich dziedzin wiedzy. Podczas zabawy dziecko ingeruje w tok gry ruchami rąk lub nóg, ucząc się przez aktywność i doświadczenie. Wyświetlany obszar ma wymiary około 3,6 × 2,3 m przy podwieszeniu urządzenia na wysokości około 3 m. Nowe wydanie zostało wyposażone w interaktywne menu, które nauczyciel może obsługiwać pilotem lub całkowicie ruchowo, a w razie potrzeby interaktywność menu można wyłączyć w opcjach.1. Możliwość podłączenia do internetu:• kablowego poprzez gniazdo RJ-45 umieszczone w tylnej płycie urządzenia,• radiowego WiFi poprzez wbudowaną kartę WiFi wraz z antenami,○ Dostęp do internetu pozwala m.in. na:• zdalne wykonywanie upgrade&amp;apos;ów, w tym dogrywanie nowych gier (odpłatne abonamenty na nowe gry),• zdalne wykonanie prac konserwacyjnych i serwisowych,• zdalne włączanie i wyłączanie urządzenia – funkcja ważna na placach zabaw.2. Wbudowany system AUDIO stereo o mocy 2 x 20 W. Możliwość podłączenia zewnętrznego systemu nagłaśniającego przez dedykowany moduł audio, wpinany w gniazdo USB, umieszczone na tylnej płycie urządzenia.○ Dane techniczne:• sterowanie za pomocą pilota,• wyposażony w czujniki ruchu 5. generacji,• wbudowany projektor szerokokątny,• wbudowany komputer z procesorem Intel,• uchwyt sufitowy 120 mm, przedłużka regulowana co 25 mm w zakresie 300-645 mm (wartości mierzone od sufitu),• nadaje się do jasnych, gładkich powierzchni,• złącze HDMI umożliwiające wyświetlanie obrazu z zewnętrznego źródła – funkcja projektora,• rozmiar pola gry przy wysokości 3 m – około 3,6 x 2,3 m,• pobór energii maks. 375 W,• waga 9,5 kg,• wymiary 30 x 21/26 x 32 cm.W skład zestawu wchodzi 26 aplikacji – 10 z pakietu "Start" oraz 16 aplikacji z pakietu "Edu Przedszkole".
+Edu Przedszkole to pakiet interaktywnych zabaw, gier i sytuacji edukacyjnych wraz z obudową metodyczno–dydaktyczną, nakierowany na realizację 4 obszarów podstawy programowej wychowania przedszkolnego z wykorzystaniem Magicznego Dywanu. Układ pakietu umożliwia tworzenie różnorodnych sytuacji edukacyjnych zarówno z dziećmi młodszymi (3-4-latkami), jak i z dziećmi starszymi (5-6-latkami), w tym m. in.: zajęć kierowanych i niekierowanych, zabaw swobodnych czy zajęć ruchowych.
+Wyróżniki pakietu:
+1. Program wychowania przedszkolnego.
+2. Zestaw 16 interaktywnych zabaw/gier/sytuacji edukacyjnych do pracy z Magicznym Dywanem.
+3. Scenariusze zajęć wspierające różne aktywności dziecka.
+4. Obudowa dydaktyczna w formie Kart Pracy (wraz z Kartami Obserwacji Dziecka).Cena montażu Magicznego Dywanu wynosi 990 zł brutto (do kupienia pod kodem U180). Podana cena dotyczy montażu w stropie betonowym do wysokości 3,5 m. Montaż w innym materiale niż strop betonowy oraz montaż powyżej 3,5 m wymaga wizyty serwisanta Moje Bambino przed montażem oraz osobnej wyceny.</t>
   </si>
   <si>
     <t>303001</t>
   </si>
   <si>
     <t>Hamak Orchidea pomarańczowy</t>
   </si>
   <si>
-    <t>Wygodny, jednoosobowy hamak, wymaga dokupienia zestawu do mocowania (303024, 303025 lub 303026).  • wym. 220 x 140 cm • rozpiętość całkowita 360 cm • maksymalne obciążenie 120 kgDo zamocowania hamaka w kabinie SI (092994) potrzebny jest 1 karabińczyk (199134) i 1 lina przedłużająca (199135 lub 199136), opcjonalnie 1 przegub obrotowy (199133); sprzedawane osobno.• wym. 140 x 280 cm</t>
+    <t>Wygodny, jednoosobowy hamak, wymaga dokupienia zestawu do mocowania (303024, 303025 lub 303026). • wym. 220 x 140 cm • rozpiętość całkowita 360 cm • maksymalne obciążenie 120 kgDo zamocowania hamaka w kabinie SI (092994) potrzebny jest 1 karabińczyk (199134) i 1 lina przedłużająca (199135 lub 199136), opcjonalnie 1 przegub obrotowy (199133); sprzedawane osobno.• wym. 140 x 280 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096950</t>
   </si>
   <si>
     <t>Kącik małego alpinisty</t>
   </si>
   <si>
-    <t>Kącik dla małego miłośnika gór, ze zjeżdżalnią i ścianką, po której można się wspinać. Stonowane kolory sprawiają, że będzie pasował do każdego wnętrza i umili najmłodszym zabawę w przedszkolu. Dodatkową atrakcję stanowią przesuwanki, zjeżdżalnia, lustro i duża aplikacja misia, którego brzuch pokryty jest futerkiem. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, drewna, płyty laminowanej oraz kolorowej płyty MDF, ślizg zjeżdżalni wykonany z lakierowanej sklejki o gr. 18 mm pokrytej laminatem HPL. Konieczne kotwiczenie do podłoża. • wym. 209,2 x 186 x 209,5 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. ścianki wspinaczkowej 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
+    <t>Kącik dla małego miłośnika gór w stonowanych kolorach, ze ścianką do wspinaczki, zjeżdżalnią, przesuwankami, lustrem i dużą aplikacją misia z futerkowym brzuszkiem. Wykonany z lakierowanej sklejki (gr. 18 mm), drewna, płyty laminowanej i kolorowej płyty MDF. Ślizg zjeżdżalni z lakierowanej sklejki (gr. 18 mm) pokrytej laminatem HPL. Wymagane kotwiczenie do podłoża. • wym. 209,2 x 186 x 209,5 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. ścianki wspinaczkowej 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).Zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>601009</t>
   </si>
   <si>
     <t>Kamienie rzeczne</t>
   </si>
   <si>
-    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy.• maksymalne obciążenie 100 kg• 3 kamienie o długości boku 36 cm i wys. 8,5 cm • 3 kamienie o długości boku 25 cm i wys. 4,5 cm • od 2 do 99 miesięcy</t>
+    <t>Różnorodne kolorystycznie i wielkościowo stopnie z tworzywa sztucznego, imitujące prawdziwe kamienie. Zadaniem uczestnika zabawy jest przeskakiwanie z kamienia na kamień z zachowaniem równowagi. Gra ćwiczy koordynację ruchową, równowagę oraz gibkość. Elementy od spodu zabezpieczone gumowymi podkładkami uniemożliwiającymi przesuwanie się podczas zabawy. • maksymalne obciążenie 100 kg• 3 kamienie o długości boku 36 cm i wys. 8,5 cm• 3 kamienie o długości boku 25 cm i wys. 4,5 cm • od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092204</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - limonkowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – limonkowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>092137</t>
   </si>
   <si>
-    <t>Quadro - szafka S z 1 półką na cokole, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 79,2 x 41,5 x 49,4 cm• wym. 79,2 x 41,5 x 49,4 cm</t>
+    <t>Quadro – szafka S z 1 półką na cokole, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm. • wym. 79,20 x 41,50 x 49,40 cm</t>
   </si>
   <si>
     <t>092498</t>
   </si>
   <si>
     <t>Quadro - daszek wąski pomarańczowy</t>
   </si>
   <si>
-    <t>Dekoracyjne daszki do szafek z kolekcji Quadro. Montowane za pomocą specjalnych stelaży (092625 i 092626), sprzedawanych osobno. Przystosowane do mocowania na szafkach o szer. 79,2 cm. Wykonane z foliowanej płyty MDF o gr. 18 mm oraz sklejki. • wym. 82,2 x 45,6 x 38 cm</t>
+    <t>Dekoracyjne daszki do szafek z kolekcji Quadro. Montowane za pomocą specjalnych stelaży (092625 i 092626), sprzedawanych osobno. Przystosowane do mocowania na szafkach o szer. 79,2 cm. Wykonane z foliowanej płyty MDF o gr. 18 mm oraz sklejki. • wym. 82,20 x 45,60 x 38 cm</t>
   </si>
   <si>
     <t>092736</t>
   </si>
   <si>
     <t>Biurko Flexi de luxe - żółte</t>
   </si>
   <si>
     <t>Wyposażone w szafkę i szufladę - obie zamykane na zamek. Wewnątrz szafki jedna półka. Wykonane z płyty laminowanej o gr. 18 mm, w tonacji brzozy, z obrzeżem ABS multiplex, blat wykonany ze sklejki o gr. 19 mm, pokrytej kolorowym laminatem HPL • wym. wewn. szafki 45 x 59 x 46,5 cm • wym. wewn. szuflady 40,5 x 51,5 x 12,5 cm • szer. przestrzeni na krzesło 67 cm• wym. 125 x 70 x 76 cm</t>
   </si>
   <si>
     <t>834198</t>
   </si>
   <si>
     <t>Blocco Mini zestaw 5</t>
   </si>
   <si>
     <t xml:space="preserve">• 3 siedziska • 1 oparcie • 1 pufa z blatem • 1 stolik • 1 ścianka • 2 łącznikiPropozycje zestawów siedzisk i oparć Blocco Mini o geometrycznych kształtach świetnie sprawdzi się w salach przedszkolnych, w szatni czy w świetlicy. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) i wyposażone w niskie, okrągłe nóżki. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wys. siedzisk 34 cm• 834177 Pufa Blocco Mini 1-osobowa pomarańczowa 1 szt. • 834191 Stolik Mini wysoki biały 60x60x50 1 szt. • 834192 Ścianka akustyczna Mini 1 szt. • 834180 Pufa Blocco Mini 2-osobowa pomarańczowa 1 szt. • 834184 Pufa Blocco Mini 3-osobowa czerwona 1 szt. • 834167 Oparcie Blocco Mini pojedyncze niskie musztardowe 1 szt. • 834185 Pufa Blocco Mini musztardowa z blatem 1 szt. • 834193 Łącznik metalowy Blocco Mini 2 szt. </t>
   </si>
   <si>
     <t>056103</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 2 m - szary w kolorowe kropki</t>
   </si>
   <si>
     <t>Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092625</t>
   </si>
   <si>
     <t>Stelaż wysoki do daszków</t>
   </si>
   <si>
     <t>Stelaże umożliwiają montowanie daszków do szafek z kolekcji Flexi i Quadro. Stelaże sprzedawane pojedynczo. Do jednej szafki potrzebne są dwa elementy, ale w przypadku większej liczby szafek wystarczy umieścić pomiędzy nimi jeden stelaż (np. do dwóch szafek potrzebne są trzy stelaże, do trzech - cztery stelaże, itd.). Wykonane z drewna bukowego.• wym. 41,5 x 160 cm</t>
   </si>
   <si>
     <t>095661</t>
   </si>
   <si>
-    <t>Quadro - szafka 1/8 koła M na nóżkach, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafki idealnie nadają się do organizowania przestrzeni - pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 84,4 x 41,5 x 86,8 cm</t>
+    <t>Quadro – szafka 1/8 koła M na nóżkach, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafki idealnie nadają się do organizowania przestrzeni – pozwalają ustawiać meble w prostych liniach, a także w bardziej dynamicznych formach, takich jak łuki lub fale. Wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• maks. obciążenie: 30 kg• wym. 84,40 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -364,51 +371,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5909270276189acdc16e2ec768f8e1111.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64ca5a6633c4aba7d1416681147ace62.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daccc918d17cf954b9f5cd3e1aa28ec13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f3b43bd0c628b61af143e73b0f15314.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa854d2e5bce03cbcfccc11b6b655a6b5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e4116622e7992084c8e57b5f99e43076.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90e1e7cdf9825e5b318f44bdca9e60247.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19bf4111d976a3b6545e3efab1148f48.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726b7e793b2f8fa840a07ad09a5d10d89.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ef18f6aec006f9779aa69af23a1d88e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ead529d67080658181a4247de3d9b4611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40c0834ff3c642aabddc4c70564dae912.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7f8cb2d27522540fc653a4d43db1ae13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb22999e7dcf6b956fd058bff0dd006f14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f27a25b1735c4840ff866bee1bbc4715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03f9e4deb5506041cc02214a6381ff9216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf369b6753c71a0ae8d99d16a2a12f2217.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4b7a4390060eb5e2e43bdd094a991418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f590a3470c9d82d512dda2516666cda19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca14314599973c173b883f787a0161e920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa6eddbb9f20f2266be39db30407415c21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9c300bc09f29dc9bdaa8db1e508caa822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7f75839ee6d409a1e72326f1d33ac723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5202277bb502f8b6c6b0dc02ae57bf24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b27547c68a3f5c01d1e19058d5cca11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b15513bf3f9649cc717f90e93506172.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e237dcb65b5560828b431903d8c8b643.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885ea32c33990e988481766e945c9ec94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfa1dc3e77ae858fb7250c3f06e0ece5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13bb8e1a3e01427d2b60663b8e53f476.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35aa2b8fea667faa9109b827748aefe07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da175955c4cd890be00634e4cf8d48148.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fab5fe70d733a18e7b745af8931e13e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e09a6daacaa9cc551c590d0e2fd2b63c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255ab5f485b6992e62483fb6db6d8fa511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000fd0522af84d0647bdf7bfa90fa36612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e91d31828c4d28b1b3bff167fffc68013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792b27629713d3e8941e61fb1ae9b62414.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95e7ddc449ba5227e0d8c6948a4926415.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb17aa4373be752232294027eb57b4a116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02bdcccfd30d6c454b8a52e831d27bc017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26e8d9a19ba2e033519ee436931aebcd18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79ae5041cda6ccf501ee477bf8695a519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a4e1c85b7d730713170b71eaa66fd320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd2e6ecaa121c6aaf2db5b3e8a2042221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cbcf51cea96e8e63a9aa2087c07ea022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575e79fccc890f746ad2706e0420b4e123.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e38d30ea110aeead1e219e5180313224.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PRZ-QU-0003" descr="Sala przedszkolna Quadro z Kącikiem małego alpinisty"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>