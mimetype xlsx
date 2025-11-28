--- v0 (2025-10-03)
+++ v1 (2025-11-28)
@@ -20,114 +20,125 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-SZK-MB-0002 Pracownia fizyczno-chemiczna z Dygestorium</t>
   </si>
   <si>
-    <t>z dnia 2025-10-03 21:31:09</t>
+    <t>z dnia 2025-11-28 03:28:24</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5544</t>
   </si>
   <si>
     <t>Zestaw multimedialny 19</t>
   </si>
   <si>
-    <t xml:space="preserve"> Zestaw zawiera:   _x0001_585109 Tablica interaktywna insGraf 81 (4:3), 1 szt. _x0001_047057 Projektor multimedialny Epson EB-X49, 1 szt. _x0001_085293 Uchwyt sufitowy do projektorów 8-98 cm, 1 szt.      585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt.    _x0001_Przekątna: 81,3 cali _x0001_Przekątna obszaru interaktywnego: 73,8 cali _x0001_Technologia: IR - pozycjonowania w podczerwieni (dotykowa) _x0001_Format: 4:3 _x0001_Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna _x0001_Precyzja: </t>
+    <t xml:space="preserve">
+Zestaw zawiera:
+	585109 Tablica interaktywna insGraf 81 (4:3), 1 szt.
+	047057 Projektor multimedialny Epson EB-X49, 1 szt.
+	085825 Uchwyt sufitowy PMV200 do projektora, 1 szt.
+585109 Tablica interaktywna insGraf 81 (4:3) , 1 szt. 
+	Przekątna: 81,3 cali
+	Przekątna obszaru interaktywnego: 73,8 cali
+	Technologia: IR - pozycjonowania w podczerwieni (dotykowa)
+	Format: 4:3
+	Powierzchnia: nanopolimerowa, magnetyczna, suchościeralna
+	Precyzja: </t>
   </si>
   <si>
     <t>803092</t>
   </si>
   <si>
     <t>Szafa chemiczna z wanną ociekową i króćcem przyłączeniowym</t>
   </si>
   <si>
     <t>Szafa warsztatowa na chemikalia o masywnej konstrukcji, z wanną ociekową, przestawnymi półkami oraz króćcem przyłączeniowymPełne drzwi z profilem wzmacniającym, osadzone są na mocnych zawiasach zewnętrznych, zamykane są zamkiem kluczowym z pokrętłem, z 3- punktowym systemem ryglowania. Drzwi posiadają otwory, których zadaniem jest zasysanie do szafy powietrza z zewnątrz.Wewnątrz szafy umieszczone są listwy zaczepowe, na których zawieszone są za pomocą stalowych ceowników 4 przestawne pełne półki z obrzeżami wokół.W górnej części szafy zamontowany jest króciec umożliwiający podłączenie do szafy wnetylacji zewnętrznej. • wym. 102 x 60 x 200 cm• wym. 102 x 60 x 200</t>
   </si>
   <si>
     <t>D094332-03</t>
   </si>
   <si>
     <t>Szafa wysoka dwudrzwiowa - biała</t>
   </si>
   <si>
     <t>Szafa 2-drzwiowa wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375, buku lub białej. Wyposażona w 4 półki i zamek z kluczem. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>096179</t>
   </si>
   <si>
     <t>Stolik pod rzutnik - buk</t>
   </si>
   <si>
     <t>Stelaż rzutnika wykonany z profilu 30 x 30 mm. Blat i półka wykonane z płyty melaminowanej o gr. 18 mm. • wym. 50 x 60 x 76 cm.• tonacja: buk.</t>
   </si>
   <si>
     <t>096192-03</t>
   </si>
   <si>
     <t>Szafa Expo z witryną 2 biała</t>
   </si>
   <si>
-    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm</t>
+    <t>Szafy na cokole wykonane z laminowanej płyty wiórowej o gr. 18 mm w tonacji klonu 375, buku lub białej. • wym. 76 x 40 x 185 cm• wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>044020Z</t>
   </si>
   <si>
     <t>Dygestorium - na gaz ziemny</t>
   </si>
   <si>
     <t>Dygestorium to przeszklona komora z instalacją wyciągową odprowadzającą opary na zewnątrz, przeznaczona do realizacji podstawowych doświadczeń z udziałem substancji chemicznych z zakresu fizyki i chemii. Nauczyciel dokonuje prezentacji ćwiczenia przebywając z uczniami w pracowni. Uczniowie obserwują doświadczenie stojąc z boku. Komora zapewnia ochronę, bezpieczeństwo i minimalizuje ryzyko pracy z chemikaliami. Dygestorium składa się z trzech części:  • moduł górny: nadstawka z oświetleniem • moduł środkowy: komora manipulacyjna oszklona szybami hartowanymi, wyłożona płytą HPL. Komora wyposażona jest w zlew polipropylenowy, baterię, wylewkę gazową.  • moduł dolny: szafka dwudrzwiowa z miejscem na instalacje wodno-kanalizacyjne, gazową i wentylacyjną (które są w zestawie).  W wersji na propan-butan (kod 044020P) nie ma butli gazowej.  W środkowej komorze zamocowana jest przesuwana w systemie góra-dół okiennica, którą można ustawić w dowolnym położeniu.  Wentylator z płytą montażową stanowi wyodrębnioną część wyciągu do montażu na otworze kominowym. Maksymalna wydajność wentylatora to 920 m3/h. Moc wentylatora wynosi 240W i wykonuje do 2800 obr/min.  Wentylator nie jest przystosowany do pracy ciągłej, cykl jego pracy wynosi 30 minut. Temperatura pracy w komorze roboczej nie może przekraczać 55° C. Instalacja wyciągowa wykonana jest z PVC.  Instalacja gazowa montowana w dygestorium jest dostępna w dwóch wersjach: na gaz ziemny (kod 044020Z) oraz na propan-butan (kod 044020P).  • wymiary całkowite szafki 122 x 81 x 230,2 cm (wymiary nie uwzględniają wentylacji), • kolor: popiel  • gwarancja: 2 lata • wym. 121,6 x 60,2 x 222,6</t>
   </si>
   <si>
     <t>096175</t>
   </si>
   <si>
     <t>Biurko LAB HPL ze zlewem, szare</t>
   </si>
   <si>
     <t>Blat wykonany z płyty HPL o gr. 18 mm, charakteryzuje się atrakcyjnym i estetycznym wyglądem, wysoką wytrzymałością mechaniczną, trwałością i funkcjonalnością w użytkowaniu. Jest  odporny na uderzenia, ścieranie, zarysowanie i zaplamienie. Odznacza się dobrą stabilnością wymiarów, odpornością na działanie wody, pary wodnej, ciepła i niskich temperatur, nie ulega korozji. Płyty mają dobre właściwości higieniczne i antystatyczne, są odporne chemiczne, łatwe do czyszczenia i utrzymania w czystości. Stelaż biurka wykonany z profilu 30x30. Szafki wykonane z płyty melaminowanej o gr. 18 mm, z lewej strony szafka zlewozmywakowa, z prawej strony - z szufladą i drzwiami. Pod blatem przy szafce zlewozmywakowej zamontowano dwa gniazdka elektryczne z kablem o dł. ok. 1 m. Zlew laboratoryjny z polipropylenu, odporny na wiele agresywnych substancji chemicznych. Laboratoryjna bateria do zimnej wody z obrotową wylewką zakończoną "oliwką" do mocowania węża. Elementy metalowe wykonane z mosiądzu i pokryte ochronną warstwą farby epoksydowej w kolorze szarym. • wym. 180 x 60 x 85,6 cm.• kolor szaryPodłączenia wody i ścieków muszą być wykonane przez specjalistę.</t>
   </si>
   <si>
     <t>096178</t>
   </si>
   <si>
     <t>Biurko z jedną szufladą - klon</t>
   </si>
@@ -241,51 +252,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530978d907e66b3771dd295d41c6ddb1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81c4a9206ffd486fb040f99ca7a11922.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e0fa5901300c9b50af85151b8efccc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f10ed4eaf6abb392bf58cb3a5dca17e4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c71744834a6f4d7838d61204b94e9a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a415875e2fa7f81ff6adbf5b605011b66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c3d42d8558ef5cdda14d660dec07527.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e60d6a318c9d4c8bc3dfd173542b7b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6508740c99d873015c8a8f6171d93dbf9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b74abb9794eb222e1e44ff6be444e9410.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3f866d7512208ca519e9e03db350c21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da712e111e740531ba684ec49e0beddf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56aa14ff28b563178a3b0d6557569a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa99fc995708cc390828b098dadc0e84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab4ff5322e8475b15fba04bf073d4515.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3124bda3cb27b3b61d91d1192c2090a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178d99fc5a0cfa8920960899af5e26637.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff57211a5dbff4940912202bfb03f5288.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b737ec65d413bae62783c302b7f2bed99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6df70cc6e009d7d22b0525685283c710.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0002" descr="Pracownia fizyczno-chemiczna z Dygestorium"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -926,54 +937,54 @@
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
       <c r="G6" s="11">
-        <v>5499.7</v>
+        <v>6029.7</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>2</v>
       </c>
       <c r="F7" s="10">
         <v>5599.9</v>
       </c>
       <c r="G7" s="11">
         <v>11199.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
@@ -1105,51 +1116,51 @@
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="8">
         <v>21</v>
       </c>
       <c r="F14" s="10">
         <v>779.9</v>
       </c>
       <c r="G14" s="11">
         <v>16377.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="F16" s="4" t="s">
         <v>35</v>
       </c>
       <c r="G16" s="12">
-        <v>54826.8</v>
+        <v>55356.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 