--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -15,96 +15,76 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>WIZ-SZK-MB-0002 Pracownia fizyczno-chemiczna z Dygestorium</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 03:28:24</t>
+    <t>z dnia 2026-01-17 02:14:00</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
-    <t>ZEST5544</t>
-[...18 lines deleted...]
-  <si>
     <t>803092</t>
   </si>
   <si>
     <t>Szafa chemiczna z wanną ociekową i króćcem przyłączeniowym</t>
   </si>
   <si>
     <t>Szafa warsztatowa na chemikalia o masywnej konstrukcji, z wanną ociekową, przestawnymi półkami oraz króćcem przyłączeniowymPełne drzwi z profilem wzmacniającym, osadzone są na mocnych zawiasach zewnętrznych, zamykane są zamkiem kluczowym z pokrętłem, z 3- punktowym systemem ryglowania. Drzwi posiadają otwory, których zadaniem jest zasysanie do szafy powietrza z zewnątrz.Wewnątrz szafy umieszczone są listwy zaczepowe, na których zawieszone są za pomocą stalowych ceowników 4 przestawne pełne półki z obrzeżami wokół.W górnej części szafy zamontowany jest króciec umożliwiający podłączenie do szafy wnetylacji zewnętrznej. • wym. 102 x 60 x 200 cm• wym. 102 x 60 x 200</t>
   </si>
   <si>
     <t>D094332-03</t>
   </si>
   <si>
     <t>Szafa wysoka dwudrzwiowa - biała</t>
   </si>
   <si>
     <t>Szafa 2-drzwiowa wykonana z płyty laminowanej o gr. 18 mm, w tonacji klonu 375, buku lub białej. Wyposażona w 4 półki i zamek z kluczem. • wym. 76 x 40 x 185 cm</t>
   </si>
   <si>
     <t>096179</t>
   </si>
   <si>
     <t>Stolik pod rzutnik - buk</t>
   </si>
   <si>
     <t>Stelaż rzutnika wykonany z profilu 30 x 30 mm. Blat i półka wykonane z płyty melaminowanej o gr. 18 mm. • wym. 50 x 60 x 76 cm.• tonacja: buk.</t>
@@ -130,51 +110,51 @@
   <si>
     <t>096175</t>
   </si>
   <si>
     <t>Biurko LAB HPL ze zlewem, szare</t>
   </si>
   <si>
     <t>Blat wykonany z płyty HPL o gr. 18 mm, charakteryzuje się atrakcyjnym i estetycznym wyglądem, wysoką wytrzymałością mechaniczną, trwałością i funkcjonalnością w użytkowaniu. Jest  odporny na uderzenia, ścieranie, zarysowanie i zaplamienie. Odznacza się dobrą stabilnością wymiarów, odpornością na działanie wody, pary wodnej, ciepła i niskich temperatur, nie ulega korozji. Płyty mają dobre właściwości higieniczne i antystatyczne, są odporne chemiczne, łatwe do czyszczenia i utrzymania w czystości. Stelaż biurka wykonany z profilu 30x30. Szafki wykonane z płyty melaminowanej o gr. 18 mm, z lewej strony szafka zlewozmywakowa, z prawej strony - z szufladą i drzwiami. Pod blatem przy szafce zlewozmywakowej zamontowano dwa gniazdka elektryczne z kablem o dł. ok. 1 m. Zlew laboratoryjny z polipropylenu, odporny na wiele agresywnych substancji chemicznych. Laboratoryjna bateria do zimnej wody z obrotową wylewką zakończoną "oliwką" do mocowania węża. Elementy metalowe wykonane z mosiądzu i pokryte ochronną warstwą farby epoksydowej w kolorze szarym. • wym. 180 x 60 x 85,6 cm.• kolor szaryPodłączenia wody i ścieków muszą być wykonane przez specjalistę.</t>
   </si>
   <si>
     <t>096178</t>
   </si>
   <si>
     <t>Biurko z jedną szufladą - klon</t>
   </si>
   <si>
     <t>Stelaż biurka wykonany z profilu 30 x 30 mm. Blat i szuflada wykonane z płyty melaminowanej o gr. 18 mm. W lewym górnym rogu osłony biurka, pod blatem, zamontowane dwa gniazda elektryczne z kablem o dł. ok. 1 m. • wym. 120 x 60 x 76 cm.• tonacja: klon.</t>
   </si>
   <si>
     <t>092902</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe na kółkach z reg.  wys. szare</t>
   </si>
   <si>
-    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 cm</t>
+    <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w kółka i mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w kółka • wym. siedziska 46 x 42 cm • wys. siedziska od 43 do 56 cm• wym. 46 x 42 x 88 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -252,342 +232,312 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3f866d7512208ca519e9e03db350c21.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da712e111e740531ba684ec49e0beddf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56aa14ff28b563178a3b0d6557569a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa99fc995708cc390828b098dadc0e84.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab4ff5322e8475b15fba04bf073d4515.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3124bda3cb27b3b61d91d1192c2090a6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178d99fc5a0cfa8920960899af5e26637.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff57211a5dbff4940912202bfb03f5288.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b737ec65d413bae62783c302b7f2bed99.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6df70cc6e009d7d22b0525685283c710.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57dc501adf372a3323977ccca7633d801.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c73184c00c348c2afaf7b934370349392.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5860155030dfd148211f3b6464c8a63.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2935b5003edec40c734b8fe38357c8a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72b7a11c82c3833d8e4416f258dfbee5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae66896f0842427c1c566956b25aff76.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78097bea6a959ffbecad3e7ca29375887.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57594212f7b9e25d1bdb5280efd7fe328.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81d9421b9ea6b7fb73dddfc5957a6dfa9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4057650" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0002" descr="Pracownia fizyczno-chemiczna z Dygestorium"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="ZEST5544" descr="ZEST5544"/>
+        <xdr:cNvPr id="2" name="803092" descr="803092"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="803092" descr="803092"/>
+        <xdr:cNvPr id="3" name="D094332-03" descr="D094332-03"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="D094332-03" descr="D094332-03"/>
+        <xdr:cNvPr id="4" name="096179" descr="096179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="096179" descr="096179"/>
+        <xdr:cNvPr id="5" name="096192-03" descr="096192-03"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="096192-03" descr="096192-03"/>
+        <xdr:cNvPr id="6" name="044020Z" descr="044020Z"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="044020Z" descr="044020Z"/>
+        <xdr:cNvPr id="7" name="096175" descr="096175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="096175" descr="096175"/>
+        <xdr:cNvPr id="8" name="096178" descr="096178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="096178" descr="096178"/>
+        <xdr:cNvPr id="9" name="092902" descr="092902"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -854,54 +804,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16:G16"/>
+      <selection activeCell="F15" sqref="F15:G15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -934,233 +884,212 @@
       <c r="D5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F6" s="10">
-        <v>6029.7</v>
+        <v>5599.9</v>
       </c>
       <c r="G6" s="11">
-        <v>6029.7</v>
+        <v>11199.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>5599.9</v>
+        <v>1049.9</v>
       </c>
       <c r="G7" s="11">
-        <v>11199.8</v>
+        <v>1049.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
         <v>1</v>
       </c>
       <c r="F8" s="10">
-        <v>1049.9</v>
+        <v>499.9</v>
       </c>
       <c r="G8" s="11">
-        <v>1049.9</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>499.9</v>
+        <v>1599.9</v>
       </c>
       <c r="G9" s="11">
-        <v>499.9</v>
+        <v>1599.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>1599.9</v>
+        <v>11999.9</v>
       </c>
       <c r="G10" s="11">
-        <v>1599.9</v>
+        <v>11999.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
-        <v>11999.9</v>
+        <v>5699.9</v>
       </c>
       <c r="G11" s="11">
-        <v>11999.9</v>
+        <v>5699.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
       <c r="B12" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="8">
         <v>1</v>
       </c>
       <c r="F12" s="10">
-        <v>5699.9</v>
+        <v>899.9</v>
       </c>
       <c r="G12" s="11">
-        <v>5699.9</v>
+        <v>899.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="80">
       <c r="A13" s="7"/>
       <c r="B13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="8">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F13" s="10">
-        <v>899.9</v>
+        <v>779.9</v>
       </c>
       <c r="G13" s="11">
-        <v>899.9</v>
-[...4 lines deleted...]
-      <c r="B14" s="8" t="s">
+        <v>16377.9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="F15" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="9" t="s">
-[...20 lines deleted...]
-        <v>55356.8</v>
+      <c r="G15" s="12">
+        <v>49327.1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 