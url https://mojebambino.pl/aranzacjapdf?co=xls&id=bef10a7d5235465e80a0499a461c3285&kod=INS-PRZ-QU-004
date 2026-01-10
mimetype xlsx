--- v0 (2025-10-06)
+++ v1 (2026-01-10)
@@ -20,372 +20,375 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-004 Sala przedszkolna Quadro w kolorystyce oliwkowej </t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 15:39:33</t>
+    <t>z dnia 2026-01-11 00:18:33</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>109013</t>
   </si>
   <si>
     <t>Poduszka ciemnobeżowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>056184</t>
   </si>
   <si>
     <t xml:space="preserve">Dywan okrągły o śr. 140 cm – oliwkowy </t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 140 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 140 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>092211</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - brązowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – brązowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 35,50 x 34,50 x 35 cm</t>
   </si>
   <si>
     <t>133586</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 oliwkowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>109022</t>
   </si>
   <si>
     <t>Poducha górska</t>
   </si>
   <si>
-    <t>Miękka i wygodna poducha wypełniona granulatem silikonowym. Uszyta z tkaniny poliestrowej (Loca) z nadrukiem. • śr. 100 cm Granulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).</t>
+    <t xml:space="preserve">Miękka i wygodna poducha wypełniona granulatem silikonowym. Uszyta z tkaniny poliestrowej (Loca) z nadrukiem. • śr. 100 cm </t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm• wym. 126 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>101922</t>
   </si>
   <si>
     <t>Poduszka beżowa</t>
   </si>
   <si>
     <t>372078</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 ciemnobeżowy</t>
   </si>
   <si>
     <t>101151</t>
   </si>
   <si>
     <t>Gruszka mała zielona - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101947N</t>
   </si>
   <si>
     <t>Pufa Sowa</t>
   </si>
   <si>
     <t xml:space="preserve">Miękkie pufki wykonane z tkaniny poliestrowej (Loca) z nadrukiem. Wypełnienie z pianki. • śr. 35 cm • wys. 30 cm </t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>109049</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. oliwka</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>098833</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - jasnobrązowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – jasnobrązowe</t>
   </si>
   <si>
     <t>101788</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 dł. 116, jasnoszara</t>
   </si>
   <si>
-    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm  </t>
+    <t xml:space="preserve">Komfortowe pufy dopasowane wymiarem do Kącika czytelniczego Quadro (092192, 092192W). Pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 116 x 41,5 x 41 cm </t>
   </si>
   <si>
     <t>092790</t>
   </si>
   <si>
     <t>Komplet nóg do blatów Flexi - wys. 40 cm</t>
   </si>
   <si>
-    <t xml:space="preserve">Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. </t>
+    <t>Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg w zestawie. • 4 szt. • śr. 5,30 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
   </si>
   <si>
     <t>099366</t>
   </si>
   <si>
-    <t>Blat Flexi okrągły 120 - biały</t>
-[...2 lines deleted...]
-    <t>Blaty wykonane ze sklejki o grubości 25 mm, z kolorowym laminatem HPL. Rogi blatów delikatnie zaokrąglone. Trzy rodzaje nóg w 7 długościach do wyboru, sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek bukowe (092790-092797),  nogi okrągłe o śr. 55 mm bez kółek bielone (099367-099373) lub mix - dwie nogi z kółkami i dwie nogi bez kółek (092798-092805). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• śr. 120 cm</t>
+    <t>Blat Flexi okrągły 120 – biały</t>
+  </si>
+  <si>
+    <t>Blaty wykonane są ze sklejki o gr. 25 mm, pokrytej kolorowym laminatem HPL. Rogi blatów zostały delikatnie zaokrąglone. Do wyboru są trzy rodzaje nóg w siedmiu długościach, sprzedawane osobno: nogi okrągłe o śr. 55 mm bez kółek w kolorze bukowym (092790-092797), nogi okrągłe o śr. 55 mm bez kółek w kolorze bielonym (099367-099373) oraz wersja mix – dwie nogi z kółkami i dwie nogi bez kółek (092798-092805). • 5 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• śr. 120 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109054</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnobrązowe</t>
   </si>
   <si>
     <t>098840</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - ciemnooliwkowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – ciemnooliwkowe</t>
   </si>
   <si>
     <t>133604</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - limonkowe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>094196</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, oliwkowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>109018</t>
   </si>
   <si>
     <t>Poduszka ciemnozielona</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...2 lines deleted...]
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>519122</t>
   </si>
   <si>
     <t>Wózek pchacz Zosi</t>
   </si>
   <si>
     <t>Wózek wykonany z wysokiej jakości tworzywa sztucznego, może służyć do zabawy w sklep i nie tylko. Wspiera rozwój umiejętności motorycznych, społecznych oraz kreatywności. Wózek jest trwały i bezpieczny dla najmłodszych. Jego wytrzymałość gwarantuje długie godziny beztroskiej zabawy.• wym. 41 x 45 x 55 cm• od 3 do 6 lat</t>
   </si>
   <si>
     <t>842205</t>
   </si>
   <si>
     <t>EKO dekor - domek duży - oliwkowy</t>
   </si>
   <si>
-    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm </t>
+    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm
+</t>
   </si>
   <si>
     <t>372012</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - zielony</t>
+    <t>Pojemnik płytki 1 – zielony</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>094092</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - ciemnooliwkowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – ciemnooliwkowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>109019</t>
   </si>
   <si>
     <t>Poducha leśna</t>
   </si>
   <si>
     <t>092195-12</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - ciemnooliwkowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – ciemnooliwkowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -463,51 +466,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d56a1f4d28d5b672f71ddce0a6985b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee9f65546696d6a8d73294c8cce64352.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/960244da64059aeee7f5cfb1da07c3b53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cefd761354d9dad29c593a144ec27d94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c939ce3e4d52b94535d47091c1b929265.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/112b8738c64a4645c8c960aff61ac62e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4dd02c0f366d8acfebd44b88f2e46937.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bba2b37ab7c5195189c736e52c35eb158.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b6887a1b31426d456a3b70b18c29da9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7e9b9ca3b0423105570a58b4cc839c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ab81467b8fe6c696d23d22c0cd3057211.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e16865021f628cc3eeca3966e729f512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60d84db8bd4748ab64cb58f37c1d01713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c6226e951d0954a1e51e5a97642f7cc14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c384806c88ee4bef2d925e0a36ed644315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ced65b27208908b68b530ed97621899a16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f763f927779279c1590e801ca59e8917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226e037538af9ca6f7cb26d9a1b3683418.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbfa136ae47df244693dac9d96d335819.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce25dc52bae639341dc23af7444590520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03489595eee399093e4547ef2f309b2e21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a869dcbaa8ef0a1463eb7b4fa26a4a022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf7a88a67f99208f39414cbb28fd91423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe25431bfe1cba0b7f7aa80985c9862b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3daf2b0404102e5d181009f2ed2162a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bffa7f9e01f68a96ac19605ba9603eac26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab5f6a4f2540a7ea8c3fb3016c158e827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c74ed49b7d8167de0b12ba2dfb0631028.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7355c7bd9b5e753bfa46e5459cf7b43329.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb411c07dc9b0e048271b47b9ed2e4c30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6ae3b5b125cdd1e3ec4001bb990bb4131.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fea7128f4ed8dc84e1dac4fc661394f32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d87fe5596066d3e9d6a411d4e116486b33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a703f7cb28dc109802d442e365ef7b34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d040e966206a5dc6ff09e010eb708335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e0cbeff19c943bd7d78ac31e1b2162636.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa81f7a6d3307b5c556defee1891cd337.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05951886a993a01109c9fc04d73263af38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cc5773e4450a59a913c6111be7d200c1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dfbe70bb677d029c0a5ad601591f7f72.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd85f111826226d15538ae24dc398263.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2598a7e75f269b9fdb44822a6615a974.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20a0dbdba01c7fba3fdd0b7f345a2fe5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9ca1baa1828ef415da40294a085e876.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf9fa5cc447601389defb23fe2d09747.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65cb4df1d66ebc07064cecedb83635738.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91cab2308e752c798f845707a0367d399.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46832374eba23e7666b10b4a7345eeff10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c10f2f90adc0b5faa70c5f23ebf7a7de11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3df7888ab12f55473bb0c62ccad4ee812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f609f677a9895e9e786123d6027ca18b13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b89910eb89e77a07352dc287243048014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60686f281967aecc457638899a97fda315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538e4e56b6c0ac2a12bb0c7a41bd37916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d7061355dd2cae5ae8863300224885417.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19aa96efce258bba425ada0e5a9fd51f18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccb7a3d6b52959165ec8423aaf5c82d19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a87c54a738fa85a3bfaec594d487d9e20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947d70eed7967d176800213809d9779521.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e5a837d7d996c74a67c8783cc0d07822.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0657c43e311e03672ac867427800894823.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f9fb98294ca7e8a5ec178dbbffc437d24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2457757d92aca79aeb35119f5eed5e25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cea1ca63467b2e12d1f623a6977b05c026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d130c60eb55554d24aea77881a59f727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63fa5173752c1eaddfa3860ebee3b19528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a58f326a4d820a6c7aa15111dba7fa29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ea8e5cbaa5ced5f37e99f9b8af05cf30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0f77248ab0878a73a7c5034f99203431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03dba9839b52250d5709c6e38a1753b832.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97bb4d89b6052249667e45e90093540833.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b05203fde9bc7598f78da2a0023e1bf834.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e2092c6d1fa70a5dca1ee9dd0ebd0435.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65eb2a7e0504c58afbf5126bc96d011336.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00c460098146f8a37adbf2ab35fda3a37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99ce828bcb1a0013d051ab4c0c22a48038.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4314825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-004" descr="Sala przedszkolna Quadro w kolorystyce oliwkowej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>