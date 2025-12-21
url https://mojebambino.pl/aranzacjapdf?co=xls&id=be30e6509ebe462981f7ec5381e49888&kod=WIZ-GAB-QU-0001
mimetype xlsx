--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -15,200 +15,191 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>WIZ-GAB-QU-0001 Gabinet terapeuty</t>
   </si>
   <si>
-    <t>z dnia 2025-11-04 12:21:55</t>
+    <t>z dnia 2025-12-21 12:44:05</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>092169</t>
   </si>
   <si>
-    <t>Quadro - ławeczka na dużą skrzynię, klon jasny</t>
-[...2 lines deleted...]
-    <t>Ławeczkę można uzupełnić skrzyniami małymi (092084-092095, 094073-094083, sprzedawane osobno) lub dużymi (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 49,4 cm</t>
+    <t>Quadro – ławeczka na dużą skrzynię, klon jasny</t>
+  </si>
+  <si>
+    <t>Ławeczkę można uzupełnić skrzyniami małymi (092084-092095, 094073-094083, sprzedawane osobno) lub dużymi (092291-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 49,40 cm</t>
   </si>
   <si>
     <t>101509</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnozielona, wys. 25 cm</t>
   </si>
   <si>
-    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokryte trwałą tkaniną meditap niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
+    <t>Pufy różniące się wysokością. Pozwalają tworzyć miejsce do wypoczynku w rogu sali lub służą jako klocki do zabaw konstrukcyjnych, np. do budowania toru przeszkód. Wykonane z pianki pokrytej trwałą tkaniną niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. podstawy 35 x 35 cm • 1 szt.</t>
   </si>
   <si>
     <t>126500</t>
   </si>
   <si>
     <t>Nogi okrągłe z reg. 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Komplet drewnianych nóg do blatów z kolorowym obrzeżem i blatów kolorowych. Zamocowanie nóg pozwala na regulowanie wysokości stołów poprzez dokręcanie końcówek. Podane długości nóg odpowiadają wysokości stolika po ich zamontowaniu. Śruby do zamontowania nóg zawsze umieszczane są przy blatach. • 4 szt.Możliwe jest uzyskanie 4 wysokości stołów. • 3 dokrętki • 4 szt. • rozm. 0, 1, 2, 3 (40, 46, 52, 58 cm)</t>
   </si>
   <si>
     <t>133528-1</t>
   </si>
   <si>
     <t>Krzesełko Bambino 2 białe</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą  PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6</t>
   </si>
   <si>
     <t>096954</t>
   </si>
   <si>
     <t>Blat prostokątny biały</t>
   </si>
   <si>
-    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cm</t>
+    <t>Blaty wykonane z płyty laminowanej o gr. 18 mm w kolorze białym, wykończone obrzeżem ABS o gr. 2 mm w tym samym kolorze. Blaty dostępne w dwóch kształtach: kwadratowym i prostokątnym. Do blatu mogą być dobrane nogi kwadratowe w 4 wysokościach (126501-126504,126506, sprzedawane osobno) lub nogi okrągłe z regulowaną wysokością (126500, 126505, 126507, sprzedawane osobno). • wym. blatu 120 x 74 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092906</t>
   </si>
   <si>
     <t>Krzesło Flexi obrotowe z reg.  wys. zielone</t>
   </si>
   <si>
     <t>Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż krzesła jest wyposażony w mechanizm regulacji wysokości. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka. Krzesło jest odporne na zabrudzenia i wilgoć. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wyposażone w nóżki • wym. siedziska 46 x 42 cm • wys. siedziska od 38 do 51 cm• wym. 46 x 42 cm</t>
   </si>
   <si>
     <t>550020</t>
   </si>
   <si>
     <t>Składany kosz na piłki</t>
   </si>
   <si>
-    <t>Poręczny pojemnik na piłki, wyposażony w kółka, które ułatwiają jego przesuwanie. • wym. 64 x 64 x 88 cm • wym. po złożeniu 15 x 15 x 88 cm • sprzedawany bez piłekOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.</t>
+    <t>Poręczny pojemnik na piłki, wyposażony w kółka, które ułatwiają jego przesuwanie. • wym. 64 x 64 x 88 cm • wym. po złożeniu 15 x 15 x 88 cm • sprzedawany bez piłekOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092088</t>
   </si>
   <si>
-    <t>Quadro - skrzynia mała - limonkowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną.• wym. frontu 36,9 x 36,9 cm • wym. wewn. 33 x 34,2 x 28 cm• wym. 36,9 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia mała – limonkowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 36,9 x 36,9 cm • wym. wewn. 33 x 34,2 x 28 cm• wym. 36,90 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>092144</t>
   </si>
   <si>
-    <t>Quadro - szafka XL z 3 półkami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 161,6 cm</t>
+    <t>Quadro – szafka XL z 3 półkami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>SET6050</t>
   </si>
   <si>
     <t>Quadro - zestaw 47, 90 st., skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, biały, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092200 Quadro - drzwiczki małe 90 st. - białe, 2 szt.• 092291 Quadro - skrzynia duża - biała, 2 szt.• wym. 154,30 x 41,50 x 161,60 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm, fronty o gr. 18 mm pokryte trwałą okleiną termoplastyczną.• 092187 Quadro - regał wielofunkcyjny, biały, 1 szt.• 092199 Półki do Quadro, 2 szt., 1 kpl.• 092287 Półki wąskie do Quadro, 2 szt., 1 kpl.• 092071 Quadro - drzwiczki z zamkiem średnie, 1 para, 90 st. - białe, 1 szt.• 092200 Quadro - drzwiczki małe 90 st. - białe, 2 szt.• 092291 Quadro - skrzynia duża - biała, 2 szt.• wym. 154,30 x 41,50 x 161,60 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101691</t>
   </si>
   <si>
     <t>Gruszka mała szara - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092189</t>
   </si>
   <si>
-    <t>Quadro - biurko z szeroką szufladą - białe, skrzynia klon jasny</t>
-[...11 lines deleted...]
-    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego, z kolorowymi elementami wykonanymi z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 36,9 x 18,2 cm • wym. wewn. szuflady 32 x 43 x 9 cm • wym. frontu szafki 36,9 x 36,9 cm • wym. wewn. szafki 37,8 x 49,8 x 36,9 cm• wym. 120 x 60 x 76 cm</t>
+    <t>Quadro – biurko z szeroką szufladą – białe, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz białej z kolorowymi elementami z płyty MDF o gr. 18 mm, pokrytej trwałą okleiną termoplastyczną. • wym. frontu szuflady 45,9 x 11,4 cm • wym. wewn. szuflady 40,7 x 43,2 x 8,1 cm• wym. 80 x 60 x 76 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096771</t>
   </si>
   <si>
-    <t>Tablica ścienna - mandala</t>
-[...2 lines deleted...]
-    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną PVC jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
+    <t>Tablica ścienna – mandala</t>
+  </si>
+  <si>
+    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę i percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną niezawierającą ftalanów jest mocowana na rzepy, a na jej powierzchni znajduje się bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje – ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101507</t>
   </si>
   <si>
     <t>Kostka świetlicowa różowa, wys. 35 cm</t>
   </si>
   <si>
     <t>056158</t>
   </si>
   <si>
     <t>Dywan edukacyjny - kolorowe kamienie</t>
   </si>
   <si>
     <t>Dywan to wspaniałe miejsce do zabawy i odpoczynku, ale także do nauki liczenia i rozpoznawania wzorów. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiada Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 400 cm x 300 cm</t>
   </si>
   <si>
     <t>101511</t>
   </si>
   <si>
     <t>Kostka świetlicowa jasnoszara, wys. 15 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
@@ -307,51 +298,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae385c886cecac9ac5ffee1773fc275f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e055ef5edafc5230c50d39c1de3b48e42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4dd5474acc325e6e67652232b09952f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c116405957fbc5bbed24ad0aa332cd64.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e703d8254b533b4053f7b3838917b85.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d79a111f75b826a0e4c0796c09da586.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5883472af42c769cdee28581e8af877.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807776d758657b722850d4bbe984ea0a8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e3673ba68dd3369f51175d367662b7e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1919695f25ca77735ca1f19208c75b10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a949583916f10b53f4485c39a0131311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630f09e3068ce5d21d10c88c5d24a54312.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/156c6dc070cf3eb2d1aab04f2a62910513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7180f9e4eaa5734afe2439250781756114.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b875157bd6e0ae7f3fd86d8a9397af15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5d4a8416c522a18f4027c649d97ee016.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf8ad2791686baa2c2cd05792a9bc0017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d613bc8544fd79a83f8a74ee2640a1b218.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7afc63ec9bb180676a63c4a109e7f4a1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bc026c8072f94210008e3b443899952.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917feda234e8fda2339aa1058e8e583b3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ad6b79f36791a5096dd9026ff73b0f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1ca35f6e55b7ba0b8da91c4ef158785.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8991c6633e856c496dbe9dea48821a6e6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba5f8667195274e783515d7b1bb7f37.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81c9e13eac2705ddc49588f6d4899738.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8c290f3eec173b8431e24b7f094d9709.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32fee9dc1e2254addf40bacb18021b4f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2685e8ae43e9f8856d52610a245aaa411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a379a0dd0a0d7adccb7113e72af357cc12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3132dcca139ab51f5150af9091c68513.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80134c5759b7c76c138b6169d9727a3214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b77001c73ea598f3b7b4d3ca2df68315.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7869df4dd1839e769213760e7419367116.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a5427cb993339aff737910a42b9e1817.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-GAB-QU-0001" descr="Gabinet terapeuty"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -712,177 +703,147 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="095445" descr="095445"/>
+        <xdr:cNvPr id="14" name="096771" descr="096771"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="096771" descr="096771"/>
+        <xdr:cNvPr id="15" name="101507" descr="101507"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="101507" descr="101507"/>
+        <xdr:cNvPr id="16" name="056158" descr="056158"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="056158" descr="056158"/>
+        <xdr:cNvPr id="17" name="101511" descr="101511"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1149,54 +1110,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G24"/>
+  <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24:G24"/>
+      <selection activeCell="F23" sqref="F23:G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1484,146 +1445,125 @@
       <c r="E17" s="8">
         <v>1</v>
       </c>
       <c r="F17" s="10">
         <v>679.9</v>
       </c>
       <c r="G17" s="11">
         <v>679.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="80">
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
-        <v>949.9</v>
+        <v>3999.9</v>
       </c>
       <c r="G18" s="11">
-        <v>949.9</v>
+        <v>3999.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="80">
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E19" s="8">
         <v>1</v>
       </c>
       <c r="F19" s="10">
-        <v>3999.9</v>
+        <v>179.9</v>
       </c>
       <c r="G19" s="11">
-        <v>3999.9</v>
+        <v>179.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="80">
       <c r="A20" s="7"/>
       <c r="B20" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E20" s="8">
         <v>1</v>
       </c>
       <c r="F20" s="10">
-        <v>179.9</v>
+        <v>1849.9</v>
       </c>
       <c r="G20" s="11">
-        <v>179.9</v>
+        <v>1849.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="80">
       <c r="A21" s="7"/>
       <c r="B21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C21" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="E21" s="8">
         <v>1</v>
       </c>
       <c r="F21" s="10">
-        <v>1849.9</v>
+        <v>109.9</v>
       </c>
       <c r="G21" s="11">
-        <v>1849.9</v>
-[...16 lines deleted...]
-      <c r="F22" s="10">
         <v>109.9</v>
       </c>
-      <c r="G22" s="11">
-[...8 lines deleted...]
-        <v>17407.1</v>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="F23" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" s="12">
+        <v>16457.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 