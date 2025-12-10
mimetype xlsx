--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>WIZ-SZK-MB-0033 Sala rozwoju zainteresowań STEAM</t>
   </si>
   <si>
-    <t>z dnia 2025-10-25 15:50:59</t>
+    <t>z dnia 2025-12-10 15:38:52</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>834152</t>
   </si>
   <si>
     <t>Stolik mały niski biały 65x50x50</t>
   </si>
@@ -79,51 +79,51 @@
   <si>
     <t xml:space="preserve">Zestaw zawiera: • 842157 Kwadrat wyciszający - zielony, gr. 50 mm, 10 szt.  • 842158 Kwadrat wyciszający - ciemnoszary, gr. 20 mm, 5 szt.  • 842159 Kwadrat wyciszający - ciemnoszary, gr. 40 mm, 5 szt. </t>
   </si>
   <si>
     <t>ZEST5223</t>
   </si>
   <si>
     <t>Zestaw kwadratów wyciszających 2</t>
   </si>
   <si>
     <t xml:space="preserve">Zestaw zawiera:• 842142 Kwadrat wyciszający - niebieski, gr. 50 mm, 5 szt. • 842151 Kwadrat wyciszający - mglisty, gr. 50 mm, 5 szt. • 842158 Kwadrat wyciszający - ciemnoszary, gr. 20 mm, 5 szt. • 842159 Kwadrat wyciszający - ciemnoszary, gr. 40 mm, 5 szt. </t>
   </si>
   <si>
     <t>834155</t>
   </si>
   <si>
     <t>Stolik duży wysoki antracyt 130x50x110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>821106</t>
   </si>
   <si>
-    <t>Knowla Box - aktywna ściana /podłoga</t>
+    <t>Knowla Box – aktywna ściana /podłoga</t>
   </si>
   <si>
     <t xml:space="preserve">
 Knowla Box to mobilne, multimedialne, interaktywne urządzenie, będące sercem edukacyjnej rozrywki Knowla. Wyposażone w najwyższej jakości ultra krótkoogniskowy, laserowy projektor Epson 760Wi (spełniający wymagania dyrektywy RoHS 2011/65/EU) umożliwia wyświetlanie wielkoformatowego obrazu na ścianie, jak i na podłodze - nawet w jasnych pomieszczeniach!
 Jako jedna z nielicznych firm na świecie, z dumą możemy oznaczać nasze produkty symbolem "Powered by Epson". To gwarancja najwyższej jakości, która przekłada się na niezrównaną czystość obrazu i pełne bezpieczeństwo użytkowania.
 Knowla Box posiada także wbudowany komputer z systemem Windows 11 oraz portami HDMI i USB. Zapewnia urozmaicone rodzaje interakcji z doświadczeniami cyfrowymi: uderzanie piłeczkami, pisanie pisakami, a także obsługę za pomocą klawiatury z touchpadem. Dodatkowo, za pomocą Knowla Remote, możemy obsługiwać urządzenie zdalnie.
 NOWOŚĆ!
 Aplikacja Knowla Remote umożliwia zdalne sterowanie urządzeniami Knowla (takimi jak Knowla Box czy Knowla Wall) z poziomu komputera, tabletu lub smartfona.
 Użytkownik może nie tylko zarządzać treściami na odległość, ale także udostępniać ekran komputera na urządzeniach Knowla oraz nawiązywać połączenia audio-wideo. Rozwiązanie doskonale wpisuje się w model nauczania hybrydowego i zdalnego, zapewniając ciągłość edukacji niezależnie od miejsca prowadzenia zajęć. Aplikacja Knowla Remote jest do pobrania na stronie knowla.eu oraz w Sklepie Play oraz Apple Store.
 Dzięki aplikacji nauczyciel może:
 	prowadzić lekcje zdalne lub hybrydowe z wykorzystaniem Knowla Box lub Knowla Wall,
 	mieć podgląd na aktywność uczniów i kontrolować przebieg zajęć z dowolnego miejsca,
 	wygodnie przełączać zadania i zarządzać przebiegiem zabawy,
 	błyskawicznie prezentować własne materiały, filmy czy prezentacje – bez logowania się na urządzeniu czy podłączania kabli,
 	transmitować na duży ekran obraz z kamery telefonu, np. w celu pokazania szczegółów eksperymentu lub pracy manualnej.
 Knowla Remote to intuicyjne rozwiązanie zwiększające elastyczność prowadzenia zajęć, wspiera nowoczesne metody nauczania i oszczędza czas nauczyciela.
 Knowla Box ma dostosowania do Specjalnych Potrzeb Edukacyjnych: przesuwanie pola obrazu, ściszanie dźwięku, dostosowywanie tempa poruszania się obiektów, zmiana koloru tła, głosowe komendy oraz głosowa informacja zwrotna, włączanie/wyłączanie efektów świetlnych.
 Mobilne, edukacyjne urządzenie multimedialne Knowla Box zostało stworzone do obsługi pakietów aplikacji Edukacyjny Wszechświat Knowla (planet tematycznych), ale może też służyć jako samodzielne centrum multimedialnej edukacji i rozrywki. Dzięki wbudowanemu komputerowi z systemem Windows 11 oraz portami HDMI i USB, można korzystać z internetu, odtwarzać filmy, prezentacje czy wykorzystać go do grupowej zabawy, np. karaoke. W tym samym czasie może korzystać nawet do 10-15 osób!
 Edukacyjny Wszechświat Knowla tworzy 16 różnych planet tematycznych. Są to osobne pakiety aplikacji - każda z nich odpowiada na inne potrzeby edukacyjne lub terapeutyczne dzieci w wieku przedszkolnym i wczesnoszkolnym (przedział wiekowy 3-10+ lat).
 Wyróżniamy w nim:
 	pakiet EDU (edukacyjno-rozwojowy; 7 planet),
 	pakiet SPE (korekcyjno-kompensacyjny, inkluzywny; 4 planety),
 	pakiet LING (nauka języków obcych; 5 planet).
 W zestawie z urządzeniem otrzymujemy pakiety startowe: Planetę Fruu z 250 aktywnościami edukacyjno-rozwojowymi dla dzieci w wieku przedszkolnym i wczesnoszkolnym, a także planetę EduMini (95 aktywności) pokazującą przekrój możliwości, interakcji całego Edukacyjnego Wszechświata.
 Planeta Fruu to mix 250 interaktywnych aktywności z najróżniejszych obszarów rozwojowych: aktywności logiczne, sportowe, zręcznościowe oraz edukacyjne. Także te, które z powodzeniem wykorzystać można podczas zajęć rewalidacyjnych i korekcyjno-kompensacyjnych, pracując z dziećmi z zaburzeniami przetwarzania zmysłowego, koncentracji, komunikacji i procesów uczenia się. Aktywności podzielone są na 4 kategorie: logiczne, sportowe, zręcznościowe oraz edukacyjne. Preferowana forma korzystania z nich to piłeczki, jednak można wykorzystywać w nich również pisaki. Dostępne są do zabawy zarówno dla jednej, jak i kilkunastu osób. Kilka z aktywności posiada podział na ilość rywalizujących osób, pojawiający się przed rozpoczęciem rozgrywki (np. Kręgle, Dart, Piłka nożna). W zależności od sposobu animacji mogą to być rozgrywki współpracujące bądź rywalizujące.
@@ -138,51 +138,51 @@
 	Dostosowane do pracy indywidualnej i grupowej.
 	NOWOŚĆ! Większa powierzchnia interakcji: obraz od 85 do 150 cali z interakcją pisakami i piłeczkami.
 	Wspiera rozwój kompetencji XXI wieku.
 Zestaw Knowla Box zawiera:
 	W pełni złożone urządzenie gotowe do uruchomienia. Wymiary urządzenia: 36,8 cm × 39,7 cm × 58,3 cm. Wymiary wyświetlanego obrazu: od 88" (189 × 118 cm) do nawet 156" (336 × 210 cm) przy zachowaniu ostrości oraz wszystkich interakcji (klawiatura z touchpadem, piłeczki, interaktywne pisaki – producent projektora Epson zapewnia interakcję pisakami do 100").
 	Wysokiej klasy projektor ultra krótkoogniskowy, laserowy Epson EB-760Wi o jasności 4100 lumenów. Żywotność w trybie Eco to 30 000 godzin, a w trybie wysokim to 20 000 godzin. Gwarancja na projektor to 60 miesięcy lub 12 000 godzin.
 	Wbudowany komputer (z łącznością Wi-Fi i systemem Windows).
 	Zewnętrzny port HDMI oraz port USB umożliwiający podłączanie urządzeń typu pendrive.
 	Pakiet startowy: planeta Fruu (250 aktywności) oraz planeta EduMini (95 aktywności).
 	40 piłeczek.
 	Pudełko na piłeczki.
 	Klawiaturę bezprzewodową z touchpadem.
 	2 interaktywne pisaki.
 	Kabel zasilający.
 	Pilot Epson.
 W przypadku użytkowania Knowla Box na podłodze, gdzie jest dywan lub wykładzina - zachęcamy do zakupu Knowla Mat (821115). Mata do Knowla Box, która pełni funkcję ekranu projekcyjnego. Lekka, zwijana i niegniotąca. Mocna i trwała tkanina poliestrowa powlekana PVC. Tworzy gładką, jednolitą powierzchnię do wyświetlania obrazu z projektora.
 Urządzenie (w szczególności projektor) spełnia wymagania DYREKTYWY PARLAMENTU EUROPEJSKIEGO I RADY 2011/65/UE z dnia 8 czerwca 2011 r. w sprawie ograniczenia stosowania niektórych niebezpiecznych substancji w sprzęcie elektrycznym i elektronicznym.
 Materiały dla nauczyciela:
 Każda planeta zawiera INSTRUKCJĘ, w której znajdują się:
 	szczegółowe opisy poszczególnych aplikacji,
 	odniesienia do podstawy programowej,
 	przykładowe scenariusze zajęć, ułatwiające korzystanie z materiałów.
 Na urządzeniu Knowla Box zainstalowane są dwie startowe, darmowe planety:
 	Planeta Fruu – mix aplikacji edukacyjnych oraz gier rozrywkowych; 250 aktywności,
 	Planeta EduMini – przekrojowe pokazanie możliwości całego Edukacyjnego Wszechświata; 95 aktywności.
-</t>
+Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096973</t>
   </si>
   <si>
     <t>Quadro - regał XL z 3 przegrodami i 3 półkami - klon jasny</t>
   </si>
   <si>
     <t>Duży, pojemny regał do przechowywania i porządkowania pomocy i zabawek. Regał można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) - w miejscach, gdzie będą zamontowane do ścianek zewnętrznych regału lub drzwiczkami mocowanymi do przegrody (092238-092249, 098843-098853, 092238S-092249S, 098843S-098853S, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) lub wąskimi, środkowymi szufladami (092006-092010, 092170, 092198, 092558-092563, 094006-094016, sprzedawane osobno) - w środkowej kolumnie. W regale można zamontować także drzwiczki z zamkiem (092071-092077, 092079-092083, 098887-098897, 092079S-092083S, 092071S-092077S, 098887S-098897S). Dodatkowo regał można wyposażyć w półki (092199, sprzedawane osobno) - w zewnętrznych kolumnach oraz wąskie półki (092287, sprzedawane osobno) - w środkowej kolumnie. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
   </si>
   <si>
     <t>085603-0VAT</t>
   </si>
   <si>
     <t>Drukarka 3D Flashforge Adventurer 4</t>
   </si>
   <si>
     <t xml:space="preserve">Cena skalkulowana wyłącznie dla placówek oświatowych.    Pakiet zawiera produkt ze stawką VAT 0%: Drukarka 3D FlashForge Adventurer 4, (wartość netto = brutto).  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.  Wzór Zaświadczenia &gt;&gt; Przykład wypełnionego Zaświadczenia &gt;&gt;  * wysyłka realizowana jest po dostarczeniu prawidłowo wypełnionego formularza zamówienia VAT0% w oryginale.     Drukarka 3D Sygnis FlashForge Adventurer 4 doskonale sprawdza się w tworzeniu technologicznego parku maszyn. Funkcja RESUME PRINT pozwala na rozpoczęcie drukowania od tego samego momentu, w którym go przerwano z powodu, np. nagłego odcięcia zasilania, a większe pole robocze umożliwia jeszcze efektywniej drukować wybrane modele.  Drukarka 3D Adventurer 4 to nie tylko większy rozmiar wydruku: 220 x 200 x 250 mm, ale także większe możliwości. Posiada wbudowany uchwyt szpuli filamentu 1kg oraz możliwość korzystania z dysz o średnicach 0,3 / 0,4 mm. Drukarka 3D wyposażona jest w czujnik filamentu, schowek na narzędzia oraz kamerę, która pozwala na wykonywanie i przeglądanie zdjęć z poziomu interfejsu drukarki. Możliwość zdalnej kontroli nad urządzeniem poprzez Wi-Fi lub Ethernet. Lokalne sterowanie urządzenia odbywa się za pomocą 4.3 calowego kolorowego wyświetlacza HD, posiadającego trzy stopnie jasności. Drukarka 3D posiada tryb oszczędzania energii. Dzięki ekstruderowi 265 °C możliwy jest druk z PLA/ABS/PC/PETG/PLA-CF/PETG-CF. Nowe funkcje w oprogramowaniu pozwalają nadzorować wiele urządzeń jednocześnie. Drukarka 3D posiada dwa tryby kalibracji: 9-cio punktową i ekspercką. Dodatkowo istnieje możliwość pobrania log’u z urządzenia.  Drukarka 3D Adventurer 4 posiada funkcję umożliwiającą edycję temperatury stołu oraz dyszy w trakcie drukowania. Zmienić można także wysokość osi Z, procentową ilość podawanego filamentu, moc wentylatorów oraz prędkość drukowania. Wbudowana instrukcja obsługi oraz informacje na temat oprogramowania pozwolą na lepsze zapoznanie się z drukarką. Na drukarkę udzielamy rocznej gwarancji i świadczymy pomoc techniczną, jako jedyny autoryzowany serwis FlashForge w Polsce.       Wyposażenie:   _x0001_szpula filamentu (1 kg) _x0001_kabel zasilający _x0001_dodatkowy moduł wysokotemperaturowy o średnicy 0.4mm _x0001_śrubokręt _x0001_narzędzie do przepychania dyszy _x0001_komplet śrubokrętów imbusowych _x0001_smar _x0001_pendrive _x0001_karta do poziomowania _x0001_złączka do filamentu _x0001_instrukcja obsługi    Specyfikacja:   _x0001_Technologia: FDM/FFF _x0001_Liczba głowic: 1 _x0001_Temperatura Ekstrudera: 240 ℃ / 265 ℃ _x0001_Temperatura platformy roboczej: 110 ℃ _x0001_Prędkość drukowania: 10 – 150 mm/s _x0001_Obszar roboczy: 220 x 200 x 250 mm _x0001_Rozdzielczość warstwy: 0,1 – 0,4 mm _x0001_Komora robocza: zamknięta _x0001_Głośność: 45 dB _x0001_Wielkość wyświetlacza: 4,3" _x0001_Zasilanie: 100-240 VAC, 47-603Hz _x0001_Kamera: 1 _x0001_Filtr: HEPA _x0001_Czujnik filamentu _x0001_Łączność: pamięć USB, Wi-Fi, Ethernet, FlashCloud _x0001_Waga: 20,1 kg _x0001_Wymiary: 500 x 470 x 540 mm   Serwis i infolinia techniczna dostępne pod numerem (22) 790-00-19   serwis@sygnis.pl;  bambino@sygnis.pl </t>
   </si>
   <si>
     <t>256077</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 żółte, stelaż aluminium</t>
   </si>
@@ -218,51 +218,119 @@
 SZCZEGÓŁOWY OPIS:
 096929 Regał Grande mobilny M na pojemniki - klon, 1 szt.
 Mobilny regał wykonany z klonowej płyty laminowanej o gr. 18 mm. Wyposażony w kółka z hamulcami.
 	wym. 70,2 x 48 x 87,4 cm
 372063 Pojemnik duży 3 srebrny, 4 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 22,5 cm
 372053 Pojemnik płytki 1 srebrny, 2 szt. 
 Pojemnik z wytrzymałego tworzywa sztucznego. Dostarczany z prowadnicami.
 	wym. 31,2 x 42,7 x 7,5 cm
 • wym. 70,2 x 48 x 82,2 cm</t>
   </si>
   <si>
     <t>834154</t>
   </si>
   <si>
     <t>Stolik duży wysoki biały 130x50x110</t>
   </si>
   <si>
     <t>585022</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL FUTURE  65</t>
   </si>
   <si>
-    <t xml:space="preserve"> Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.     Wzór Zaświadczenia &gt;&gt;     Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt        </t>
+    <t xml:space="preserve">
+Oferta sklepu obejmuje także możliwość zakupu monitora przez placówki oświatowe ze stawką 0% VAT. Produkt dostępny pod kodem 585022-0VAT.
+   Wzór Zaświadczenia &gt;&gt;
+   Przykład wypełnionego Zaświadczenia &gt;&gt;
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+• Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)
+</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -340,51 +408,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1db127e3f9b630fb6edce3da99772e861.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc6c9891da6593aede498056f37548f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3c8edeb97d0c2667e2f63d88bfc9c653.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0b476323d3d2b92daf26658f9d61a24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593cff406fab9acda2a63b74be3656ff5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65a0939c49baa2b90e98950ad4a085016.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b41fa259917a17052f27fcd163459817.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb787a61fed40706feb9b9e7139d3148.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/544ad7a393897444a84788605df2cd8e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e0aff053aee1659ab8031b2b3df86d10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adddd6a9e2dcbfa9f0dbea7f7dc9f1ba11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2991f34e32136e3e5626454ef61ffc3112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4abfa8c3eb48bb59ff93809105698413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f681923b24b52b00a2ff6b0a70d61e414.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6372b9a290f35e56d13fe3c12a2e6c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9684efade69989a160c47ad46e972f8c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b303c6ce62d868b2c5e00fcb77a6660c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2daa6939d8acc792b341d708e840cd364.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4cc5ba016a58c75b34cfddf1c95b07e5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a910443db19748ce73ba0b19187cc3d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53bf17a96c813237a894ee9ea7fcdcc7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbef45bf2dfdd62955d7adc96f6b01d78.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76b70ad9fb6405518901429ef4b611c9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a01e84184d60ff92b64034fc987f2510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56668334e5a8a5b23858c3521c2b020611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2508ea5ce21d8a473c76c5f67155524b12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b2eae4636419bb8795ba719d2ecb39d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fe573968a841ba2885502e506f8e35d14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0033" descr="Sala rozwoju zainteresowań STEAM"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1229,54 +1297,54 @@
       <c r="E9" s="8">
         <v>1</v>
       </c>
       <c r="F9" s="10">
         <v>1399.9</v>
       </c>
       <c r="G9" s="11">
         <v>1399.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>20999.9</v>
+        <v>18899.9</v>
       </c>
       <c r="G10" s="11">
-        <v>20999.9</v>
+        <v>18899.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>2</v>
       </c>
       <c r="F11" s="10">
         <v>1499.9</v>
       </c>
       <c r="G11" s="11">
         <v>2999.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
@@ -1408,51 +1476,51 @@
       <c r="A18" s="7"/>
       <c r="B18" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="8">
         <v>1</v>
       </c>
       <c r="F18" s="10">
         <v>6887.9</v>
       </c>
       <c r="G18" s="11">
         <v>6887.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="F20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G20" s="12">
-        <v>69381.7</v>
+        <v>67281.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 