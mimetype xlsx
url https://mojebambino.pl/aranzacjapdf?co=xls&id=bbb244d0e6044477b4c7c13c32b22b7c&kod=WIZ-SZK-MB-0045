--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>WIZ-SZK-MB-0045 STEAM LAB - Strefa E (Engineering) - Inżynieria</t>
   </si>
   <si>
-    <t>z dnia 2025-11-13 02:02:06</t>
+    <t>z dnia 2026-01-02 04:03:46</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>ZEST5824</t>
   </si>
   <si>
     <t>Szafa Grande z 6 zestawami narzędzi dla ucznia</t>
   </si>
@@ -115,54 +115,54 @@
   <si>
     <t>Stół z regulowaną wysokością. Można uzupełnić nakładką z tablicą narzędziową (098354, sprzedawana oddzielnie). Stół wyposażony jest w 2 potrójne gniazdka. Wykonany z lakierowanej sklejki brzozowej (gr. 24 mm). • wym. 150 x 60 cm • reg. wys. 71 i 76 cm • udźwig 300 kg.</t>
   </si>
   <si>
     <t>098353</t>
   </si>
   <si>
     <t>Nakładka/nadbudowa/tylna ścianka do stołu</t>
   </si>
   <si>
     <t>Nakładkę można zamontować na stole warsztatowym (098351, sprzedawany osobno). Wykonana z płyty wiórowej. Wyposażona w tablicę narzędziową. W komplecie stelaż.• wym. 100 x 60 cmMożna również zamontować na ścianie.</t>
   </si>
   <si>
     <t>852285</t>
   </si>
   <si>
     <t>Pojemnik warsztatowy czerwony 10x10x6</t>
   </si>
   <si>
     <t>Do przechowywania drobnych narzędzi, np. śrubek, wkrętów, nakrętek, itp. Można zamontować je na tablicy narzędziowej (098353, 098354, sprzedawane osobno) przy stołach warsztatowych (098351, 098352, sprzedawane osobno). Wykonane z tworzywa sztucznego.• wym. 10 x 10 x 6 cm</t>
   </si>
   <si>
     <t>096901W</t>
   </si>
   <si>
-    <t>Regał Grande L głęboki - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,4 cm</t>
+    <t>Regał Grande L głęboki – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W, 096964). Na głębokich regałach (48 cm) można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>ZEST5817</t>
   </si>
   <si>
     <t>Pracownia robótek ręcznych - zestaw DELUXE</t>
   </si>
   <si>
     <t>Zestaw przyborów i materiałów zużywalnych do wykorzystania w pracowni robótek ręcznych. Duża ilość nici, kordonków, muliny oraz 100 kanw umożliwia wykonanie wielu prac (na drutach, na szydełku, wyszywanie). Szafka z pojemnikami i nadstawką pozwala na uporządkowanie i funkcjonalne przechowywanie wszystkich akcesoriów.  Skład zestawu: • 098350 Nadstawka Grande na nici - klon • 096895 Regał Grande L na pojemniki - 2 kolumny - klon • 372052 Pojemnik płytki 1 jasnoszary, 14 szt. • 372057 Pojemnik głęboki 2 jasnoszary, 4 szt. • 372043 Wkład do pojemnika z 6 komorami, 3 szt. • 372044 Wkład do pojemnika z 8 komorami, 1 szt. • 372042 Wkład do pojemnika z 4 komorami, 1 szt. • 852046 Zestaw nici Talia - białych, 5 szt., 1 szt. • 852047 Zestaw nici Talia - ecru, 5 szt., 1 szt. • 852048 Zestaw nici Talia - jasnobeżowych, 5 szt., 1 szt. • 852049 Zestaw nici Talia - jasnobeżowoszarych, 5 szt., 1 szt. • 852050 Zestaw nici Talia - jasnobłękitnych, 5 szt., 1 szt. • 852051 Zestaw nici Talia - jasnoniebieskich, 5 szt., 1 szt. • 852052 Zestaw nici Talia - jasnożółtych, 5 szt., 1 szt. • 852053 Zestaw nici Talia - cytrynowych, 5 szt., 1 szt. • 852054 Zestaw nici Talia - ciemnożółtych, 5 szt., 1 szt. • 852055 Zestaw nici Talia - jasnozielonych, 5 szt., 1 szt. • 852056 Zestaw nici Talia - jasnomiętowych, 5 szt., 1 szt. • 852057 Zestaw nici Talia - limonkowych, 5 szt., 1 szt. • 852058 Zestaw nici Talia - żółtozielonych, 5 szt., 1 szt. • 852059 Zestaw nici Talia - perłowy róż, 5 szt., 1 szt. • 852060 Zestaw nici Talia - łososiowych, 5 szt., 1 szt. • 852061 Zestaw nici Talia - bladoróżowych, 5 szt., 1 szt. • 852062 Zestaw nici Talia - różowych, 5 szt., 1 szt. • 852063 Zestaw nici Talia - różowofioletowych, 5 szt., 1 szt. • 852064 Zestaw nici Talia - ciemnobeżowych, 5 szt., 1 szt. • 852065 Zestaw nici Talia - ciemnopomarańczowych, 5 szt., 1 szt. • 852066 Zestaw nici Talia - ciemnoczerwonych, 5 szt., 1 szt. • 852067 Zestaw nici Talia - ciemnofioletowych, 5 szt., 1 szt. • 852068 Zestaw nici Talia - śliwkowobordowych, 5 szt., 1 szt. • 852069 Zestaw nici Talia - bordowych, 5 szt., 1 szt. • 852070 Zestaw nici Talia - ciemnoniebieskich, 5 szt., 1 szt. • 852071 Zestaw nici Talia - granatowych, 5 szt., 1 szt. • 852072 Zestaw nici Talia - ciemnogranatowych, 5 szt., 1 szt. • 852073 Zestaw nici Talia - zielonych, 5 szt., 1 szt. • 852074 Zestaw nici Talia - ciemnozielonych, 5 szt., 1 szt. • 852075 Zestaw nici Talia - ciemnozgniłozielonych, 5 szt., 1 szt. • 852076 Zestaw nici Talia - brązowobeżowych, 5 szt., 1 szt. • 852077 Zestaw nici Talia - złotych, 5 szt., 1 szt. • 852078 Zestaw nici Talia - miedzianych, 5 szt., 1 szt. • 852079 Zestaw nici Talia - rudych, 5 szt., 1 szt. • 852080 Zestaw nici Talia - brązowych, 5 szt., 1 szt. • 852081 Zestaw nici Talia - czekoladowych, 5 szt., 1 szt. • 852082 Zestaw nici Talia - jasnoszarych, 5 szt., 1 szt. • 852083 Zestaw nici Talia - szarych, 5 szt., 1 szt. • 852084 Zestaw nici Talia - antracytowych, 5 szt., 1 szt. • 852085 Zestaw nici Talia - czarnych, 5 szt., 1 szt. • 852026 Kordonek biały, 10 szt., 1szt. • 852027 Kordonek żółty, 10 szt., 1 szt. • 852028 Kordonek pomarańczowy, 10 szt., 1 szt. • 852029 Kordonek czerwony, 10 szt., 1 szt. • 852030 Kordonek jasnoróżowy, 10 szt., 1 szt. • 852031 Kordonek jasnoniebieski, 10 szt., 1 szt. • 852032 Kordonek granatowy, 10 szt., 1 szt. • 852033 Kordonek limonkowy, 10 szt., 1 szt. • 852034 Kordonek ciemnozielony, 10 szt., 1 szt. • 852035 Kordonek brązowy, 10 szt., 1 szt. • 852036 Kordonek jasnoszary, 10 szt., 1 szt. • 852037Kordonek czarny, 10 szt., 1 szt. • 852014 Mulina biała, 12 szt., 1 szt. • 852015 Mulina żółta , 12 szt., 1 szt. • 852016 Mulina pomarańczowa, 12 szt., 1 szt. • 852017 Mulina czerwona, 12 szt., 1 szt. • 852018 Mulina jasnoróżowa, 12 szt., 1 szt. • 852019 Mulina jasnoniebieska, 12 szt., 1 szt. • 852020 Mulina granatowa, 12 szt., 1 szt. • 852021 Mulina limonka, 12 szt., 1 szt. • 852022 Mulina ciemnozielona, 12 szt., 1 szt. • 852023 Mulina brązowa, 12 szt., 1 szt. • 852024 Mulina jasnoszara, 12 szt., 1 szt. • 852025 Mulina czarna, 12 szt., 1 szt. • 852103 Igła cerówka, 30 szt. • 525010 _x0001_Nożyczki uniwersalne, 30 szt. • 852105 Zestaw igieł, 30 szt. • 852106 Szpilki perłowe główki, zestaw, 30 szt. • 852107 Szpilki, zestaw, 30 szt. • 852108 Szydełka, 30 szt. • 852109 Druty dziewiarskie proste, grubość 3,5, 30 szt. • 852110 Druty dziewiarskie proste, grubość 4,5, 30 szt._x0001_ • 852111 naparstek metalowy, 30 szt. • 852112 Obcinaczka do nici, 30 szt. • 852113 Miarka krawiecka, 30 szt. • 852114 Włóczka, mix 14 kol., 2 szt. • 852045 Kanwy, zestaw 100 szt. - różne wzory, 1 szt. • 852115 Igły do haftu, 30 szt.</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -249,51 +249,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee5da7b0ffc7ec94e12d16e9e7e6a081.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a54c8b03eaa85d6c0f6ea5385850972a2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6792a2b0bdd297444c4aca069fde52323.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6343ad13d31530a9ae68dfe3ca27c77f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4758118ce1309b4396f6227f5c5758cd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0367fc8b239089452a83819be8a955fb6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44d78c3df7b6c5aff323d043f51fa23a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711494211fd98a3f9d19aeb1d53cd4748.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bd1c323f11b0192928fe9076a7d1c69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b56927e89afa76155dbabd8d3f482310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454ab134a7ad086e6e38de07a971d2dd11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04f8e580773395b2355af37ce0755201.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1559ff25df3bab73bdb17d2d2a955d92.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2002886e84d71122682202b74a243723.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7a37dfe7fb2c1666d45b6d19fa1b874.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7900b52f4f0953e9e0cd90778dd96315.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a188c3ed3867670306f4e914482ba096.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dc754d763f91d66f1fdf60c424d4a07.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe2c5ae62e89f0bf7315a5d2ba393338.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bfcd70c34197b027fe1cf6d4af8f8479.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec8cf2a7957904cbaebd83c4f1652e310.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac523d5b9391c4b3cc70f86d6b0a6e211.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0045" descr="STEAM LAB - Strefa E (Engineering) - Inżynieria"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>