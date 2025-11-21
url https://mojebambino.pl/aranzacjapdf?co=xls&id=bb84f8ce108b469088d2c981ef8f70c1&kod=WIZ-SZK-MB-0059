--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -19,51 +19,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0059 Sala mobilna z wieloma tablicami suchościeralnymi </t>
   </si>
   <si>
-    <t>z dnia 2025-10-05 16:35:59</t>
+    <t>z dnia 2025-11-21 07:00:37</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>095286</t>
   </si>
   <si>
     <t>Tablica suchościeralna, magnetyczna</t>
   </si>
@@ -130,57 +130,125 @@
   <si>
     <t>Kuchnia Grande - zestaw 1, z zamkiem</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.# wym. 164 x 60 x 40/86 cmSkład zestawu: # 098212	Szafka kuchenna Grande z 3 szufladami	1	szt.# 098207	Szafka kuchenna Grande pod zlewozmywak	1	szt.# 098209 Drzwi do szafki kuchennej Grande z zamkiem, 2 szt. 1 kpl# 098266-P	Blat kuchenny do szafek Grande, 164 cm - z wycięciem na zlew po prawo	1	szt.# 098210	Szafka kuchenna Grande wisząca	2	szt. # wys. szafek wiszących: 40 cm• wym. 164 x 60 x 86 cm• długość zestawu: 1,64 m</t>
   </si>
   <si>
     <t>834191</t>
   </si>
   <si>
     <t>Stolik Mini wysoki biały 60x60x50</t>
   </si>
   <si>
     <t>Stoliki Mini wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 60 x 60 x 50 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
   </si>
   <si>
-    <t>ZEST5998</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> SKŁAD ZESTAWU   _x0001_585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt. _x0001_585104 Podstawa mobilna do monitorów interaktywnych, 1 szt.      585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt.  Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora.     Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - podział ekranu  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt. _x0001_przewód DISPLAYPORT dł-5m , 1 szt.           585104 Podstawa mobilna do monitorów interaktywnych, 1 szt.  Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm.   • wym. 110 x 60 x 161 cm  </t>
+    <t>MZEST0015</t>
+  </si>
+  <si>
+    <t>Monitor insGraf DIGITAL FUTURE 65 na podstawie mobilnej</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Skład zestawu:
+	585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt. Więcej informacji &gt;&gt;
+	585104 Podstawa mobilna do monitorów interaktywnych, 1 szt. Więcej informacji &gt;&gt;
+585022 Monitor interaktywny insGraf DIGITAL FUTURE 65, 1 szt.
+Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.
+Główne funkcje:
+- Wbudowany system Android 13
+- Rozdzielczość 4K 3840 x 2160
+- Moduł Wi-Fi
+- Pamięć wbudowana: 32 GB
+- Pamięć RAM: 4 GB
+- Slot OPS umożliwiający wbudowanie komputera z systemem Windows.
+- Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android.
+- Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard
+- Przyciski skrótów po lewej stronie ekranu
+- Przednie porty po lewej stronie ekranu
+- Wbudowane w przedni panel głośniki (2x20W)
+- Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych
+- Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu.
+- Intuicyjny interface z przydatnymi aplikacjami:
+- do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS
+- zmiany źródła wyświetlanego obrazu
+- tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,)
+- program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej)
+- program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator)
+- udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji)
+- rozpoznawanie tekstu i figur geometrycznych
+- rozpoznawanie tekst i figur geometrycznych
+- wbudowane przybory geometryczne
+- telefon jako wizualizer
+- dodatkowe gadżety: stoper, timer, spotlight
+- EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 1 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C dł - 2m, 1 szt.
+	przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt.
+	Przewód HDMI dł - 3m, 1 szt.
+Specyfikacja:
+• 65 cali
+• Rozdzielczość: 4K 3840x2160
+• Kontrast 4000:1
+• Jasność 450 cd/m²
+• Głębia kolorów 8 bit
+• Czas reakcji ≤10ms
+• Technologia dotyku IR
+• 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android
+• Proporcje obrazu 16:9
+• Panel LED o żywotności 50 000 godzin
+• Slot OPS
+• Kąt widzenia 178°
+• Ekran szyba hartowana
+• Napięcie robocze: AC 100-240V，50/60Hz
+• Głośniki 2x20W (głośnik z przodu)
+• Wejścia/Wyjścia AV:
+Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1
+Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1
+Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1
+Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1
+• Obsługiwane formaty multimediów:
+Obraz: JPEG, BMP, PNG
+Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding)
+Dźwięk: MP3, M4A, (AAC)
+• Procesor - MTK 9666
+• Wejście sieciowe RJ45/8P8C x2
+• Waga: 45 kg
+</t>
   </si>
   <si>
     <t>101881</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia szara z bokami ze sklejki</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -276,51 +344,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/612795a687f23acd6cf4b05726e40c1f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a8bf0e80eaaf3ab7dc376fcf0c53252.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8510cc5a4ac53d3baa36c933a80a537c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c980bfe1fdd5b69832e8a51b32e8384.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588d1115c61ff4a54beca4cafee1582a5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb60f4c302c441e3f0cb98a06c378196.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa8783954bcf4046ff6307b8977dd917.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c1b3712482b8b991af3d87cbf1e88e8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42edd6abff0f893d838983e6bbc59979.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dcc40f5f0ad0c213049a9a3c4ba914a10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f181f18e2371752ba611251e06763fe811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13756454596791007f703d68a945b2f012.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce8fe2c02beefba9d4c92fd86559b72113.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63af288da807e48c196af836bda2f3c914.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69f670a66d7312d23ec3d897c8c0e8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25fceeed7b7e1b6ab0f750a0dd44e6562.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcccf91f355d333f93aa5794a4b4b3553.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fd7e5685551534cbce7c0061f897734.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737a3a69afa61986bc4e7ff6a90a89255.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9203835ad579eed4189a09c02a0877d56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ce2455fe00f44bdd440103965420aa7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b435fd673327f8f10411cfca4c5c891d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97c61c42c46c265401137c82bc646099.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03e76fc9f120a31d66e3cb379a7164f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad3ba9dbb63b6dbc062d9a9a53f026911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8212be9393d29b37ce1124bc1e861b212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b848cc51ca7e3603ced9dc9b22c1fadb13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324ac12b0f4f54918832b272261a4a5a14.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0059" descr="Sala mobilna z wieloma tablicami suchościeralnymi "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -621,51 +689,51 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="ZEST5998" descr="ZEST5998"/>
+        <xdr:cNvPr id="12" name="MZEST0015" descr="MZEST0015"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>