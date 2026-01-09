--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -14,241 +14,164 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t xml:space="preserve">WIZ-SZK-MB-0059 Sala mobilna z wieloma tablicami suchościeralnymi </t>
   </si>
   <si>
-    <t>z dnia 2025-11-21 07:00:37</t>
+    <t>z dnia 2026-01-09 22:56:07</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>095286</t>
   </si>
   <si>
     <t>Tablica suchościeralna, magnetyczna</t>
   </si>
   <si>
     <t>Tablice o powierzchni suchościeralnej lub kredowej, przeznaczone do montowania w nadstawkach 095284 i 095285 oraz 095508 i 095509. • wym. tablic 75,5 x 118,5 cm • gr. tablic 1 cm Powierzchnia suchościeralna wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113).</t>
   </si>
   <si>
     <t>855548W</t>
   </si>
   <si>
     <t>Szafka Feria mała, biała</t>
   </si>
   <si>
-    <t>Szafki z wieloma przegródkami, które w razie potrzeby można zamknąć drzwiczkami (będącymi w oddzielnej sprzedaży) lub zamontować do nich różnej pojemności szufladki – wszystko zależy od przeznaczenia danej szafeczki. Zestawiając ze sobą kilka modułów można uzyskać oddzielną przegródkę dla każdego dziecka. Szafki można także potraktować jako wolnostojący regał, którego półeczki nie wymagają żadnej zasłony. Głębokość każdej przegródki mieści wszystkie materiały w formacie A4. Korpusy są wykonane z płyty wiórowej w dwóch tonacjach (klon jasny lub biały), a tył szafki z płyty HDF. Otwory w szafce umożliwiają montaż prowadnic do szuflad oraz drzwiczek z dostosowaniem  do ich różnych wysokości.• wym. 105 x 45 x 66 cm</t>
+    <t>Szafki z wieloma przegródkami, do których można dokupić drzwiczki lub zamontować szufladki o różnych pojemnościach. Łącząc kilka modułów, łatwo stworzyć osobne przegródki dla każdego dziecka. Szafki mogą również pełnić funkcję wolnostojącego regału. Głębokość przegródek mieści materiały w formacie A4. Korpus wykonany jest z płyty wiórowej (klon jasny lub biały), a tył z płyty HDF. Otwory montażowe umożliwiają instalację prowadnic i drzwiczek na różnych wysokościach.• wym. 105 x 45 x 66 cm</t>
   </si>
   <si>
     <t>027008</t>
   </si>
   <si>
     <t>Globus fizyczny duży</t>
   </si>
   <si>
     <t>Globus fizyczny. • śr. 42 cm • wys. 62 cm • 1:30 000 000 • stopka i cięciwa wykonane z plastiku</t>
   </si>
   <si>
     <t>096919</t>
   </si>
   <si>
-    <t>Szafa Grande wysoka - klon jasny</t>
-[...2 lines deleted...]
-    <t>Pojemne szafy wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Drzwi z zawiasami 90 stopni, z cichym domykiem, zamykane na zamek.  Wyposażone w 5 półek. • wym. 82 x 39,8 x 223 cm</t>
+    <t>Szafa Grande wysoka – klon jasny</t>
+  </si>
+  <si>
+    <t>Pojemne szafy wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Drzwi z zawiasami 90° i cichym domykiem, zamykane na zamek. Wyposażone w 5 półek. • wym. 82 x 39,80 x 223 cm</t>
   </si>
   <si>
     <t>256096</t>
   </si>
   <si>
     <t>Krzesło Colores obrotowe na kółkach z regulacją wysokości - szare</t>
   </si>
   <si>
     <t>Krzesło o nowoczesnym wzornictwie, posiadające wiele zalet. Siedzisko i oparcie połączone w jedną całość, wykonane z tworzywa sztucznego. Dzięki swojej sprężystości oparcie w naturalny sposób dostosowuje się do pleców dziecka. Otwór w oparciu krzesła to doskonały uchwyt do przestawiania krzesła z miejsca na miejsce. Odporne na zabrudzenia i wilgoć. Na powierzchni siedziska zastosowano system antypoślizgowy zabezpieczający przed zsunięciem się dziecka. Stelaż krzesła wyposażony w kółka i mechanizm regulacji wysokości. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • wys. siedziska od 43 do 56 cm</t>
   </si>
   <si>
     <t>096871</t>
   </si>
   <si>
-    <t>Drzwi Grande niskie 90 st. 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Pasują do nadstawek S (096888, 096888W, 096889, 096889W, 098186, 098186W). • 2 szt. • wym. 40,5 x 34,9 cm</t>
+    <t>Drzwi Grande niskie 90 st. 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Pasują do nadstawek S (096888, 096888W, 096889, 096889W, 098186, 098186W). • 2 szt. • wym. 40,50 x 34,90 cm</t>
   </si>
   <si>
     <t>098789W</t>
   </si>
   <si>
     <t>Mobilne biurko Grande – białe</t>
   </si>
   <si>
     <t>Mobilne biurko dla nauczyciela z regulowaną wysokością blatu. Blat i półka wykonany z płyty wiórowej o gr. 18 mm w kolorze jasnego klonu lub białym, posiada aluminiowy stelaż. Posiada wysuwaną półkę. Funkcjonalne biurko, które zadowoli każdego nauczyciela. • min. wys. 76 cm; max. wys. 90 cm• wym. 100 x 55 x 90 cm</t>
   </si>
   <si>
     <t>ZEST5674K</t>
   </si>
   <si>
     <t>Kuchnia Grande - zestaw 1, z zamkiem</t>
   </si>
   <si>
     <t>Seria mebli kuchennych Grande umożliwia dopasowanie do każdej przestrzeni w placówce. Kuchnia jest zaprojektowana tak, aby zmieściła się na nią nawet w niewielkich pomieszczeniach - jest idealna także jako aneks kuchenny. Można dowolnie łączyć szafki i dopasować do nich blat (dostępny w stałej szerokości, na 2 szafki lub w dowolnej szerokości - cena za metr bieżący). Sprzęt kuchenny nie jest wliczony w cenę.# wym. 164 x 60 x 40/86 cmSkład zestawu: # 098212	Szafka kuchenna Grande z 3 szufladami	1	szt.# 098207	Szafka kuchenna Grande pod zlewozmywak	1	szt.# 098209 Drzwi do szafki kuchennej Grande z zamkiem, 2 szt. 1 kpl# 098266-P	Blat kuchenny do szafek Grande, 164 cm - z wycięciem na zlew po prawo	1	szt.# 098210	Szafka kuchenna Grande wisząca	2	szt. # wys. szafek wiszących: 40 cm• wym. 164 x 60 x 86 cm• długość zestawu: 1,64 m</t>
   </si>
   <si>
     <t>834191</t>
   </si>
   <si>
     <t>Stolik Mini wysoki biały 60x60x50</t>
   </si>
   <si>
     <t>Stoliki Mini wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 60 x 60 x 50 cm</t>
   </si>
   <si>
     <t>096743</t>
   </si>
   <si>
     <t>Szafka laboratoryjna mobilna</t>
   </si>
   <si>
     <t xml:space="preserve">Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki.  Funkcjonalność szafki laboratoryjnej to nie tylko jej mobilność, ale i także składany blat znajdujący się po jednej stronie szafki. Po drugiej znajdują się 2 zamykane na kluczyk szafki z półką o regulowanej wysokości oraz 5 szuflad. Stół wyposażony jest w gniazdka elektryczne wysuwane z blatu i kabel o dł. ok. 1,5 m.  Szafka laboratoryjna wykonana została z białej płyty laminowanej o gr. 18 mm, blat pokryty laminatem HPL, stelaż z profilu o wym. 30 x 30 mm.  • wym. całkowite: 168 x 56 (101,5 po rozłożeniu blatu) x 91 cm • wym. blatu: 152 x 51 (101,5 po rozłożeniu) • wym. wewnętrzne szafki: 44,8 x 45 x 72,6 cm • wym. wewnętrzne niższych szuflad: 39,8 x 37,8 x 7 cm • wym. wewnętrzne wyższych szuflad: 39,8 x 37,8 x 16,5 cm. Szafka laboratoryjna mobilna dedykowana jest do szkół podstawowych i liceów. Sprawdzi się w pracowniach przyrodniczych, zarówno w klasie biologicznej, chemicznej czy fizycznej. Posiada 4 kółka z hamulcem i aluminiowe uchwyty po krótszych stronach, umożliwiające wygodne przemieszczanie szafki. </t>
-  </si>
-[...75 lines deleted...]
-</t>
   </si>
   <si>
     <t>101881</t>
   </si>
   <si>
     <t>Kanapa wyciszająca Arkadia szara z bokami ze sklejki</t>
   </si>
   <si>
     <t>Wysoka kanapa z zabudowanymi bokami pozwoli stworzyć spokojne miejsce odpoczynku i wyciszenia, zapewnia także podparcie dla głowy podczas siedzenia. Wykonana z pianki pokrytej trudnopalną tkaniną (Plus FR). Stelaż z profilu metalowego. Boki kanapy wykonane z lakierowanej sklejki lub sklejki pokrytej tkaniną filcową. • wym. 131 x 70 x 142 cm • wys. siedziska 42 cm • gł. siedziska 53 cm</t>
   </si>
   <si>
     <t>098128</t>
   </si>
   <si>
     <t>Stół prostokątny easyMoove</t>
   </si>
   <si>
     <t>Blat wykonany z płyty CDF o gr. 12 mm. Płyta o jednolitej i zwartej budowie, odporna na wilgoć, rozpryski wody, zaplamienia i chemikalia. Higieniczna i łatwa w pielęgnacji, odporna na zarysowania i ścieranie. Klasa palności: B-s2, d0 wg EN 13501. Stelaż metalowy o śr. 32 mm, z okrągłymi nogami. Zastosowanie kółek ułatwia przemieszczanie stołu. • rozm. 6• dwie stopki i dwa kółka z hamulcem • wym. blatu 50 x 70 cm• Stoły easyMoove pomogą Ci łatwo stworzyć indywidualne środowisko nauki sprzyjające koncentracji. Salę lekcyjną można zaaranżować na różne sposoby.  • Czyścić łagodnym środkiem czyszczącym• wym. 70 x 50 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
@@ -344,51 +267,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69f670a66d7312d23ec3d897c8c0e8a1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25fceeed7b7e1b6ab0f750a0dd44e6562.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcccf91f355d333f93aa5794a4b4b3553.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55fd7e5685551534cbce7c0061f897734.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737a3a69afa61986bc4e7ff6a90a89255.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9203835ad579eed4189a09c02a0877d56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ce2455fe00f44bdd440103965420aa7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b435fd673327f8f10411cfca4c5c891d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97c61c42c46c265401137c82bc646099.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03e76fc9f120a31d66e3cb379a7164f10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad3ba9dbb63b6dbc062d9a9a53f026911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8212be9393d29b37ce1124bc1e861b212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b848cc51ca7e3603ced9dc9b22c1fadb13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324ac12b0f4f54918832b272261a4a5a14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698ad35f946fe4f283c0d96542a97bd61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90bb35238d5608125fa9dc48fa064102.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934961f962cd1b775149c76f2357568a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a82d168c9d72fc87bc1fca8a6487d40d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477b95f1e01f9ed01d02b76f5d72197f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a01d46c68cbbf2c4bddab048b2421fa6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251678006eb45f0d1ade031aca08768b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d31c17af3e3157e427bc06e9e9c50cec8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b3b015ba4d1fc1fc475e13cee063719.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78143e88b4363c2d7f0b5f859bbe608e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd966fe6daacc48185c8cc67293f7bd811.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ffe71f3a2e46ce20eb88223ad15dd812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6084dd78afa939a13c33af9d94f67de13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0059" descr="Sala mobilna z wieloma tablicami suchościeralnymi "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -689,117 +612,87 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="MZEST0015" descr="MZEST0015"/>
+        <xdr:cNvPr id="12" name="101881" descr="101881"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="101881" descr="101881"/>
+        <xdr:cNvPr id="13" name="098128" descr="098128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1066,54 +959,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G20"/>
+  <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F20" sqref="F20:G20"/>
+      <selection activeCell="F19" sqref="F19:G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="25" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1" t="s">
@@ -1356,107 +1249,86 @@
       <c r="D15" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="8">
         <v>1</v>
       </c>
       <c r="F15" s="10">
         <v>3199.9</v>
       </c>
       <c r="G15" s="11">
         <v>3199.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="80">
       <c r="A16" s="7"/>
       <c r="B16" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>40</v>
       </c>
       <c r="E16" s="8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F16" s="10">
-        <v>9999.8</v>
+        <v>2599.9</v>
       </c>
       <c r="G16" s="11">
-        <v>9999.8</v>
+        <v>5199.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="80">
       <c r="A17" s="7"/>
       <c r="B17" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="8">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F17" s="10">
-        <v>2599.9</v>
+        <v>649.9</v>
       </c>
       <c r="G17" s="11">
-        <v>5199.8</v>
-[...4 lines deleted...]
-      <c r="B18" s="8" t="s">
+        <v>15597.6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="F19" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="9" t="s">
-[...20 lines deleted...]
-        <v>69022.2</v>
+      <c r="G19" s="12">
+        <v>59022.4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 