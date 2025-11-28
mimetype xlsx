--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-SZK-MB-0035 Zielona Pracownia 2</t>
   </si>
   <si>
-    <t>z dnia 2025-10-09 12:03:27</t>
+    <t>z dnia 2025-11-28 03:28:27</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096874K</t>
   </si>
   <si>
     <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe</t>
   </si>
@@ -155,51 +155,51 @@
   <si>
     <t>096898W</t>
   </si>
   <si>
     <t>Regał Grande M - biały</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,2 cm</t>
   </si>
   <si>
     <t>096900W</t>
   </si>
   <si>
     <t>Regał Grande L - biały</t>
   </si>
   <si>
     <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,4 cm</t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65". • wym. 110 x 60 x 161 cm</t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65".• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>099811W</t>
   </si>
   <si>
     <t>Biurko Mini - białe</t>
   </si>
   <si>
     <t>Biurka mini wykonane z płyty laminowanej o gr. 18 mm, dostępne w różnych odcieniach. • wym. 80 x 60 x 76 cm• wym. 80 x 60 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -286,51 +286,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c29f02afc283804bcc6fa3f65bb39f1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b635dc04bbade7e440a98ab67c117362.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c7e466d2f314ff1dc949dd174929e93.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29e944ac86c50060791ac465524dbce4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c095dd817c053c060779cd37c3232855.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5927a1fbf2ef99b842154cf37bfc3b786.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0aaf85d983fc4f514bc03c29a0a82a17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529ac2c2fe0a99be1e6580a47f96b6878.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e10d06cbf81e1c994076ddce67749b69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad87a98270f0086245554d3270bde9810.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd36127c9082e62cb9c8822ff3be3a0311.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c0776ad486fc7d38b406cdeb5d09c4512.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ebd7fb470e270245a2727da1d527be13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/188a0588f08cc938c60cde97f4288d9714.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c858976cea023343c1404d5691769b2b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20468ca5aa2659cebea29db28985aae22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0ac258e720688927dbf39fc4e2b2433.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c468b303ddff557096684334cee06ad4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159d62ae2f75c11b183c8260d02d50c75.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aca09a0236c42a39aac3c5a56d7bb926.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d3d3b3a63706f690cd849f60139a2a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d92b293bf6030781b4dc22dfb046ceb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e0d1997bbdcbb915531c78104dd0a39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7b9a2b11013bfb6a246fe46daec65e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f3a7b650dcdb3987d4f1aff0d91dd911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2923eac2c18f628e97b4f9d4244754b712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d114f836106d77113b015df1dde723213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52302d7c6f70e008dce3fc01833d2b514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8231bd940cc918c5daf6e6a7b1b06d0015.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0035" descr="Zielona Pracownia 2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -655,93 +655,123 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="096898W" descr="096898W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="585104" descr="585104"/>
+        <xdr:cNvPr id="13" name="096900W" descr="096900W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="571500" cy="571500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="585104" descr="585104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="099811W" descr="099811W"/>
+        <xdr:cNvPr id="15" name="099811W" descr="099811W"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>