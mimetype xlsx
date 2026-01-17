--- v1 (2025-11-28)
+++ v2 (2026-01-17)
@@ -20,186 +20,329 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WIZ-SZK-MB-0035 Zielona Pracownia 2</t>
   </si>
   <si>
-    <t>z dnia 2025-11-28 03:28:27</t>
+    <t>z dnia 2026-01-17 02:13:45</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096874K</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - białe</t>
-[...11 lines deleted...]
-    <t xml:space="preserve"> Monitor ze stawką VAT 0% dla placówek oświatowych.  Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.   Wzór Zaświadczenia &gt;&gt;   Przykład wypełnionego Zaświadczenia &gt;&gt;     Monitory interaktywne insGraf DIGITAL FUTURE to kompaktowe rozwiązania do prezentacji w szkole, przedszkolu i sali konferencyjnej. Wyposażone w slot OPS (Open Pluggable Specification) umożliwiający wbudowanie komputera wewnątrz monitora. Dedykowany produkt: uchwyt ścienny (585004), dostępny jako osobna pozycja katalogowa.    Specyfikacja:  • 65 cali • Rozdzielczość: 4K 3840x2160 • Kontrast 4000:1 • Jasność 450 cd/m² • Głębia kolorów 8 bit • Czas reakcji ≤10ms • Technologia dotyku IR • 40 punktów dotyku w systemie Windows, 20 punktów w systemie Android • Proporcje obrazu 16:9 • Panel LED o żywotności 50 000 godzin • Slot OPS • Kąt widzenia 178° • Ekran szyba hartowana • Napięcie robocze: AC 100-240V，50/60Hz • Głośniki 2x20W (głośnik z przodu) • Wejścia/Wyjścia AV: Przód: HDMI In (2.0) x1, Touch(USB2.0 Type-B) x1, USB3.0(Public Type-A) x2, Type C(65W+4K60+USB2.0) x1, Mic In(Aux3.5) x1 Wejścia: HDMI In x2 (2.0), DP In x1 DP1.2, VGA x1, VGA Audio In(Aux3.5) x1 Wyjścia: Earphone x1 Aux3.5, HDMI Out (2.0) x1, SPDIF Out x1 Inne: USB 2.0(Android) x1, USB 2.0(Public) x2, Touch USB(2.0 Type-B) x1, RS232 x1, OPS Slots x1, Type-C(For camera, USB 2.0) x1 • Obsługiwane formaty multimediów: Obraz: JPEG, BMP, PNG Film: MPEG1, MPEG2, MPEG4, H264, RM, RMVB, MOV, MJPEG, VC1, Divx, FLV(Support 1080P HD Decoding) Dźwięk: MP3, M4A, (AAC) • Procesor - MTK 9666 • Wejście sieciowe RJ45/8P8C x2 • Waga: 45 kg • Brak uchwytu ściennego w zestawie (do dokupienia osobno, kod produktu: 585004)  Główne funkcje: - Wbudowany system Android 13 - Rozdzielczość 4K 3840 x 2160 - Moduł Wi-Fi - Pamięć wbudowana: 32 GB - Pamięć RAM: 4 GB - Slot OPS umożliwiający wbudowanie komputera z systemem Windows. - Multi-touch - do 40 punktów multi-touch w systemie Windows, 20-punktowy multi-touch w systemie Android. - Długopis z dwiema końcówkami do pisania w dwóch kolorach jednocześnie w systemie Android. Automatyczne wykrywanie końcówki pióra / palca / gumki w trybie adnotacji Windows Edge w aplikacji Microsoft Whiteboard - Przyciski skrótów po lewej stronie ekranu - Przednie porty po lewej stronie ekranu - Wbudowane w przedni panel głośniki (2x20W) - Możliwość podłączenia kamery i mikrofonu pozwala na wygodne przeprowadzenie lekcji hybrydowych - Ekologia - interaktywny ekran dotykowy z podświetleniem LED, cieńszy panel, niższe zużycie energii, lepsze rozpraszanie ciepła, jaśniejszy wyświetlacz i lepszy poziom kontrastu. - Intuicyjny interface z przydatnymi aplikacjami: - do szybkiego przełączania się pomiędzy wbudowanym systemem Android a dodatkowym komputerem OPS - zmiany źródła wyświetlanego obrazu - tablica (rysowanie, wprowadzanie tekstu, wklejanie obrazu, auto kształt, nakładanie obrazu, podział tablicy, dodawanie mediów (pdf, youtube, zdjęcia), eksport treści z tablicy w formie kodu QR,) - program do zarządzania plikami (intuicyjna obsługa wycinania / kopiowania / wklejania / usuwania, obsługa usługi w chmurze / FTP / sieci lokalnej) - program do zarządzania aplikacjami (pakiet biurowy, przeglądarka, kalendarz, kalkulator) - udostępnienie ekranu (ekran urządzeń mobilnych można przesyłać bezprzewodowo do ekranu monitora za pomocą aplikacji) - rozpoznawanie tekstu i figur geometrycznych - rozpoznawanie tekst i figur geometrycznych - wbudowane przybory geometryczne - telefon jako wizualizer - dodatkowe gadżety: stoper, timer, spotlight - EShare - dwukierunkowe udostępnianie treści monitora i urządzeń mobilnych. Pełna obsługa monitora za pomocą tabletu/smartfona.  Zawartość:   _x0001_pilot, 1 szt. _x0001_pisak, 1 szt. _x0001_przewód zasilający 3m, 1 szt. _x0001_przewód USB-C dł - 2m, 1 szt. _x0001_przewód plug-and-play do drukarek dysków twardych itp dł - 3m, 1 szt. _x0001_przewód HDMI dł - 3m, 1 szt.        </t>
+    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>096964</t>
   </si>
   <si>
     <t xml:space="preserve"> Drzwi witrynowe Grande L</t>
   </si>
   <si>
-    <t>Drzwi witrynowe w ramce aluminiowej. Dostosowane do zamontowania w nadstawce L (096892, 096892W, 096893, 096893W) i regale L (096900, 096900W, 096901, 096901W). • wym. 40,5  x  105,3 cm</t>
+    <t>Drzwi witrynowe w ramce aluminiowej. Dostosowane do zamontowania w nadstawce L (096892, 096892W, 096893, 096893W) i regale L (096900, 096900W, 096901, 096901W). • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>256090</t>
   </si>
   <si>
     <t>Krzesło Colores rozm. 6 szare, stelaż aluminium</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła wykonane z tworzywa sztucznego, wyróżniające się nowoczesnym i ergonomicznym kształtem. Stelaż w kolorze srebrnym wykonany z rury okrągłej o śr. 18 mm w rozmiarach 1-4 i 22 mm w rozmiarach 5-6. Lekko sprężyste oparcie w naturalny sposób dostosowuje się do pleców dziecka, a szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Krzesło jest odporne na zabrudzenia i wilgoć, a powierzchnia siedziska moletowana, odporna na zarysowania, antypoślizgowa. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Otwór w oparciu stanowi wygodny uchwyt wykorzystywany podczas przemieszczania. Nie zaleca się czyszczenia krzesełek żadnymi preparatami zawierającymi alkohol w składzie. • dostępne w rozmiarach 1-6 • 6 kolorów </t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
+    <t>585037-0VAT</t>
+  </si>
+  <si>
+    <t>Monitor interaktywny Insgraf DIGITAL EduSpace 65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Monitor ze stawką VAT 0% dla placówek oświatowych.
+Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
+ Wzór Zaświadczenia &gt;&gt;
+ Przykład wypełnionego Zaświadczenia &gt;&gt;
+insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
+Najważniejsze nowości i zalety:
+1. System Android 14 z certyfikatem Google EDLA:
+	Pełna integracja z Google Workspace for Education.
+	Nieograniczony dostęp do sklepu Google Play.
+	 Regularne aktualizacje i zgodność z najnowszymi technologiami.
+2. Generatywna sztuczna inteligencja Google Gemini:
+	Pomoc w tworzeniu materiałów dydaktycznych.
+	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
+	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
+3. Ułatwienia dostępu – nauka bez barier:
+Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
+	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
+	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
+	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
+Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
+4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
+5. Zewnętrzna kamera AI:
+	Tryb panoramiczny
+	Lokalizowanie uczestników i automatyczne kadrowanie
+	Lokalizacja dźwięku
+Kamera do zakupienia osobno (585040).
+6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
+7. Bezprzewodowa komunikacja z EShare Pro:
+	Wbudowane oprogramowanie EShare PRO w cenie monitora.
+	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
+	Wsparcie dla współpracy między różnymi platformami.
+8. Niezależne dzielenie ekranu:
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+	Podział ekranu na dwie części
+	Jednoczesne uruchamianie dowolnych aplikacji
+	Regulowana szerokość podzielonych części
+Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
+Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
+	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
+	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
+Dlaczego warto wybrać insGraf Digital EDUSpace?
+Monitor insGraf Digital EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf Digital EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+SPECYFIKACJA TECHNICZNA:
+Przekątna obrazu: 65\"
+Wymiary: 148 x 92 x 11 cm
+Waga: 38 kg
+Matryca: VA
+Podświetlenie: DLED
+Żywotność matrycy: 50 000h
+Technologia matrycy: Zero bonding
+Twardość szkła: 9h
+Grubość szkła: 3,2mm
+Rozdzielczość: 3840x2160 pixel (4k)
+Współczynnik proporcji: 16:9
+Jasność świecenia: 450 cd/m²
+Kontrast: 5000:1
+HDR: HDR 10
+Kolory wyświetlacza: 8 bitów + FRC
+Czujnik światła otoczenia: Tak
+Czas rekcji wyświetlacza: 6,5 ms
+Kąt widzenia H/V: 178°/178°
+Czujnik dotyku: podczerwień
+Punkty dotyku: 50 punktów
+Narzędzia do pisania: pisak, palec, dłoń
+Pisanie 2 kolory: Tak - dwa pisaki
+Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
+Wysokość odczytu pisak: 1,5 mm
+Czas reakcji pisania: 3,3 ms
+Pamięć ram: 8GB
+Procesor: CORTEX A72x4 A53x4
+Chipset: RK3576
+Pojemność dysku: 256GB
+System operacyjny: ANDROID 14 + Certyfikat Google EDLA
+Slot OPS: Tak (12 x 18 x 3 cm)
+WIFI: Tak / 6
+Bluetooth: Tak/ BT 5.2
+ZŁĄCZA PORTY
+Przedni panel: 
+	HDMI 2.0 x 1
+	USB (dotykowe) x 1 
+	USB 3.0 x 2 
+	Wejście mikrofonu x 1
+	USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: 
+	USB3.0 (dotykowy) x 1 
+	USB Typ C x 1 
+	Wejście HDMI 1/2 x 2 
+	Wyjście HDMI x 1 
+	DP x 1 
+	USB 3.0 x2 
+	USB 2.0 (Android) x 1
+	RS-232 x 1 
+	słuchawki x 1 
+	wyjście SPDIF x 1 
+	audio-VGA x 1 
+	VGA x 1 
+	gniazdo OPS x 1 (4K przy 60 Hz) 
+	Wejście sieciowe LAN RJ45/8P8C x 1 
+	Wyjście sieciowe LAN RJ45/8P8C x 1
+Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
+Głośniki: przód 2 x 20 W
+Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
+Podział ekranu: Tak/dowolne 2 aplikacje - nowość
+Udostępnianie ekranu: Tak
+Obsługiwane pliki: Full
+Wbudowany pakiet OFFICE: Tak
+Obsługiwane pliki video: Full
+FUNKCJE TABLICY
+Pisanie - rysik, palec dłoń: Tak
+Wysokość pisania: 1,5 mm
+Czas reakcji (pisanie): ≤ 3,3 ms
+Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
+Autokształty: Tak
+Funkcja notatki: Tak
+Gadżety: stoper, minutnik spotlight
+Przybory geometryczne: TAK - linijka, ekierka, kątomierz
+Podział tablicy: Tak
+Zapis aktywnej tablicy: Tak
+YOUTUBE w Tablicy: Tak
+Własne Wideo w Tablicy: Tak
+Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
+Zawartość:
+	pilot, 1 szt.
+	pisak, 2 szt.
+	przewód zasilający 3m, 1 szt.
+	przewód USB-C 65W dł - 2m, 1 szt.
+	przewód USB 2.0 A-B -3M, 1 szt.
+	przewód HDMI 2.0 dł - 3m, 1 szt.
+	produkt wymaga baterii (są w zestawie)
+Zawartość:
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
+  </si>
+  <si>
     <t>096892W</t>
   </si>
   <si>
-    <t>Nadstawka Grande L - biała</t>
-[...2 lines deleted...]
-    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 38 x 105,6 cm</t>
+    <t>Nadstawka Grande L – biała</t>
+  </si>
+  <si>
+    <t>Nadstawki do regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawki o głębokości 38 cm można ustawiać także na głębokich szafkach (48 cm), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). W przypadku ustawiania nadstawek o głębokości 38 cm na głębokich szafkach, dolna przestrzeń nadstawki musi pozostać pusta, dlatego drzwiczki mogą być montowane jedynie w górnej części nadstawki.Nadstawkę można uzupełnic drzwiczkami lub dodatkową półką.• wym. 82 x 38 x 105,60 cm</t>
   </si>
   <si>
     <t>096877K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - białe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – białe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>146064</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna magnetyczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>099749W</t>
   </si>
   <si>
     <t>Biurko Grande narożne prawe z metalową nogą, białe</t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>096958</t>
   </si>
   <si>
     <t>Taboret Flexi rozm. 6 z podnóżkami 3-5</t>
   </si>
   <si>
     <t>Taboret z siedziskiem ze sklejki o gr. 19 mm, pokrytej HPL. Nogi wykonane z metalowego profilu (śr. 22 mm). Wyposażone w podnóżki na różnych wysokościach. Siedziska mogą być używane przez dzieci w różnym wieku i o różnym wzroście. • śr. siedziska 30 cm • śr. 36 cm• Kolor: biały• Rama w kolorze aluminium • Ochrona przed zarysowaniem zapobiega uszkodzeniom podłogi.• Wysokość siedziska: 46 cm• Dla wysokości stołu 76 cm (rozmiar 6)•  Odległość między podnóżkami a siedziskiem: 35, 38 i 43 cm (rozmiary 3 - 5) (= dodatkowe wysokości siedziska)• 4 wysokości siedziska w jednym!• Rozstaw nóg: 36 cm• wym. 45,2 x 45,2 x 46 cm</t>
   </si>
   <si>
     <t>096898W</t>
   </si>
   <si>
-    <t>Regał Grande M - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,2 cm</t>
+    <t>Regał Grande M – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W, 096926).• wym. 82 x 38 x 82,20 cm</t>
   </si>
   <si>
     <t>096900W</t>
   </si>
   <si>
-    <t>Regał Grande L - biały</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,4 cm</t>
+    <t>Regał Grande L – biały</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Można uzupełnić je drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• maks. obciążenie: 15 kg• wym. 82 x 38 x 117,40 cm</t>
   </si>
   <si>
     <t>585104</t>
   </si>
   <si>
     <t>Podstawa mobilna do monitorów interaktywnych</t>
   </si>
   <si>
-    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65".• wym. 110 x 60 x 161 cm</t>
+    <t>Kolor czarny. Możliwość zamontowania monitora na 3 wysokościach: 138, 147 i 156 cm. Podstawa pasuje do monitorów 65" i 75''.
+• wym. 110 x 60 x 161 cm</t>
   </si>
   <si>
     <t>099811W</t>
   </si>
   <si>
     <t>Biurko Mini - białe</t>
   </si>
   <si>
     <t>Biurka mini wykonane z płyty laminowanej o gr. 18 mm, dostępne w różnych odcieniach. • wym. 80 x 60 x 76 cm• wym. 80 x 60 x 76 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -286,51 +429,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c858976cea023343c1404d5691769b2b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20468ca5aa2659cebea29db28985aae22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0ac258e720688927dbf39fc4e2b2433.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c468b303ddff557096684334cee06ad4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/159d62ae2f75c11b183c8260d02d50c75.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aca09a0236c42a39aac3c5a56d7bb926.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d3d3b3a63706f690cd849f60139a2a7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d92b293bf6030781b4dc22dfb046ceb8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e0d1997bbdcbb915531c78104dd0a39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7b9a2b11013bfb6a246fe46daec65e10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f3a7b650dcdb3987d4f1aff0d91dd911.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2923eac2c18f628e97b4f9d4244754b712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d114f836106d77113b015df1dde723213.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b52302d7c6f70e008dce3fc01833d2b514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8231bd940cc918c5daf6e6a7b1b06d0015.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a969688390ee2b8ce6c7c43800ecd4b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc53aeb63298fb1af89bfb3266cdd2932.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e49b94c0e17b848621c780fb122dfb003.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e451e63cbdd5534c7496b9f809a1e624.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb3526189ee9ee25f12802114f470b6f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/182fc78c47a2d77347eeca3e308569b16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/815f4e114044114379360b3c7345ba687.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542fc9e03722e2f2b673a460728d989b8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de09efa1e4fbc3c45aabe4e18ba4577a9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ac28b347aff5ba0201f5ced1e2ecc8210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3397a22645653b56c696a33e394a5e11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf273c48b193e8aa59f8270a8d5428812.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0239af24e2a0596488de699ae7f34d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17bc83fee286a6799e0634b0e85ef9614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63220469f220feb99a07439467afb2b615.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0035" descr="Zielona Pracownia 2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -361,141 +504,141 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="585022-0VAT" descr="585022-0VAT"/>
+        <xdr:cNvPr id="3" name="096964" descr="096964"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="096964" descr="096964"/>
+        <xdr:cNvPr id="4" name="256090" descr="256090"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="256090" descr="256090"/>
+        <xdr:cNvPr id="5" name="548100" descr="548100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="571500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="548100" descr="548100"/>
+        <xdr:cNvPr id="6" name="585037-0VAT" descr="585037-0VAT"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
@@ -1142,117 +1285,117 @@
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
         <v>265.9</v>
       </c>
       <c r="G6" s="11">
         <v>265.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>1</v>
       </c>
       <c r="F7" s="10">
-        <v>5599.9</v>
+        <v>999.9</v>
       </c>
       <c r="G7" s="11">
-        <v>5599.9</v>
+        <v>999.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
       <c r="B8" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="8">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F8" s="10">
-        <v>999.9</v>
+        <v>399.9</v>
       </c>
       <c r="G8" s="11">
-        <v>999.9</v>
+        <v>4798.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="80">
       <c r="A9" s="7"/>
       <c r="B9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="E9" s="8">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F9" s="10">
-        <v>399.9</v>
+        <v>659.9</v>
       </c>
       <c r="G9" s="11">
-        <v>4798.8</v>
+        <v>659.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="80">
       <c r="A10" s="7"/>
       <c r="B10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="8">
         <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>659.9</v>
+        <v>7316.0</v>
       </c>
       <c r="G10" s="11">
-        <v>659.9</v>
+        <v>7316.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="80">
       <c r="A11" s="7"/>
       <c r="B11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="8">
         <v>1</v>
       </c>
       <c r="F11" s="10">
         <v>509.9</v>
       </c>
       <c r="G11" s="11">
         <v>509.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="80">
       <c r="A12" s="7"/>
@@ -1405,51 +1548,51 @@
       <c r="A19" s="7"/>
       <c r="B19" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="8">
         <v>4</v>
       </c>
       <c r="F19" s="10">
         <v>379.9</v>
       </c>
       <c r="G19" s="11">
         <v>1519.6</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="F21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G21" s="12">
-        <v>21564.7</v>
+        <v>23280.8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 