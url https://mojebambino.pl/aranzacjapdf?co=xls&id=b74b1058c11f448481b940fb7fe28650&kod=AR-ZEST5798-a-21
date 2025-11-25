--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -19,216 +19,217 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>AR-ZEST5798-a-21 Sala doświadczania świata 1 Snoezelen</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 10:37:57</t>
+    <t>z dnia 2025-11-25 14:14:27</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>517028</t>
   </si>
   <si>
     <t>Dwukolorowa klepsydra</t>
   </si>
   <si>
     <t>Przejrzysta klepsydra wykorzystująca przepływ oleistych substancji. Po odwróceniu klepsydry dwukolorowe drobinki wirują i odbijają się od ścianek. • wym. 7 x 3 x 13 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.</t>
   </si>
   <si>
     <t>092174W</t>
   </si>
   <si>
     <t>Quadro - szafka narożna M, biała</t>
   </si>
   <si>
     <t>Wykonana z białej płyty laminowanej o gr. 18 mm.• wym. 41,5 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>101602</t>
   </si>
   <si>
     <t>Pufa liść biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokryte łatwą do utrzymania w czystości tkaniną meditap, wolną od ftalanów.  • dł. boków 60 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji.  • dł. boku 60 cm</t>
   </si>
   <si>
     <t>517031</t>
   </si>
   <si>
     <t>Zygzakowa klepsydra 1 szt.</t>
   </si>
   <si>
     <t>Przejrzysta klepsydra wykorzystująca przepływ oleistych substancji. Po odwróceniu klepsydry kolorowe krople spływają w dół po wyznaczonym "torze". • wym. 10 x 4 x 13 cm • kolory sprzedawane losowo• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.</t>
   </si>
   <si>
     <t>ZEST5591</t>
   </si>
   <si>
     <t>Dywan świetlny z poduchą</t>
   </si>
   <si>
-    <t>• 566013 Dywan świetlny 100 x 200 cm, 1 szt. • 101845 Poducha do dywanu świetlnego z łapkami, 1 szt.• wym. 120 x 120 x 10 cm</t>
+    <t>• 566009 Dywan świetlny z łapkami, 1 szt.
+• 101845 Poducha do dywanu świetlnego z łapkami, 1 szt.• wym. 120 x 120 x 10 cm</t>
   </si>
   <si>
     <t>101846</t>
   </si>
   <si>
     <t>Oparcie do białych puf 2</t>
   </si>
   <si>
-    <t>Oparcie do puf (101592-101606) wykonane z pianki, z drewnianym stelażem, pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
+    <t>Oparcie do puf (101592-101606) wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. Można mocować w pionie lub w poziomie. Elementy montażowe w zestawie. • 1 szt. • wym. 60 x 90 x 6 cm</t>
   </si>
   <si>
     <t>101596</t>
   </si>
   <si>
     <t>Pufa wypukła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 61 cm • dł. z wypukleniem 71 cm</t>
   </si>
   <si>
     <t>519303</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, niebieski</t>
   </si>
   <si>
     <t>Panel dostarcza bogatych wrażeń wzrokowych, ćwiczy umiejętność koncentracji uwagi, a obserwowanie przemieszczającego się pod powierzchnią panelu płynu ma działanie uspokajające. Panele będą nie tylko dekoracją sali, ale mogą być wykorzystywane jako element terapii świetlnej i wyposażenie Sal Doświadczania Świata. Panel wyposażony w zasilacz oraz przewód służący do łączenia płytek ze sobą.• wym. 50 x 50 x 5 cm• czyszczenie: przecierać wilgotną szmatką • aby powierzchnia nie zarysowała się, nie zaleca się chodzenia po płytkach w butach• wym. 50 cm x 50 cm x 5 cm</t>
   </si>
   <si>
     <t>558005</t>
   </si>
   <si>
     <t>Ściana wodna</t>
   </si>
   <si>
     <t>Efektowna ściana wodna może być zarówno elementem wyposażenia Sali Doświadczania Świata, jak i dekoracyjnym elementem dzielącym i ozdabiającym przestrzeń. Możliwość wyboru 5 kolorów świecenia - sterowanie za pomocą pilota dołączonego do ściany. Włącznik/wyłącznik na podstawie. Do napełnienia potrzeba 72 L. • wym. 106 x 24 x 200 cm</t>
   </si>
   <si>
     <t>519301</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, zielony</t>
   </si>
   <si>
     <t>101879</t>
   </si>
   <si>
     <t>Pufa prostokątna z falą biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boków 60 i 120 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boków 60 i 120 cm</t>
   </si>
   <si>
     <t>554001</t>
   </si>
   <si>
     <t>Magiczny sześcian</t>
   </si>
   <si>
-    <t>Magiczny sześcian to lampa, która z powodzeniem będzie służyć nie tylko do rozjaśnienia pomieszczenia, ale także jako źródło dźwięku. Wbudowany głośnik Bluetooth pozwoli na odsłuchanie muzyki lub innych dowolnych dźwięków z urządzeń bezprzewodowych wykorzystujących tę technologię, takich jak: smartfon, tablet, laptop, komputer. Sześcian będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory przykuwają uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element światła i dźwięku w białym domku lub kryjówkach czy szafkach.Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa - opis w języku obcym• wym. 15 cm x 15 cm x 15 cm• produkt wymaga baterii (są w zestawie)</t>
+    <t>Magiczny sześcian to lampa, która z powodzeniem będzie służyć nie tylko do rozjaśnienia pomieszczenia, ale także jako źródło dźwięku. Wbudowany głośnik Bluetooth pozwoli na odsłuchanie muzyki lub innych dowolnych dźwięków z urządzeń bezprzewodowych wykorzystujących tę technologię, takich jak: smartfon, tablet, laptop, komputer. Sześcian będzie idealnym uzupełnieniem kącików relaksacyjnych czy pomieszczeń sprzyjających stymulacji i aktywizacji zmysłów. Zmieniające się kolory przykuwają uwagę dziecka i wprowadzają tajemniczy nastrój. Mogą stanowić element światła i dźwięku w białym domku lub kryjówkach czy szafkach.Jasność i kolor światła (8 kolorów) oraz głośność można zmieniać dzięki pilotowi na podczerwień. Do głośnika dołączono także zasilacz (czas działania naładowanego urządzenia: 8-12 godzin). • dł. boku 15 cm • dł. kabla zasilającego 1,7 m• wersja międzynarodowa - opis w języku obcym• wym. 15 x 15 x 15 cm• produkt wymaga baterii (są w zestawie)</t>
   </si>
   <si>
     <t>356056</t>
   </si>
   <si>
     <t>Kamienie do ćw. manualnych - srebrne</t>
   </si>
   <si>
     <t>"Kamienie" dają lustrzany efekt. Wykonane z tworzywa sztucznego. • 5 szt. o śr. 4,5 cm • 5 szt. o śr. 6 cm  • 5 szt. o śr. 8 cm  • 5 szt. o śr. 15 cm</t>
   </si>
   <si>
     <t>566007</t>
   </si>
   <si>
     <t xml:space="preserve">Lampka projekcyjna </t>
   </si>
   <si>
-    <t>Lampka z dwoma wymiennymi kopułami, jedna gładka, druga w gwiazdki, które po włączeniu wyświetlają się w pomieszczeniu. Możliwa zmiana kolorów. Wymaga użycia 3 baterii AA. • wys. 10 cm• śr. 12 cm</t>
+    <t>Lampka z dwoma wymiennymi kopułami, jedna gładka, druga w gwiazdki, które po włączeniu wyświetlają się w pomieszczeniu. Możliwa zmiana kolorów. Wymaga użycia 3 baterii AA. • wys. 10 cm• śr. 12 cm• od 2 lat</t>
   </si>
   <si>
     <t>519302</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, pomarańczowy</t>
   </si>
   <si>
     <t>517034</t>
   </si>
   <si>
     <t>Plazmowa kula</t>
   </si>
   <si>
-    <t>Funkcja sterowania dźwiękiem poprzez wbudowany mikrofon (po ustawieniu przełącznika w trybie audio kula rozświetla się, gdy mikrofon zarejestruje odpowiednio głośny dźwięk). Regulowana czułość. Dotknięcie punktu na szklanym korpusie powoduje silniejsze rozświetlenie go. • wys. 24 cm • zasilacz 230 V w komplecie• śr. 15 cm</t>
+    <t>Funkcja sterowania dźwiękiem poprzez wbudowany mikrofon (po ustawieniu przełącznika w trybie audio kula rozświetla się, gdy mikrofon zarejestruje odpowiednio głośny dźwięk). Regulowana czułość. Dotknięcie punktu na szklanym korpusie powoduje silniejsze rozświetlenie go. • wys. 24 cm • zasilacz 230 V w komplecie• śr. 15 cm• od 12 lat</t>
   </si>
   <si>
     <t>356053</t>
   </si>
   <si>
     <t>Podświetlany stół A3</t>
   </si>
   <si>
-    <t>Idealny do podświetlania prac plastycznych oraz przejrzystych i przezroczystych obiektów, obserwowania wzorów, kształtów i kolorów. Odznacza się niskim zużyciem energii dzięki zastosowaniu nowoczesnej taśmy LED, która zapewnia jasne, równomiernie oświetlone tło. Estetycznie wykonany panel z zaokrąglonymi krawędziami jest łatwy do czyszczenia. Przeciętna żywotność źródła światła LED to 50.000 godzin. • wym. powierzchni podświetlania 41 x 28,5 cm • waga: 2,25 kg • wym. 48 x 35,2 x 1 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Długi kabel.Ryzyko uduszenia.</t>
+    <t>Idealny do podświetlania prac plastycznych oraz przejrzystych i przezroczystych obiektów, obserwowania wzorów, kształtów i kolorów. Odznacza się niskim zużyciem energii dzięki zastosowaniu nowoczesnej taśmy LED, która zapewnia jasne, równomiernie oświetlone tło. Estetycznie wykonany panel z zaokrąglonymi krawędziami jest łatwy do czyszczenia. Przeciętna żywotność źródła światła LED to 50.000 godzin. Posiada możliwość zmiany jasności - 3 poziomy. Brak możliwości zmiany koloru.• wym. powierzchni podświetlania 41 x 28,5 cm • waga: 2,25 kg• wym. 48.00 x 35.20 x 1.00 cm• od 3 latOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.Długi kabel.Ryzyko uduszenia.</t>
   </si>
   <si>
     <t>356202</t>
   </si>
   <si>
     <t>Podświetlane koła zębate</t>
   </si>
   <si>
     <t>Dzieci pokochają interakcję i dokonywanie odkryć dzięki tej drewnianej tablicy z zębatkami, które po obróceniu podświetlają się i zmieniają kolor. Zabawa panelem to świetny sposób na ćwiczenie umiejętności motorycznych i koordynacji ręka-oko. Wykonany z drewna i tworzywa sztucznego.Panel może być montowany zarówno na ścianach, jak i na blatach czy podłodze. Do działania wymagane są 3 baterie AA (brak w zestawie). • wym. 80 x 25 cm• wym. 80 cm x 25 cm x 7 cm• od 10 miesięcy• produkt wymaga baterii (nie ma w zestawie)</t>
   </si>
   <si>
     <t>013303</t>
   </si>
   <si>
     <t>Terapeutyczny nawilżacz parowy</t>
   </si>
   <si>
     <t>Pomaga zachować naturalne funkcje ochronne błony śluzowej przegrody nosowej i dróg oddechowych. Wytwarza czystą, gorącą parę i posiada specjalny pojemnik na substancje zapachowe. Szczególnie polecany do pomieszczeń o powierzchni 8 – 30 m².  Wiele zastosowań:  • Utrzymuje wystarczającą wilgotność powietrza w sezonie grzewczym, suchym latem.  • Utrzymuje zwiększoną wilgotność powietrza podczas infekcji (kaszlu, kataru).  • Utrzymuje dopasowaną wilgotność powietrza w czasie zwiększonego ryzyka wystąpienia ataków astmy.  • Wspiera właściwe nawilżenie błony śluzowej przegrody nosowej i dróg oddechowych.  Zalecany przy:  • infekcjach sezonowych • katarze • kaszlu • wysuszeniu śluzówki • astmie • zespole suchego oka.  Spełnia wszystkie wymagania i przepisy Dyrektywy Europejskiej 2004/108/EC (kompatybilność elektromagnetyczna) i 2006/95/EC (bezpieczeństwo elektryczne).  • skład zestawu: nawilżacz, kabel zasilający i instrukcja obsługi • czas pracy: do 7 godzin (po całkowitym napełnieniu zbiornika na wodę) • zasilanie sieciowe • waga: 1,4 kg Można czyścić miękką, suchą ściereczką.• wym. 26 x 25 x 24 cm</t>
   </si>
   <si>
     <t>356199</t>
   </si>
   <si>
     <t>Cekinowe lustro - kwiatek, żółty</t>
   </si>
@@ -244,117 +245,117 @@
   <si>
     <t>Efektowna dekoracja a zarazem ćwiczenie sensoryczne dla dziecięcych dłoni. Cekiny tworzą piękne efekty wizualne i po przeciągnięciu po nich ręką "zmieniają" kolor. Wykonane z drewna i tkaniny pokrytej cekinami. Brak elementów montażowych w zestawie. • 2 szt.• wym. 60 cm x 1,5 cm x 34 cm• od 3 lat</t>
   </si>
   <si>
     <t>101876</t>
   </si>
   <si>
     <t>Pufa prostokątna biała, wys. 45,5 cm</t>
   </si>
   <si>
     <t>092147W</t>
   </si>
   <si>
     <t>Quadro - regał M z przegrodą i półką, biały</t>
   </si>
   <si>
     <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z białej płyty laminowanej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>101593</t>
   </si>
   <si>
     <t>Pufa wklęsła biała, wys. 45,5 cm</t>
   </si>
   <si>
-    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Wykonane z pianki pokrytej trwałą tkaniną meditap, łatwą do utrzymania w czystości. • dł. boku 60 cm</t>
+    <t>Wygodne pufy w różnych kształtach i wysokościach do wyboru. Pomogą stworzyć miejsce relaksu i odprężenia, w którym dodatkowo można zainstalować różne urządzeń emitujące muzykę lub światło, co sprzyja stymulacji i aktywizacji zmysłów. Pufy wykonane ze skrzynki pokrytej cienką warstwą pianki i obszyte trwałą tkaniną bez ftalanów, łatwą w pielęgnacji. • dł. boku 60 cm</t>
   </si>
   <si>
     <t>101855</t>
   </si>
   <si>
     <t>Basen okrągły podświetlany, wys. 40 cm</t>
   </si>
   <si>
     <t>Basen z piłeczkami to ulubione miejsce zabaw maluchów. Basen jest na tyle mały, aby zmieścił się w salach o ograniczonej powierzchni. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. Wewnątrz znajduje się materac o gr. 4 cm, z zamontowanymi kolorowymi LEDami (zasilacz w komplecie). • 1250 piłeczek o śr. 8 cm w komplecie • śr. zewnętrzna 148 cm • śr. wewnętrzna 118 cm • wys. 40 cm</t>
   </si>
   <si>
     <t>558001</t>
   </si>
   <si>
     <t xml:space="preserve">Kolumna świetlna </t>
   </si>
   <si>
     <t>Sterowanie mikrofonem za pomocą potencjometru, który znajduje pod obudową urządzenia, pozwala wykazywać zależności pomiędzy dźwiękiem a ilością świecących szczebli. Jest możliwość połączenia przez Bluetooth oraz podłączenia do kolumny urządzenia za pomocą którego możemy odtworzyć muzykę. Kolumna może służyć także jako zestaw do karaoke. W komplecie dwa mikrofony, ale jest też możliwość podłączenia trzeciego mikrofonu. Na mobilnej podstawie. Pilot do zmiany kolorów w zestawie. Włącznik/wyłącznik na podstawie. • wym. 50 cm x 25 cm x 150 cm</t>
   </si>
   <si>
     <t>356200</t>
   </si>
   <si>
     <t>Cekinowe lustro - kwiatek, niebieski</t>
   </si>
   <si>
     <t>558006</t>
   </si>
   <si>
     <t xml:space="preserve">Tunel nieskończoności </t>
   </si>
   <si>
     <t>Tunel świetlny to urządzenie stosowane w salach doświadczania świata. Osoba siedząca naprzeciw ma wrażenie powstania długiego, oświetlonego korytarza. Efekt ten ułatwia skupienie uwagi, wycisza, a także można wykorzystać go w terapii wad wzroku. • wym. 35 x 35 x 13 cm</t>
   </si>
   <si>
     <t>356177</t>
   </si>
   <si>
     <t>Przełącz i naciśnij - aktywna tablica</t>
   </si>
   <si>
-    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 cm x 4 cm x 25 cm</t>
+    <t>Wielofunkcyjny panel z lampkami, które uruchamia się na różne sposoby. Dzieci uczą się dzięki niemu jak obsłużyć różne rodzaje włączników, a także dowiadują się czym są związki przyczynowo-skutkowe i ćwiczą motorykę rąk: naciskają, przełączają, obracają, ciągną i przesuwają. Panel wymaga użycia 3 baterii AAA (brak w zestawie). • wym. 80 x 25 x 4 cm• wym. 80 x 4 x 25 cm• od 10 miesięcy</t>
   </si>
   <si>
     <t>519304</t>
   </si>
   <si>
     <t>Podświetlany panel podłogowy, czerwony</t>
   </si>
   <si>
     <t>092141W</t>
   </si>
   <si>
     <t>Quadro - szafka M z 1 półką na cokole, biała</t>
   </si>
   <si>
     <t>Szafkę można uzupełnić małymi drzwiczkami (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno), średnimi drzwiczkami (092212–092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno), średnimi drzwiczkami z zamkiem (096718–096729, 098876-098886, 096718S–096729S, 098876S-098886S, sprzedawane osobno) lub szerokimi szufladami (092250–092261, 094017-094027, sprzedawane osobno) na dolnym poziomie. Wykonana z białej płyty laminowanej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>519315</t>
   </si>
   <si>
     <t>Maty sensoryczne do masażu stóp, 6 elem.</t>
   </si>
   <si>
-    <t>Zestaw sensorycznych mat pod stopy do ćwiczeń i zabaw grupowych. Maty stymulują podeszwy stóp i wzmacniają ich mięśnie. Wspomagają prawidłowy rozwój stóp oraz zapobiegają rozwojowi wad postawy. Wpływają pozytywnie na samopoczucie użytkowników mat. Jasne kolory i struktura puzzli zachęcają do wesołej zabawy. Wykonane są z materiału TPE.  • wym. jednego elem. 30 x 30 cm • gr. 2 cm</t>
+    <t>Zestaw sensorycznych mat pod stopy do ćwiczeń i zabaw grupowych. Maty stymulują podeszwy stóp i wzmacniają ich mięśnie. Wspomagają prawidłowy rozwój stóp oraz zapobiegają rozwojowi wad postawy. Wpływają pozytywnie na samopoczucie użytkowników mat. Jasne kolory i struktura puzzli zachęcają do wesołej zabawy. Wykonane są z materiału TPE.• wym. jednego elem. 30 x 30 cm• gr. 2 cm</t>
   </si>
   <si>
     <t>566005</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy 2,5 m, 150 wiązek</t>
   </si>
   <si>
     <t>Żyrandol światłowodowy daje ciekawe efekty świetlne. Mogą stanowić element ozdobny i oświetleniowy np. w Sali doświadczania świata. Światłowody mają osłonę PVC. Transformator w komplecie. Możliwa zmiana koloru. Należy zamocować do sufitu lub ściany (brak elem. montażowych w zestawie). Podłączenie za pomocą wtyczki (dł. przewodu 120 cm). • stalowy stelaż o śr. 50 cm z linkami o dł. 1 m (brak regulacji) • 150 wiązek • dł. 2,5 m • śr. 50 cm• wym. 250 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -441,51 +442,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5bff7e06160f9bd7ce489550301d511.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260e421ff9e7276b6371ef48d121cecf2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60e8160967e766620a504f4c4235a603.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/079fd902bfb62af5d21c6ec581fb09ae4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/284af57aaacd6470442f5ddfaf5fe75f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69f995cab0f829c30fba0fedc2e5c296.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8997c1ba2ccf033cfb63a26cecfc5e487.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b630ac8bc8ed4c35621249c271b530e38.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ba9b129d739fb7cb7fcf89df8b245f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2f2d3fe6efdd79854161c6a24731a210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6bb0bb4a43271c0c6a07fb3f15130aa11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19c38088887cf75f5c24a52ae0a612cd12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22718fb8a23cdfb39eac16e9e093704a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff2f5a0fd3bc87b1b050b0007ade98814.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25773a3aa5b55775ba3da44cd7507b915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51ab39d1c21adf7f2911ce1b50103c2916.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd70113f2307ef1acba2acd2d7df5ec17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3b70cea423f21be47ddf26de22a024d18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c81429eff89c0c084ed06f124d88a619.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7bfe3b74a78d0ca481ba4dbabf4ee920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce35c0290017a4c230583c5ce6cea63321.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c81b5df073e1b3bcc7442ca542740122.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26f2e0e705226a408c9735092f049f123.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3978a45819548509735bfd4360fcf71f24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4cab9e2457f102f348d55d2f8815d1125.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4450022ea812c3d2591f6dc72c8e0d9326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9e0b17277c1f29ccd30e14ac5f44a627.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/810084eeeec39d7acce63dbd92ec9e9628.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608c695fa14692cd9e4c7ef56faf9f6729.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc601a8e25f39478b80430d9edbf08a30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6625d8504404eb93fa4ae1cad830e63831.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2828faef27491338cbdb90875d6531332.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364caa496d5b9c3ddc3574067ef45e0b33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e1bbec85e0ac5e600977699eeafa8734.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251218edac90a088f0f2a428bf44f36c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c5c5fb9208293e359e9e578fabc6e52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459e6c8376d968880493834ebe06b1c53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd880441db1712d119988ea1e4e80c0f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1543d212924c9619511a09b17b88f55.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6465c6f3da62b18cc8ddd15d4a2a10596.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c694694917f1a03221279a67c05c400e7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48046986a86af43c0e1ee9b6d09ef8c28.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68da38dcc5f3368f6acc2fc6538bde589.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/341236c86351cd388c15f656a816c8ca10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81083a20e4972c7577117942f99fe5eb11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a744b498998dfaef1c822da6073fcd0212.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d091e039558b01be1526836294d7613.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6e2cb9787cbd166972712f8b2fffd214.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d4784362018d9d0f81d022961a645915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3239a72b8ec05eb2f79a43e6ec3aefb416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a9ca1c1f186f128c0a4020390d55d517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b3dd4b45c0d7fa43c18702f486462018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde17a83f19053f901694a3bfa52be2419.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22dd0a27fcd832800881818d41d4d41920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741d7744b8b2813b8d2f91c00b52ffa021.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ce2abce70bc88e2b9c048003c427da22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b79dbe1c1172c6f3db02f6410eed22f23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f013e65d413be6a010d1e20b7037be24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d75b6a07c1c4fff4a6f6f08b324e8725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32838072843ee3c96fa01d701aa4d4a026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04225e2838c43283848ca8d3dc2901827.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74a3464e0efbc02f3d348ff9061568428.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056b569f34a881348141aa85024d282529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f1e23825ae799b6d6340b9a5c9563f30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10abbdc50b4764e6e9448556d846d3d31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae6164e3528180d91a3c619cf4811ed32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20235c4f7973ab3624cd7d2ae9a0722a33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacf69780f1b2718ba46a60f082c467f34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="AR-ZEST5798-a-21" descr="Sala doświadczania świata 1 Snoezelen"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>