--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -20,51 +20,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-003 Sala przedszkolna Quadro w kolorystyce pastelowego różu </t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 16:04:13</t>
+    <t>z dnia 2025-11-21 06:17:36</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>842203</t>
   </si>
   <si>
     <t>EKO dekor - domek duży - pastelowy jasnoróżowy</t>
   </si>
@@ -98,51 +98,52 @@
   <si>
     <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
-    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości.• wys. siedziska 28 cm • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40,5 cm• od 3 lat</t>
+    <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
+• waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>092195-8</t>
   </si>
   <si>
     <t>Quadro - szafka-domek - różowy pastel, skrzynia klon jasny</t>
   </si>
   <si>
     <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
   </si>
   <si>
     <t>109051</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnoróżowy pastel</t>
   </si>
   <si>
     <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
   </si>
   <si>
     <t>056252</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - beżowy 3 x 4 m</t>
   </si>
@@ -194,51 +195,52 @@
   <si>
     <t>109044</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, jasnoróżowy pastel</t>
   </si>
   <si>
     <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
     <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
   </si>
   <si>
     <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
     <t>Materac do domku Quadro - szary</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
     <t>099488</t>
   </si>
@@ -326,51 +328,51 @@
   <si>
     <t>133576</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 różowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
     <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>109003</t>
   </si>
   <si>
     <t>Gruszka mała jasnoróżowy pastel - MED</t>
   </si>
   <si>
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I• śr. 60 cm• wym. 80 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -448,51 +450,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5ea06739c309a6a82e7cf4c8dca9d11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d4905237a90882e8a5c1f9e65b45b912.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aac0be1d0a9bd4761b0252897ec73883.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4341c6eff6138e0bf78021eb463fe4db4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d95b79639eec84a60c6f8c158d3906d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3149e609e5019982bed57b6ea69f485d6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bef13aa9a39e2702dd309942535bb477.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dead2c9a3316e9aced17b79f7103fd8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b291b650f70122f63b56062c2ff028df9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6298982089674edb8f26341e80b3a0710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51a9496cffcb8ffb4ec288a4cbb774b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47dc7decbe76a904e1caa2443ee018d412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2205483219228b877e439fc89a556013.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee6f1b6e5353616f7607ad1567c44c514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9599c208810d2b83feaacb981a4299215.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b766eae9ec6afe24a54faa24d3995d316.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b272e60f2a76114103cf1a63a19ccf7817.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d501fdac3776646021e294497d0abd18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81043dec6468553a32931028c5ed34ff19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f976067c14b0639414b128d4877bcf20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5348f0d15fc7a1a30da8d6555aff767221.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4a0a335cb234ad4a869fa65fa19a72322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7632614d954b212f6ccf307017587e4c23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b516170bba4ecfedfce5316ed84bd6924.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac253df974dc0df0a76cbbf715361b2625.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea2eb0f01b570ccd0eb2a063c0c711826.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332028edb60513aa45d52b71e43d262727.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9bdd4b99e0f861046b9b92a8fdb85828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a6cf372474c3549410a0e3fd03907229.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3c07edad48382f9f6c4449c1fff7c430.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcf88dd2cf0963ab17670fd51d2407231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfe7d50b70de24a525dc9646a67979132.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56ae883ff2daf5c1775974ce6b2d39a33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44eaca53b4e1f8a564dcaf06496bd9cf34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b1d50a560056687676d40d8ecae11a35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275080212e999a660bbf916e25b699d736.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678510d19b7818efe3c14938a1c87f221.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67ba3d4730b6358fdefdcd4f8f060fc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406cb744cab88cddcc39426b5431ffe3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc129a39464fc4eb986d8afbe7a066c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f92dde9bf3f38350697e3cc08bc760d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28cd9ad3c9ab3bdd946c3bc76a5f57036.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ebb94600377f8e74afe6b40e2c2ba57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11875cece256ebb9e408f5d040592ee8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3702375d9bfcd9f639751887106a03c19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9897108d045551b3c2280fcc2d8635f210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc90b68eb050eb772f1ddda4ac1a8d711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f124012ec6a2c37e677f71316351438a12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c0d86d877c17ccc4833bc3785230a713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bebdcbb083a956448d4cf4645821a1014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacf2b88ee801f1022793954bf5400aa15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff588a8a34ec02269cbab28d447e68d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf273cfc8c7f7073c36e767378d9875017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00e63f667a97f032ea83f043f9548ef18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a199990b13db9a71e0338309dca78f5f19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2cde6dbb461370cb389bded62b392520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807c6caf113970f057961be3c96749cb21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435b620b03df4644c3ee928cdb27214c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe1c26252b8a88a8769ae0be68efc2623.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/105472b5755a79f89aa093d8c492868224.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835aa5d5d1af1d66aa8ba355ec06181a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0549c25f3eda6f2d7d847948fa1fc09926.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd4cc8c5ec25e16ea47bd1af94b0deb27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406fd556d22c6458e171e3c258bc13ee28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4711d7033bcbb3b998d4a5f3f27781129.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336196f1ef7700a55c2cfda26bfe80f530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b1b935cbb0569860ad49f3f6fae6aa31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c94e02c52680678a1b0d42ded56eb532.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12321c25efb25014fa2e7c0718fee8e933.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9e0c3b469928a11c610bc8ee9d52bd34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cca294c357da00e481770adb93c013535.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51dc02cb54668fa69edc85651bf8f8836.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-003" descr="Sala przedszkolna Quadro w kolorystyce pastelowego różu "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>