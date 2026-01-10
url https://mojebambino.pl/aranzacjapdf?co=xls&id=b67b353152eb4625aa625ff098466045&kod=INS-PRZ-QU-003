--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -20,359 +20,360 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-003 Sala przedszkolna Quadro w kolorystyce pastelowego różu </t>
   </si>
   <si>
-    <t>z dnia 2025-11-21 06:17:36</t>
+    <t>z dnia 2026-01-11 00:18:25</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>842203</t>
   </si>
   <si>
-    <t>EKO dekor - domek duży - pastelowy jasnoróżowy</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm </t>
+    <t>EKO dekor – domek duży – pastelowy jasnoróżowy</t>
+  </si>
+  <si>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cm</t>
   </si>
   <si>
     <t>101914</t>
   </si>
   <si>
     <t>Poduszka jasnoróżowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>092292</t>
   </si>
   <si>
     <t>Quadro - skrzynia duża - szara</t>
   </si>
   <si>
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>101745</t>
   </si>
   <si>
     <t>Bujak Chmurka</t>
   </si>
   <si>
     <t>Sympatyczne bujaki o stabilnej i bezpiecznej konstrukcji będą zarówno świetnym miejscem do odpoczynku, jak i ozdobą każdej sali. Pokrycie wykonane z trwałej tkaniny, łatwej do utrzymania w czystości.• wys. siedziska 28 cm
 • waga: 2,2 kg• wykonany z wytrzymałej pianki• wym. 73 x 30 x 40 cm• od 3 lat</t>
   </si>
   <si>
     <t>092195-8</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - różowy pastel, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – różowy pastel, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>109051</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnoróżowy pastel</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>056252</t>
   </si>
   <si>
     <t>Dywan jednokolorowy - beżowy 3 x 4 m</t>
   </si>
   <si>
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 x 400 cm</t>
+    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 3 x 4 m
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 x 400 cm</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>092200</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - białe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – białe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - jasnoszary</t>
+    <t>Pojemnik płytki 1 – jasnoszary</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>133601</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - różowe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>109044</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, jasnoróżowy pastel</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - szary</t>
-[...3 lines deleted...]
-• wym. 113 x 55,50 x 14 cm</t>
+    <t>Materac do domku Quadro – szary</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
+    <t>Materac do domku Quadro – beżowy</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
     <t>099488</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny kwadratowy, jasnoróżowe obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • wym. 65 x 65 cm</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 35,50 x 34,50 x 35 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
   </si>
   <si>
     <t>092208</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - jasnoróżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – jasnoróżowe</t>
   </si>
   <si>
     <t>101796</t>
   </si>
   <si>
-    <t>Siedzisko Paolo krótkie,  szare</t>
-[...2 lines deleted...]
-    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
+    <t>Siedzisko Paolo krótkie, szare</t>
+  </si>
+  <si>
+    <t>Pufy przeznaczone do tworzenia siedzisk w wewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 76,5 x 40 x 35 cm</t>
   </si>
   <si>
     <t>092201</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - szare</t>
+    <t>Quadro – drzwiczki małe 90 st. – szare</t>
   </si>
   <si>
     <t>099375-08</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - biały, nogi bukowe</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>372050</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - biały</t>
+    <t>Pojemnik płytki 1 – biały</t>
   </si>
   <si>
     <t>092212</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki średnie 90 st.  - białe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Quadro – drzwiczki średnie 90 st. – białe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>092098</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - beżowa</t>
+    <t>Quadro – skrzynia duża – beżowa</t>
   </si>
   <si>
     <t>099343</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
-[...2 lines deleted...]
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Quadro – szafka-domek z 2 półkami, skrzynia klon jasny,szara</t>
+  </si>
+  <si>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>133576</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 różowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm• wym. 126 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>109003</t>
   </si>
   <si>
-    <t>Gruszka mała jasnoróżowy pastel - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I• śr. 60 cm• wym. 80 cm</t>
+    <t>Gruszka mała jasnoróżowy pastel – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny – klasa I• śr. 60 cm• wym. 80 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -450,51 +451,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678510d19b7818efe3c14938a1c87f221.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67ba3d4730b6358fdefdcd4f8f060fc2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2406cb744cab88cddcc39426b5431ffe3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc129a39464fc4eb986d8afbe7a066c4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f92dde9bf3f38350697e3cc08bc760d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28cd9ad3c9ab3bdd946c3bc76a5f57036.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ebb94600377f8e74afe6b40e2c2ba57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e11875cece256ebb9e408f5d040592ee8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3702375d9bfcd9f639751887106a03c19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9897108d045551b3c2280fcc2d8635f210.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc90b68eb050eb772f1ddda4ac1a8d711.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f124012ec6a2c37e677f71316351438a12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c0d86d877c17ccc4833bc3785230a713.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bebdcbb083a956448d4cf4645821a1014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dacf2b88ee801f1022793954bf5400aa15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff588a8a34ec02269cbab28d447e68d16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf273cfc8c7f7073c36e767378d9875017.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00e63f667a97f032ea83f043f9548ef18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a199990b13db9a71e0338309dca78f5f19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2cde6dbb461370cb389bded62b392520.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807c6caf113970f057961be3c96749cb21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435b620b03df4644c3ee928cdb27214c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe1c26252b8a88a8769ae0be68efc2623.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/105472b5755a79f89aa093d8c492868224.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835aa5d5d1af1d66aa8ba355ec06181a25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0549c25f3eda6f2d7d847948fa1fc09926.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd4cc8c5ec25e16ea47bd1af94b0deb27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406fd556d22c6458e171e3c258bc13ee28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4711d7033bcbb3b998d4a5f3f27781129.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336196f1ef7700a55c2cfda26bfe80f530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b1b935cbb0569860ad49f3f6fae6aa31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c94e02c52680678a1b0d42ded56eb532.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12321c25efb25014fa2e7c0718fee8e933.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d9e0c3b469928a11c610bc8ee9d52bd34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cca294c357da00e481770adb93c013535.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51dc02cb54668fa69edc85651bf8f8836.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0dc2577d1550aac904c007b093b49b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3827683c45d9832bfff8caf674ad4e132.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55643b767ee211867588172c6ebc55393.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bafc2f2db859aabd47574e780793524.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a9a0948103890fd0246754858dd1dd5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026210ed40deee7abc11108908f1f0f66.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/960ba19d5b30faebd313e51c6ff80e5b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b7b2380365fd237c5f17a31f24d5db8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65e115da79996b5832bdad97442d24e9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c9dcd11032218bc14a17a55ffe05da110.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/672fc2735f6f355ad9a2859370ecbfc511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5464760a33eae6afa09cc07ecb1694cc12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18682685767f5d2a908d3557829ca4913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e58b27f1a3a5ef08c121ef9b53a9b5b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5359204b229fd758ce683b21a68177715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54fbc5b992ebda4e6aded6443e12dcc716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83e1fc38e8bece291b8d3eccb9cf51317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e7749f93999ebc756119398295fdbe18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185081d4558cb5a15875179b68ade48519.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf309782c7a3f922f1538c8f6e800ed20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a2adc51901a2c879b57fc8b836e34f21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d61c1ec5ec813ba6c72bc8fb8ef7d922.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca5f92d98e1d6ef0008c9fe3b0cd0f6423.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ac24d95dc78eae45c07cbba49b0a6324.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de1d0c1df263a455b1ddfcd5fd2a7e225.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68e25fe05f3998bfc4d4404987c40e626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5b47333599e33924ac5cc979839c6327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bd04ea7b759eebf349a3b84752147b928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8629070591f7faca2a4c2708fb285fa129.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdbdac204e0cc3bb664500597f15933e30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e35e74bb52ff6c5dadef837a710ff431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9e8dcf3d44ba1128f8e40cf089311c32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3cff006a0b72d52e1a1a8670478f8133.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080dca1eb7f38eb5b488ad964f5eb24e34.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7671ac50f3bc0bd3c8e29a5d68106935.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee620c2f58237bfbfedf6e3d2788a43336.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-003" descr="Sala przedszkolna Quadro w kolorystyce pastelowego różu "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>