--- v0 (2025-10-02)
+++ v1 (2025-11-30)
@@ -20,138 +20,154 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t xml:space="preserve">WIZ-SZA-MB-0021 Korytarz szkolny z budką akustyczną </t>
   </si>
   <si>
-    <t>z dnia 2025-10-02 02:26:30</t>
+    <t>z dnia 2025-12-01 00:31:18</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>834257</t>
   </si>
   <si>
     <t>Budka akustyczna 2-osobowa bez siedzisk</t>
   </si>
   <si>
-    <t>Pozwalają użytkownikom odizolować się od hałaśliwego otoczenia oraz zapewniają dyskrecję i poczucie prywatności. Ograniczenie zewnętrznych bodźców pozwala osobom pracującym i uczącym się w budkach na poprawę koncentracji, a także zwiększenie efektywności. Dodatkowo, podczas prowadzenia głośnych rozmów czy telekonferencji, użytkownicy nie zakłócają spokoju osób znajdujących się na zewnątrz.  Cechą wyróżniającą budki są tapicerowane ściany zewnętrzne, wypełnione specjalną włókniną absorbującą dźwięki. Tak duża powierzchnia dźwiękochłonna, będąca ekwiwalentem kilku dużych paneli akustycznych, ogranicza hałas i pogłos w całym pomieszczeniu.  Optymalna izolacyjność akustyczna budek została potwierdzona przez niezależny ośrodek badawczo-naukowy (ważony wskaźnik izolacyjności akustycznej 31 dB). Budki są dostępne w wersjach: 1- i 2-osobowe.   Cechy budek akustycznych: • metalowa konstrukcja malowana proszkowo • ściany i siedziska tapicerowane • podłoga - wykładzina filcowa • blaty - płyta laminowana • oświetlenie i wentylacja - z czujką ruchu i możliwością regulacji• szkło akustyczne hartowane (według norm EN ISO 10140, ISO 717-1)  • blat stolika wym. 70 x 46 cm • wys. stolika 110 cm • wym. zewnętrzne budki 226 x 100 x 242 cm • wym. wewnętrzne budki 207 x 88 x 218 cm • mediaporty - 1 gniazdo napięciowe 230V, 1 HDMI, 2 na ładowarki USB.• wym. 226 x 100 x 242,5 cm</t>
+    <t>Pozwalają użytkownikom odizolować się od hałaśliwego otoczenia oraz zapewniają dyskrecję i poczucie prywatności. Ograniczenie zewnętrznych bodźców pozwala osobom pracującym i uczącym się w budkach na poprawę koncentracji, a także zwiększenie efektywności. Dodatkowo, podczas prowadzenia głośnych rozmów czy telekonferencji, użytkownicy nie zakłócają spokoju osób znajdujących się na zewnątrz. 
+Cechą wyróżniającą budki są tapicerowane ściany zewnętrzne, wypełnione specjalną włókniną absorbującą dźwięki. Tak duża powierzchnia dźwiękochłonna, będąca ekwiwalentem kilku dużych paneli akustycznych, ogranicza hałas i pogłos w całym pomieszczeniu. 
+Optymalna izolacyjność akustyczna budek została potwierdzona przez niezależny ośrodek badawczo-naukowy (ważony wskaźnik izolacyjności akustycznej 31 dB).
+Budki są dostępne w wersjach: 1- i 2-osobowe. 
+Cechy budek akustycznych:
+• metalowa konstrukcja malowana proszkowo
+• ściany i siedziska tapicerowane
+• podłoga - wykładzina filcowa
+• blaty - płyta laminowana
+• oświetlenie i wentylacja - z czujką ruchu i możliwością regulacji• szkło akustyczne hartowane (według norm EN ISO 10140, ISO 717-1)
+• blat stolika wym. 70 x 46 cm
+• wys. stolika 110 cm
+• wym. zewnętrzne budki 226 x 100 x 242 cm
+• wym. wewnętrzne budki 207 x 88 x 218 cm
+• mediaporty - 1 gniazdo napięciowe 230V, 1 HDMI, 2 na ładowarki USB.MONTAŻ WLICZONY W CENĘ.• wym. 226 x 100 x 242,50 cm</t>
   </si>
   <si>
     <t>834050</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem zewn., jasnoszary</t>
   </si>
   <si>
     <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 116,5 x 76 x 73 cm  </t>
   </si>
   <si>
     <t>834155</t>
   </si>
   <si>
     <t>Stolik duży wysoki antracyt 130x50x110</t>
   </si>
   <si>
     <t>Stoliki wykonane z płyty melaminowanej o gr. 2 cm, na stelażu z rury o śr. 22 mm. • wym. 130 x 50 x 110 cm</t>
   </si>
   <si>
     <t>834065</t>
   </si>
   <si>
     <t>Moduł Legvan 90-stopniowy z oparciem wewn., grafitowy</t>
   </si>
   <si>
     <t xml:space="preserve">Legvan to kolekcja siedzisk zaprojektowana dla stref komunikacyjnych i przestrzeni wnętrz publicznych. W skład systemu wchodzą warianty mebli, które można dowolnie konfigurować w zależności od funkcji i estetyki wnętrza. Poszczególne elementy są dostępne w różnej kolorystyce, co pozwala na kreatywność w aranżacji przestrzeni. Siedzisko i oparcie tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli).  Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1, BS EN 1021-2, BS 7176 Medium Hazard. Stelaż malowany proszkowo. • wys. siedziska 44 cm • wym. 136 x 76 x 73 cm  </t>
   </si>
   <si>
     <t>044126</t>
   </si>
   <si>
     <t>Tablica korkowa 90 x 120 szara</t>
   </si>
   <si>
-    <t>Tablica z kolorową powierzchnią korkową, w drewnianej oprawie, do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
+    <t>Tablica z kolorową powierzchnią korkową w drewnianej oprawie do prezentacji prac lub wywieszania ogłoszeń szkolnych. • wym. 90 x 120 cm</t>
   </si>
   <si>
     <t>834051</t>
   </si>
   <si>
     <t>Moduł Legvan 45-stopniowy z oparciem zewn., grafitowy</t>
   </si>
   <si>
     <t>096824</t>
   </si>
   <si>
     <t>Krzesło H szare rozm. 6, stelaż aluminium</t>
   </si>
   <si>
     <t>Krzesła H z uchwytem w oparciu, który ułatwia ich przenoszenie. Siedzisko i oparcie o gr. 8 mm wykonane ze sklejki pokrytej laminatem HPL, z krawędziami zabezpieczonymi woskiem. Stelaż wykonany ze stalowej rury o śr, 20 mm, pokryty farbą proszkową. Powłoka HPL zapewnia skuteczną ochronę przed uszkodzeniami - jest odporna na zarysowania i uderzenia, a także wodoodporna i łatwa do czyszczenia.Wyprofilowane siedzisko eliminuje ucisk na kolana w trakcie siedzenia, a wygodne, lekko wyprofilowane oparcie zapewnia właściwą postawę ciała. Szeroko rozstawione tylne nogi zapewniają wysoką stabilność. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Krzesła można sztaplować (max. 5 szt.). Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.• wym. 42,5 x 52 x 84,8 cm• wys. siedziska 46 cm</t>
   </si>
   <si>
     <t>861100</t>
   </si>
   <si>
     <t>Hoker wysoki New School ciemnoniebieski</t>
   </si>
   <si>
-    <t>Nowoczesne krzesło z oparciem, które idealnie nadaje się do szkół (np. do sal laboratoryjnych z wysokimi blatami). Stelaż wykonany w całości z giętkiego metalu o śr. 18 mm. Jest zabezpieczony nakładkami z tworzywa sztucznego na dole, które dodatkowo stabilizują krzesło. Siedzisko i oparcie połączone są za pomocą stelaża i są wykonane ze sklejki jesionowej o gr. 9 mm.  • wym. 53 x 55 x 117 cm • wys. siedziska 82 cm• wym. 53 cm x 55 cm x 117 cm</t>
+    <t>Nowoczesne krzesło z oparciem, które idealnie nadaje się do szkół (np. do sal laboratoryjnych z wysokimi blatami). Stelaż wykonany w całości z giętkiego metalu o śr. 18 mm. Jest zabezpieczony nakładkami z tworzywa sztucznego na dole, które dodatkowo stabilizują krzesło. Siedzisko i oparcie połączone są za pomocą stelaża i są wykonane ze sklejki jesionowej o gr. 9 mm. 
+• wym. 53 x 55 x 117 cm
+• wys. siedziska 82 cm• wym. 53 x 55 x 117 cm</t>
   </si>
   <si>
     <t>845015</t>
   </si>
   <si>
     <t>Stolik-kosz wielofunkcyjny</t>
   </si>
   <si>
     <t>Ażurowy kosz z funkcją stolika. Kosz może służyć do przechowywania maskotek, poduszek itp. Wykonany z lekkiego, wytrzymałego tworzywa sztucznego, które jest łatwe w czyszczeniu. Drewniana pokrywa. • śr. 44,5 cm • wys. 44,5 cm • poj. 55 l • śr. pokrywy 43,5 cm • otwór w pokrywie 10 x 3 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -238,51 +254,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c26f6f65ac8423e0d5e898d5bc785ca1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a21162884b69cb7ff986b2b005209d12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a2f62ba5f6c2aceb777849c82d93573.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d63d652767bf534deeed03919dd6a40f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e9bab070825028cab504a94accc7a945.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae73df2de9e2cfcbfc4930072bb2b146.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833b363b2c7a6f951c7aa4484c58fe487.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27923fee3d4f5f0e9c110e559a8ad3c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4aef7760d3cd559f66a854396da11cf9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f8a5030520044611a720b96ad8e40210.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a64edb2a0ddee952d0657ea3ecb402d1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebfde7a0ff1509105b06703052791f52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc6ac1f4ea7ee646bf90cbbfdd2e04c3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a10c5321c499bfe507f7a422af6e29f4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cc5e141b68037404ac422a3add34b35.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee42961b3f6d58d97beb192304dd2b86.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c6f264c4298eabd7d1df345ff12aba7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ba2385dd6dedacdd0d6a39eb72fb2d8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523eaf4b22fef32dda16610912c509f29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65b73a2332103b08c576d58430ff693810.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZA-MB-0021" descr="Korytarz szkolny z budką akustyczną "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -923,54 +939,54 @@
       <c r="E5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="80">
       <c r="A6" s="7"/>
       <c r="B6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="8">
         <v>1</v>
       </c>
       <c r="F6" s="10">
-        <v>44499.9</v>
+        <v>47999.9</v>
       </c>
       <c r="G6" s="11">
-        <v>44499.9</v>
+        <v>47999.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="80">
       <c r="A7" s="7"/>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="8">
         <v>2</v>
       </c>
       <c r="F7" s="10">
         <v>4099.9</v>
       </c>
       <c r="G7" s="11">
         <v>8199.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="80">
       <c r="A8" s="7"/>
@@ -1102,51 +1118,51 @@
       <c r="A14" s="7"/>
       <c r="B14" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="8">
         <v>1</v>
       </c>
       <c r="F14" s="10">
         <v>169.9</v>
       </c>
       <c r="G14" s="11">
         <v>169.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="F16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G16" s="12">
-        <v>74946.9</v>
+        <v>78446.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 