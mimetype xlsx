--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -20,213 +20,213 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>WIZ-PSI-MB-0001 Sala SI z Kącikiem Leśna Kryjówka</t>
   </si>
   <si>
-    <t>z dnia 2025-10-10 21:19:06</t>
+    <t>z dnia 2025-12-02 13:44:53</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>522005</t>
   </si>
   <si>
     <t>Piłka gimnastyczna 65 cm - zielona</t>
   </si>
   <si>
     <t>Piłka do terapii i rehabilitacji z miękkiej gumy. • 1 szt.  • śr. 65 cm • maksymalne obciążenie 400 kgDo nadmuchania piłki potrzebna jest pompka, np.522021 (sprzedawana osobno).</t>
   </si>
   <si>
     <t>118204</t>
   </si>
   <si>
     <t>Fakturowy konik</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPlansza z konikiem pozwala dziecku na oswojenie się z różnymi fakturami: szczeciny pędzla, dywanika łazienkowego, wykładziny-trawy.• wym. 35 cm x 35 cmOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPlansza z konikiem pozwala dziecku na oswojenie się z różnymi fakturami: szczeciny pędzla, dywanika łazienkowego, wykładziny-trawy.• wym. 35 x 35 cmOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>558001</t>
   </si>
   <si>
     <t xml:space="preserve">Kolumna świetlna </t>
   </si>
   <si>
     <t>Sterowanie mikrofonem za pomocą potencjometru, który znajduje pod obudową urządzenia, pozwala wykazywać zależności pomiędzy dźwiękiem a ilością świecących szczebli. Jest możliwość połączenia przez Bluetooth oraz podłączenia do kolumny urządzenia za pomocą którego możemy odtworzyć muzykę. Kolumna może służyć także jako zestaw do karaoke. W komplecie dwa mikrofony, ale jest też możliwość podłączenia trzeciego mikrofonu. Na mobilnej podstawie. Pilot do zmiany kolorów w zestawie. Włącznik/wyłącznik na podstawie. • wym. 50 cm x 25 cm x 150 cm</t>
   </si>
   <si>
     <t>118261</t>
   </si>
   <si>
     <t>Dźwiękowe myszki</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmMyszki mają frezowane linie, po których można przesuwać drewnianymi sztyftami, które zostały zamocowane na sznurku.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmMyszki mają frezowane linie, po których można przesuwać drewnianymi sztyftami, które zostały zamocowane na sznurku.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>519025</t>
   </si>
   <si>
     <t>Huśtawka - wałek</t>
   </si>
   <si>
     <t>Huśtawka stosowana jest podczas szerokiej gamy ćwiczeń z jakimi mamy do czynienia podczas zajęć terapii integracji sensorycznej. Kształtuje obustronną koordynację, orientację w przestrzeni. Można wykorzystać ją do ćwiczeń z planowania ruchu czy rozwijania stabilności. Dostarcza nowych wrażeń ruchowych związanych z pozycją przy ćwiczeniach: ruch przód - tył, skręty ciała, itp. Liny, na których huśtawka jest podwieszona, można wykorzystać do ćwiczeń manualnych, np. doczepianie spinaczy. Można także wspomagać się nimi podczas wchodzenia i schodzenia. • wym. wałka 30 x 88 cm • dł. lin 90 cm • różne kolory, sprzedawane losowo  • max. obciążenie 50 kg• do zamocowania huśtawki w kabinie SI (092994) potrzebny jest 1 karabińczyk (199134) i 1 lina przedłużająca (199135 lub 199136), opcjonalnie 1 przegub obrotowy (199133); należy zamówić osobno.• od 3 lat</t>
   </si>
   <si>
     <t>101193</t>
   </si>
   <si>
     <t>Zestaw piankowy Mobaklocki 1+2 - MED</t>
   </si>
   <si>
-    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną meditap. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 23 szt. • wyrób medyczny - klasa I</t>
+    <t>Mobaklocki wykonane z pianki. Pokryte trwałą i zmywalną tkaniną. Można je łączyć w tory przeszkód, jak również tworzyć przestrzenne konstrukcje. • wym. najmniejszego elem. 30 x 30 x 15 cm • wym. największego elem. 30 x 30 x 90 cm • 23 szt. • wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>118264</t>
   </si>
   <si>
     <t>Panel sensoryczny</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmNa panelu zostały umieszczone materiały o różnych fakturach.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmNa panelu zostały umieszczone materiały o różnych fakturach.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>168029</t>
   </si>
   <si>
     <t>Maty Terrasensa 6 szt.</t>
   </si>
   <si>
     <t>Wykonana z poliuretanu mata w formie modułów, do ćwiczeń sensomotorycznych i koordynacyjnych. Umożliwia wykonanie treningu równoważnego w każdej grupie wiekowej. Zapewnia trening całego systemu nerwowo - mięśniowego człowieka. • antypoślizgowa powierzchnia, łatwa do utrzymania w czystości • amortyzuje upadki  •  zwiększa efektywność ćwiczeń • wym. 1 modułu: 50 x 50 x 7,7 cm • waga 1 modułu: 3,2 kg • zestawy dostępne w 4 kolorach (zielony, niebieski, czerwony i beżowy), sprzedawanych losowo• wym. 50 cm x 50 cm x 8 cm</t>
   </si>
   <si>
     <t>519023</t>
   </si>
   <si>
     <t>Podwieszka trapezan SI - MED</t>
   </si>
   <si>
-    <t>Przyrząd służący do ćwiczenia siły rąk. Daje możliwość rotowania. Może być wykorzystywany do ćwiczeń w zwisie, ćwiczeń związanych z przeciąganiem i podciąganiem. Długość drążka odpowiada w przybliżeniu maksymalnemu rozsunięciu rąk, na których dziecko jest w stanie zawisnąć. • dł. 180 cm • szer. 58 cm • regulacja wys.  • max. obciążenie 75 kg• do montażu w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można ją po prostu przymocować do istniejącego karabińczyka.• wym. 180 cm x 58 cm• od 3 lat• wyrób medyczny - klasa I</t>
+    <t>Przyrząd służący do ćwiczenia siły rąk. Daje możliwość rotowania. Może być wykorzystywany do ćwiczeń w zwisie, ćwiczeń związanych z przeciąganiem i podciąganiem. Długość drążka odpowiada w przybliżeniu maksymalnemu rozsunięciu rąk, na których dziecko jest w stanie zawisnąć. • dł. 180 cm • szer. 58 cm • regulacja wys.  • max. obciążenie 75 kg• do montażu w kabinie SI (092994) nie są potrzebne żadne dodatkowe materiały. Można ją po prostu przymocować do istniejącego karabińczyka.• wym. 180 x 58 cm• od 3 lat• wyrób medyczny - klasa I</t>
   </si>
   <si>
     <t>096771</t>
   </si>
   <si>
     <t>Tablica ścienna - mandala</t>
   </si>
   <si>
-    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną PVC jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
+    <t>Tablica stanowi nie tylko dekorację, ale pełni także rolę panelu manipulacyjnego usprawniającego małą motorykę, percepcję dotykową (do jej wykończenia zostały użyte materiały o różnych fakturach). Miękka poduszka pokryta tkaniną, niezawierającą ftalanów jest mocowana na rzepy, znajduje się na niej bezpieczne lusterko z pleksi. Środkowa część jest ruchoma. Tablica wykonana ze sklejki o gr. 18 mm, aplikacje - ze sklejki o gr. 10 mm.• Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• śr. 119 cm</t>
   </si>
   <si>
     <t>096528</t>
   </si>
   <si>
     <t>Sześcian - konstrukcja na akcesoria sensoryczne</t>
   </si>
   <si>
-    <t>Wykonana z belek z drewna bukowego o przekroju 4,9 x 4,9 cm. Na wierzchniej stronie każdej z górnych belek po 11 otworów o śr. 2,5 mm, umieszczonych w odstępach co 9,3 cm. Możesz wypełnić spód sześcianu kwadratowymi poduszki (zestaw 10 sztuk 101388, które należy zamówić osobno). • Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 120 cm x 120 cm x 120 cm</t>
+    <t>Wykonana z belek z drewna bukowego o przekroju 4,9 x 4,9 cm. Na wierzchniej stronie każdej z górnych belek po 11 otworów o śr. 2,5 mm, umieszczonych w odstępach co 9,3 cm. Możesz wypełnić spód sześcianu kwadratowymi poduszki (zestaw 10 sztuk 101388, które należy zamówić osobno). • Produkt ekologiczny, malowany wodnym lakierem akrylowym. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!• wym. 120 x 120 x 120 cm</t>
   </si>
   <si>
     <t>101855</t>
   </si>
   <si>
     <t>Basen okrągły podświetlany, wys. 40 cm</t>
   </si>
   <si>
-    <t>Basen z piłeczkami to ulubione miejsce zabaw maluchów. Basen jest na tyle mały, aby zmieścił się w salach o ograniczonej powierzchni. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. Wewnątrz znajduje się materac o gr. 4 cm, z zamontowanymi kolorowymi LEDami (zasilacz w komplecie). • 1250 piłeczek o śr. 8 cm w komplecie • śr. zewnętrzna 148 cm • śr. wewnętrzna 118 cm • wys. 40 cm</t>
+    <t>Basen z piłeczkami to ulubione miejsce zabaw maluchów. Basen jest na tyle mały, aby zmieścił się w salach o ograniczonej powierzchni. Wykonany z pianki, pokryty trwałą tkaniną, łatwą do utrzymania w czystości. Wewnątrz znajduje się materac o gr. 4 cm, z zamontowanymi kolorowymi LEDami (zasilacz w komplecie). • 1250 piłeczek o śr. 8 cm w komplecie • śr. zewnętrzna 148 cm • śr. wewnętrzna 118 cm • wys. 40 cm</t>
   </si>
   <si>
     <t>558003</t>
   </si>
   <si>
     <t>Kolumna wodna 20 x 180 cm</t>
   </si>
   <si>
     <t>Urządzenie to umożliwia sterowanie kolorem i nasyceniem bąbelków powietrza za pomocą  pilota. Możliwość wyboru 7 kolorów świecenia, zatrzymanie koloru. Do kolumn należy wlewać wodę destylowaną. Możliwość połączenia przez Bluetooth oraz podłączenia urządzenia odtwarzającego muzykę. Mikrofon i pilot w zestawie. Włącznik/wyłącznik na podstawie. Do czyszczenia zaleca się zastosowanie wody w temperaturze do 25 stopni z dodatkiem mydła. Należy unikać gąbek, szorstkich szmatek, skrobaczek, szczoteczek i tym podobnych. Bardzo dobrze sprawdza się delikatna ściereczka z mikrofibry, która w połączeniu z letnią wodą i mydłem umożliwi bezpieczne usunięcie zabrudzeń bez ryzyka uszkodzenia powierzchni.Nie należy wystawiać urządzenia (plexi) na działanie wysokich temperatur i środków chemicznych. NIEDOZWOLONE jest używanie rozpuszczalników, alkoholi, kwasów oraz płynów do dezynfekcji. Te czynniki mogą spowodować odkształcenia, uszkodzenie powierzchni czy też naruszenie struktury materiału. Do napełnienia kolumny potrzeba 47,1 L. • wym. 20 x 180 cm• śr. 20 cm• wym. 37 x 37 x 181 cm</t>
   </si>
   <si>
     <t>100107</t>
   </si>
   <si>
     <t>Kącik Leśna kryjówka</t>
   </si>
   <si>
     <t>Leśny kącik ze zjeżdżalnią i schodami, który umili najmłodszym zabawę w przedszkolu. Wyposażony w tunel, przez który dzieci mogą się czołgać. Dodatkową atrakcję stanowią przesuwanki na bocznej ściance, lustro i bulaj pełen piłeczek, które można wyciągać przez otwór od wewnętrznej strony. Kącik wykonany z lakierowanej sklejki o gr. 18 mm, drewna, płyty laminowanej oraz kolorowej płyty MDF, ślizg zjeżdżalni wykonany ze sklejki pokrytej laminatem HPL, bulaj wykonany z pleksi. Konieczne kotwiczenie do podłoża. • wym. 186 x 209,2 x 193 cm • wys. barierek 135 cm • wys. podestów 45 i 60 cm • wym. schodów 59,5 x 86 cm • wym. podestów 55 x 72 cm i 66 x 123 cm • wym. zjeżdżalni 46 x 132,5 cm • wym. tunelu 47,5 x 38,5 cm • śr. otworu w drzewie 40 cmWskazane jest zabezpieczenie przed upadkiem powierzchni wokół zjeżdżalni (materace antypoślizgowe: 101322-101327, 101337-101342, 101758, sprzedawane osobno).• zalecane umiejscowanie przy ścianie • zastosowano ekologiczny, wodny lakier akrylowy. Nie wydziela drażniących i szkodliwych oparów. Jednak pod wpływem dużych obciążeń mechanicznych oznaki zużycia lakieru mogą pojawić się szybciej. Nie stanowi to wady. UWAGA: Do pielęgnacji nie należy stosować środków na bazie alkoholu ani silnych środków dezynfekcyjnych!OSTRZEŻENIE: W przypadku dzieci poniżej 3 lat wymagany jest nadzór osoby dorosłej.</t>
   </si>
   <si>
     <t>118265</t>
   </si>
   <si>
     <t>Panel manipulacyjny</t>
   </si>
   <si>
-    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 cm x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
+    <t>Dekoracyjne elementy ze sklejki z różnego rodzaju motywami, które zachęcą dzieci do zabawy, obserwacji i doświadczania dotykiem. Elementy przytwierdzone do ściany, oprócz walorów estetycznych, stanowią kącik zabawy. Dzięki manipulowaniu sznureczkami i rozpoznawaniu faktur dotykiem dzieci rozwijają sprawność rąk i zmysł dotyku. Dostarczane z elementami mocującymi do ściany. • wym. 35 x 35 cmPanel został wyposażony w drążek z koralikami do przesuwania oraz w drewniane figury na sznureczkach do dopasowywania.• wym. 35 x 35 cm• od 2 latOSTRZEŻENIE: Produkt może być montowany tylko przez osobę dorosłą.</t>
   </si>
   <si>
     <t>306204</t>
   </si>
   <si>
     <t>Ścieżka sensoryczna - plastry miodu</t>
   </si>
   <si>
-    <t>Ścieżka sensoryczna - plastry miodu to pomoc edukacyjna umożliwiająca tworzenie trasy do chodzenia, której poszczególne części mogą znajdować się na różnych wysokościach. Każdy element ścieżki składa się z dwóch połączonych ze sobą sześciokątnych pól przypominających plastry miodu. Jedno z pól jest wypukłe i pokryte zostało elementami z pianki, drugie to pojemnik, do którego można nasypać dowolny materiał, po którym dzieci będą chodzić (zestaw zawiera woreczki na sypkie materiały). Elementy ścieżki łączą się ze sobą, co pozwala na tworzenie coraz to nowych tras. Pomoc rozwija umiejętności motoryczne i wyczucie równowagi, a także stymuluje zmysł dotyku.  Zestaw zawiera: • 6 elementów ścieżki wykonanych z twardego tworzywa sztucznego, o wym. 48,8 x 26 x 11,1 cm • 3 bawełniane woreczki z zapięciem na rzep, w kształcie sześciokąta o boku 12 cm • wym. 49 cm x 26 cm x 12 cm• od 2 lat</t>
+    <t>Ścieżka sensoryczna - plastry miodu to pomoc edukacyjna umożliwiająca tworzenie trasy do chodzenia, której poszczególne części mogą znajdować się na różnych wysokościach. Każdy element ścieżki składa się z dwóch połączonych ze sobą sześciokątnych pól przypominających plastry miodu. Jedno z pól jest wypukłe i pokryte zostało elementami z pianki, drugie to pojemnik, do którego można nasypać dowolny materiał, po którym dzieci będą chodzić (zestaw zawiera woreczki na sypkie materiały). Elementy ścieżki łączą się ze sobą, co pozwala na tworzenie coraz to nowych tras. Pomoc rozwija umiejętności motoryczne i wyczucie równowagi, a także stymuluje zmysł dotyku. Zestaw zawiera: • 6 elementów ścieżki wykonanych z twardego tworzywa sztucznego, o wym. 48,8 x 26 x 11,1 cm • 3 bawełniane woreczki z zapięciem na rzep, w kształcie sześciokąta o boku 12 cm • wym. 49 x 26 x 12 cm• od 2 lat</t>
   </si>
   <si>
     <t>558005</t>
   </si>
   <si>
     <t>Ściana wodna</t>
   </si>
   <si>
     <t>Efektowna ściana wodna może być zarówno elementem wyposażenia Sali Doświadczania Świata, jak i dekoracyjnym elementem dzielącym i ozdabiającym przestrzeń. Możliwość wyboru 5 kolorów świecenia - sterowanie za pomocą pilota dołączonego do ściany. Włącznik/wyłącznik na podstawie. Do napełnienia potrzeba 72 L. • wym. 106 x 24 x 200 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -313,51 +313,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7199f0d859575085d0f7ceb0aff984e61.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895de9716eb310f45a465aa037695ef52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c3351950188ef8cae6d3ffcc54112c53.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920dd9dc62e48ffc9265e9ae6d1d07c14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8f337c1b93785eca433fe4a332b0825.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294713e6803d4dd4ff10b2983f3fce376.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6e6099b5c0f14a3d0269cffd0f09057.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa4b2e0c58fae6cf12bc36fcf0bccff8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91764ae2ff6e62e8ea6cb34d70d702a69.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858774425a04a4730c1c5a6c9f70bafc10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b39c2ea97b6100a9928a13cedd6d60511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07d056c7e1c8ba1fdc8defa1cef8977c12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae0f784b60b306e47217050c761e74413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965f9ccb4fa818c99881181c65bbad4514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f95ac0d5a28737b5fa32d2e2aefee015.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcdcaac5ec7d0ced8ee288e03f3639816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a3f44a43d7c3c60ebfcbe0a46bec9517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb1a72288f2eeeabb402c0bd327cc90a18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59c5ebf00912aa3f49c7f5f97861c681.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24bacc24ce0057270e1c7e7c8a3b605f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06e596f61430a382913ef133522047bc3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89eeee33558bca428793417317eab32a4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600f52f8cffb0b7c5d65953dd65344be5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f9f7918ee41c2b7c4be36f79d3604836.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d44513ac02d72f78367438b63e6cc807.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44bb2dd4d07aff3450c456d0e2c3adc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48c17a0c41a70c72cba91487257361519.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937aaee3dcd2a6adcf201edfa99e59eb10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c941de23038c4deea18fec5ad386972b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7957e8073e03168b4f1ebeea5d9358d12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfb0be617fdf47dd967a277a9d87b5d13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2a5085583c4b4c65572b145d4ea9dc614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70df7214764a2f61f79c28f4266b3ce15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e3ec8b5f3de04f92b7dbfd7f0424da16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7817f4cb160df6effae3ed9ad91dbb5517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8da270a3b366dc55dabde73cd43b221018.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5000625" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-PSI-MB-0001" descr="Sala SI z Kącikiem Leśna Kryjówka"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>