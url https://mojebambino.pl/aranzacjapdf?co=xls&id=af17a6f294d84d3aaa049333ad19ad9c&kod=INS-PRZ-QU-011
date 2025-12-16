--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -20,291 +20,293 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t xml:space="preserve">INS-PRZ-QU-011 Sala przedszkolna Quadro w kolorystyce pomarańczowej </t>
   </si>
   <si>
-    <t>z dnia 2025-10-28 20:12:48</t>
+    <t>z dnia 2025-12-16 01:23:05</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109053</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. beżowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>133519</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 aluminium</t>
   </si>
   <si>
     <t>Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  • aluminium</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,50 x 35 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>101833</t>
   </si>
   <si>
-    <t>Gruszka mała beżowa - MED</t>
-[...2 lines deleted...]
-    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną meditap bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• wyrób medyczny - klasa I</t>
+    <t>Gruszka mała beżowa – MED</t>
+  </si>
+  <si>
+    <t>Miękkie i wygodne gruszki wypełnione granulatem, dopasowujące się kształtem do osoby siedzącej. Pokryte trwałą tkaniną bez ftalanów, którą łatwo utrzymać w czystości. • waga 4 kg • śr. 60 cm • wys. 80 cmGranulat styropianowy w zależności od intensywności użytkowania ulega naturalnemu zużyciu/utlenianiu się. Zalecamy uzupełnianie go w zależności od stopnia zapotrzebowania. Granulat do zakupienia osobno (101238).• śr. 60 cm• wym. 80 cm• wyrób medyczny - klasa ISpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>101865</t>
   </si>
   <si>
     <t>Materac do domku Quadro - szary</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.
+• wym. 113 x 55,50 x 14 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>056250</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 200 cm - beżowy</t>
   </si>
   <si>
-    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• śr. 200 cm</t>
+    <t>Jednokolorowe dywany obszyte na krawędziach. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności - tzn. Atest Higieniczny. Pokryte środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 200 cm
+Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• śr. 200 cm</t>
   </si>
   <si>
     <t>092206</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - pomarańczowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – pomarańczowe</t>
   </si>
   <si>
     <t>094198</t>
   </si>
   <si>
     <t>Blat Quadro klon jasny okrągły, klon jasny obrzeże</t>
   </si>
   <si>
     <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
   </si>
   <si>
     <t>094084</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - kość słoniowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – kość słoniowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>101922</t>
   </si>
   <si>
     <t>Poduszka beżowa</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 - jasnoszary</t>
   </si>
   <si>
     <t>101218N</t>
   </si>
   <si>
     <t>Poducha Kwiatek malucha</t>
   </si>
   <si>
     <t>Poducha wypełniona gąbką, obszyta poliestrową tkaniną (Loca). • wys. 17 cmMożna prać w pralce w temp. 30 stopni.• śr. 150 cm</t>
   </si>
   <si>
     <t>146254</t>
   </si>
   <si>
     <t>EKO dekor - domek duży beżowy</t>
   </si>
   <si>
-    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
+    <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109046</t>
   </si>
   <si>
     <t>Siedzisko Paolo długie, jasnopomarańczowy pastel</t>
   </si>
   <si>
-    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną meditap, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cm</t>
+    <t>Pufy przeznaczone do tworzenia siedzisk na zewnętrznym łuku szafek Quadro 1/8 koła (096997, 096997W, sprzedawane osobno). Pufy wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 128,3 x 40 x 35 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>099348</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,pomarańczowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>092195-5</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - jasnobrązowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – jasnobrązowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>133358</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - aluminium, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
     <t>Materac do domku Quadro - beżowy</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -397,51 +399,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9955859ca06d74d9304ec64c75cc7fc01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0daa432fd853eb7dc6a1165d366fcc9c2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b55e14fb38b987b4eb8550a970d7a33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b4983157d836a9472c21f314d61b914.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53cdded6ab42552dcabd8d51f3ed2e65.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a662b248ec8439999f002a9df6eda6676.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46b61c274e8ab577e98d83d1119e4567.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dad3ca544487fe05b0721fe25e0b7788.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/793fe2778751ea91d628e5b0d1c3dabf9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f0a56827b6d2919020d5bf11a8551c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4119378735859ae839d8be7bd22b9411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22cff433b22cd9359e6bbda58952d75112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153e45043b66f6238c21a8551f06cdd413.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d56495457d9c7ad506737620875b7d14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/076c0b14dd7dea303c0771fa7a6c039915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98b556922d07ca24ce2fadb58687cf7f16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5abb80f45088ec7f7f2bb35e1ce0e517.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e2b629955cd8d9881ee71bc62c7fdd18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa06872de47fb59ae504cca3c94464a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fff101cc5f802d207f35b5dbd5c051020.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8494c5f01cdfba87365baec43d92c77f21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c4c7e3059ceaab134ec602eef7b7d022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ca862638665ac0f1bd3d91432a521723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45628f7eaed2330f7830a5f3f0061e9724.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5754a72ff914beb37a789b5094a0a7125.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f215e034af62438b3e5d8ea6df460226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ff6400d489de9457c325f2c336a61d327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b5f81a525ae05b2280d3a86f4f611328.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/346f7ae22ce23709eddfb8be19842c8c29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d652d5026f8e16ea1bfde4394a765511.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b9602e0311a5098d1b514e3feae15b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7b81bd227eebbfcf80deb92bf312c73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca89d5a60ccc4600d79df31de4a59deb4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a898cf142857119d7515b60fae755f485.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70bb8b3e5fb366a0f29166ff1832f926.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59863447f1b8a97acba96bedabad5c257.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3cac84f01e4523c738e17dee96093518.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c05fb154387b522dbed1a26fcd92bc9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e604479b515b8f6b7050c43824b286510.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b575d9995d43552b8397609ccb73fd411.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4cd6ccbc714f6739bdcd2872d2d8a12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc51cc0852923a43b970e278f60812e813.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533d579c4b8438a71430e5dfc817212014.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2660d0ae9eeaa877c212a6cdaee711f715.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a30028b0e5073f030ea999af890117e16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bdc4338162901298c5e0440914a940917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e87c0310bff26ec3fe727673955855518.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e087d8d2671f51b71cafcf5199b4feb319.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb397c41e953347f9957e65ae288df320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0206d73852a3aa91b2c54d94bca7ea21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2c1063f1fc82cbf9b868b4a46c520b22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2478e6a07f034685d48e2ab00be4c71723.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7495613aad80921b2f411f30d60f3224.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a7819942de4a224b84efda0ef82fd025.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dedcf8e234e0c40b4558aa25a5a0e3d226.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b97248fea908d67401e04120911c94027.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d09af4a532304e3bbb23edc815e055528.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d144d3c2689e49b8c9d6f3cae688a6729.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-011" descr="Sala przedszkolna Quadro w kolorystyce pomarańczowej "/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>