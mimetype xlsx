--- v0 (2025-10-06)
+++ v1 (2026-01-10)
@@ -20,369 +20,376 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>INS-PRZ-QU-001 Sala przedszkolna Quadro w kolorystyce beżowo-musztardowej</t>
   </si>
   <si>
-    <t>z dnia 2025-10-06 15:58:16</t>
+    <t>z dnia 2026-01-10 22:58:03</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>109061</t>
   </si>
   <si>
     <t>Materac-siedzisko beżowe</t>
   </si>
   <si>
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (092195), można go wykorzystać także jako osobne siedzisko. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości. • wym. 126 x 55,5 x 14 cm • wys. boków 94 i 75 cm</t>
   </si>
   <si>
     <t>109062</t>
   </si>
   <si>
-    <t>Materac do domku Quadro - beżowy</t>
-[...2 lines deleted...]
-    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną meditap, łatwą do utrzymania w czystości. • wym. 113 x 55,5 x 14 cm</t>
+    <t>Materac do domku Quadro – beżowy</t>
+  </si>
+  <si>
+    <t>Wygodny materac uzupełniający szafkę-domek Quadro (099342-099353, 099342W-099353W), dostępny w 3 kolorach. Wykonany z pianki, pokryty trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• wym. 113 x 55,50 x 14 cm</t>
   </si>
   <si>
     <t>133596</t>
   </si>
   <si>
     <t>Krzesło Bambino rozm. 1 musztardowe</t>
   </si>
   <si>
     <t xml:space="preserve">Krzesła z siedziskiem i oparciem wykonanym z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z rury okrągłej o śr. 18 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a delikatnie zaokrąglone oparcie zapewnia wygodę i wpływa korzystnie na estetykę Krzesła. Tylne nóżki wyposażone w stopki z tworzywa są delikatnie odchylone do tyłu, co zwiększa stabilność i zapobiega bujaniu się przez dzieci. Nóżki, siedziska i oparcia są zabezpieczone podczas dostawy miękkimi elementami przed otarciami i innymi uszkodzeniami mechanicznymi. Zatyczki z tworzywa chronią podłogę przed zarysowaniem. Kolory zatyczek na oparciu są wskazaniem rozmiaru zgodnie z normą i wymaganiami  Sanepid-u. Krzesła można stawiać jedno na drugim. Są dostarczane w kartonach zabezpieczających przed uszkodzeniami podczas transportu. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10. • dostępne w rozmiarach 0-6 • stelaż w  9  kolorach w  rozmiarach 0-2,  w  6  kolorach w rozmiarach 3-5  i w 7 kolorach w rozmiarze 6  </t>
   </si>
   <si>
     <t>133605</t>
   </si>
   <si>
     <t>Nogi z reg. do blatów Quadro - musztardowe, 4 szt. rozm. 0-3 (40-58 cm)</t>
   </si>
   <si>
     <t>Metalowe nogi o śr. 40 mm do blatów Quadro kwadratowych, prostokątnych i okrągłych. Możliwość regulacji wysokości do wymiarów: 40, 46, 52 i 58 cm.• śr. 4.00 cm</t>
   </si>
   <si>
     <t>094192</t>
   </si>
   <si>
     <t>Blat Quadro biały okrągły, musztardowe obrzeże</t>
   </si>
   <si>
-    <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120 cm</t>
+    <t>Blaty stołów wykonane z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego lub białej. Narożniki łagodnie zaokrąglone i wykończone kolorowym obrzeżem ABS o gr. 2 mm. Stoły dostępne z blatami w 4 kształtach: kwadratowym, prostokątnym, okrągłym i sześciokątnym i 10 kolorach: białym, szarym, limonkowym, żółtym, jasnoróżowym, beżowym, łososiowym, oliwkowym, musztardowym i klonie jasnym. Nogi w 8 kolorach (133357-133360, 133600-133611, sprzedawane osobno). • śr. 120.00 cm</t>
   </si>
   <si>
     <t>101874</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. szare</t>
   </si>
   <si>
-    <t>Poduszki wykonane z trwałej tkaniny meditap, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
+    <t>Poduszki wykonane z trwałej tkaniny, łatwej do utrzymania w czystości, wypełnione gąbką. • śr. 35 cm • gr. 3 cm • 5 szt.• Pasujący stojak do przechowywania 10 poduszek (100174) można zamówić osobno</t>
   </si>
   <si>
     <t>092210</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - beżowe</t>
-[...2 lines deleted...]
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,9 x 36,9 cm</t>
+    <t>Quadro – drzwiczki małe 90 st. – beżowe</t>
+  </si>
+  <si>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt. • wym. 36,90 x 36,90 cm</t>
   </si>
   <si>
     <t>372070</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - beżowy</t>
+    <t>Pojemnik płytki 1 – beżowy</t>
   </si>
   <si>
     <t>Pojemnik z wytrzymałego tworzywa sztucznego, pasujący do szafek z kolekcji: Flexi, Quadro i Grande. Dostarczany z prowadnicami. • wym. 31,2 x 42,7 x 7,5 cm • wym. wewn. 27 x 35,5 cm • 1 szt.</t>
   </si>
   <si>
     <t>101771</t>
   </si>
   <si>
     <t>Pufa 3-osobowa Inflamea musztardowa</t>
   </si>
   <si>
-    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego.Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • wym. 120 x 40 x 40 cm</t>
+    <t>Wygodne siedziska o nowoczesnym kształcie, w wielu kolorach do wyboru. Czarne stopki wykonane z tworzywa sztucznego. Siedziska i oparcia pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • wym. 120 x 40 x 40 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>372052</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - jasnoszary</t>
+    <t>Pojemnik płytki 1 – jasnoszary</t>
   </si>
   <si>
     <t>146257</t>
   </si>
   <si>
     <t>EKO dekor - domek duży jasnobrązowy</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.</t>
   </si>
   <si>
     <t>056110</t>
   </si>
   <si>
-    <t>Dywan jednokolorowy - szary 2 x 3 m</t>
-[...2 lines deleted...]
-    <t>Dywan o jednolitym kolorze. Skład runa 100% PP heat-set frise przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • wym. 2 x 3 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 cm x 200 cm</t>
+    <t>Dywan jednokolorowy – szary 2 x 3 m</t>
+  </si>
+  <si>
+    <t>Dywan o jednolitym kolorze, wykonany z runa w 100% z włókna PP heat-set frise (przędza pojedyncza). Posiada Certyfikat Zgodności, czyli atest higieniczny. Pokryty środkiem uniepalniającym.. • wysokość runa: 7 mm • wym. 2 x 3 mNależy przyjąć tolerancję dla wymiarów +/- 2-3%.• wym. 300 x 200 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101914</t>
   </si>
   <si>
     <t>Poduszka jasnoróżowa</t>
   </si>
   <si>
-    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cm</t>
+    <t>Miękkie poduszki do kącików wypoczynkowych. Wykonane z tkaniny poliestrowej (Panama Stretch). • wym. 40 x 40 x 12 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101893</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna brązowa</t>
   </si>
   <si>
-    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną. Dzięki bardzo dużej odporności na plamy i zabrudzenia idealnie sprawdzi się w przedszkolach i szkołach. 100 % poliester. Gramatura: 476 g/mb. Klasa palności: B1. Ścieralność: 96 000 cykli. • dł. boku 30 cm • wys. 42 cm</t>
+    <t>Wygodne pufy w kształcie pięciokąta w pięciu kolorach. Czarne stopki sa wykonane z tworzywa sztucznego. Pufy pokryte są wysokiej jakości, bardzo wytrzymałą tkaniną o właściwościach trudnopalnych, odporną na plamy i zabrudzenia. • 100 % poliester • gramatura: 476 g/m² • klasa palności: B1 • ścieralność: 96 000 cykli • dł. boku 30 cm • wys. 42 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092187</t>
   </si>
   <si>
-    <t>Quadro - regał wielofunkcyjny, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077, 092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 - w zewnętrznych kolumnach, lub 092287 - w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,3 x 41,5 x 161,6 cm</t>
+    <t>Quadro – regał wielofunkcyjny, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał proponuje możliwość uporządkowania pomocy poprzez umieszczenie w górnej części mebla przedmiotów dostępnych tylko dla nauczyciela, wyeksponowanie pomocy na półkach w zasięgu ręki dziecka, a w skrzyniach schowanie zabawek. W dolnej części jest miejsce na 2 duże (092291-092292, 092294-092299, 092003, 092096-092099, 094084-094094, sprzedawane osobno). W górnej części regału można zamontować jedną parę drzwiczek z zamkiem (092071–092077,092079–092083, 098887-098897, 092071S-092077S, 092079S-092083S, 098887S-098897S, sprzedawane osobno). W regale można montować także małe (092200–092211,098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnie drzwiczki (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Regał można wyposażyć także w dodatkowe półki (092199 – w zewnętrznych kolumnach, lub 092287 – w wewnętrznych kolumnach, sprzedawane osobno). Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej, o gr. 18 mm.• wym. 154,30 x 41,50 x 161,60 cm</t>
   </si>
   <si>
     <t>092224</t>
   </si>
   <si>
     <t>Quadro - drzwiczki średnie 90 st.  - beżowe</t>
   </si>
   <si>
-    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,9 x 74,3 cm</t>
+    <t>Wykonane z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • przeznaczone do mocowania na ściankach zewnętrznych w szafkach z kolekcji Quadro • 1 szt.• wym. 36,90 x 74,30 cm</t>
   </si>
   <si>
     <t>372009</t>
   </si>
   <si>
-    <t>Pojemnik płytki 1 - żółty</t>
+    <t>Pojemnik płytki 1 – żółty</t>
   </si>
   <si>
     <t>372078</t>
   </si>
   <si>
     <t>Pojemnik płytki 1 ciemnobeżowy</t>
   </si>
   <si>
     <t>101924</t>
   </si>
   <si>
     <t>Poduszka jasnoszara</t>
   </si>
   <si>
     <t>126582</t>
   </si>
   <si>
     <t>Zestaw podestów 7</t>
   </si>
   <si>
-    <t>Wykonane z drewna, kompatybilne ze sobą podesty, które można łączyć w dowolne zestawy. Umożliwiają tworzenie torów, scen, podium, itp. W komplecie łączniki, które zapobiegają rozsuwaniu się podestów. Podesty są wyposażone w gumowe stopki zapobiegające rysowaniu podłogi.Skład zestawu:• 126591-5 Podest trap, wys. 20 cm - jasnobrązowy - 1 szt.• 126588-5 Podest kwadrat wypukły, wys. 20 cm - jasnobrązowy - 1 szt.• 126586-5 Podest kwadrat, wys. 20 cm - jasnobrązowy - 1 szt.• wym. 66 x 66 x 20 cm• 3 podesty• pokryte antypoślizgową wykładziną</t>
+    <t>Drewniane podesty, które można łączyć w dowolne zestawy – tory, sceny, podium. Wyposażone w łączniki i gumowe stopki chroniące podłogę.Skład zestawu:
+• 126591-5 Podest trap, wys. 20 cm - jasnobrązowy - 1 szt.
+• 126588-5 Podest kwadrat wypukły, wys. 20 cm - jasnobrązowy - 1 szt.
+• 126586-5 Podest kwadrat, wys. 20 cm - jasnobrązowy - 1 szt.
+• wym. 66 x 66 x 20 cm
+• 3 podesty
+• pokryte antypoślizgową wykładziną</t>
   </si>
   <si>
     <t>099352</t>
   </si>
   <si>
     <t>Quadro - szafka-domek z 2 półkami, skrzynia klon jasny,beżowa</t>
   </si>
   <si>
-    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.• wym. 154,3 x 60 x 185,5 cm</t>
+    <t>Szafki w kształcie domków wykonane z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm i ze sklejki lakierowanej o gr. 18 mm. Można uzupełniać je małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098854-098864, 092212S-092225S, 098854S-098864S, sprzedawane osobno). Tył szafki wykonany z płyty o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. Dostępne w 23 wersjach kolorystycznych.
+• wym. 154,30 x 60 x 185,50 cm</t>
   </si>
   <si>
     <t>092211</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st. - brązowe</t>
+    <t>Quadro – drzwiczki małe 90 st. – brązowe</t>
   </si>
   <si>
     <t>098969</t>
   </si>
   <si>
     <t>Wyspy sensoryczne, 5 szt.</t>
   </si>
   <si>
-    <t>Wyspy sensoryczne to zestaw służący do stymulacji zmysłów i rozwijania motoryki u dzieci, co za-pewniają różne powierzchnie wysp. Można je wykorzystywać w terapii sensorycznej czy jako element zabawy. Wyspy są wykonane są ze sklejki, u spodu posiadają podkładki antypoślizgowe. Każda z wysp posiada inną powierzchnię: półwałki drewniane, bezpieczne lustro, materiał meditap, plastikowe szczotki, wyfrezowane wzory w sklejce. • śr. 32 cm• od 2 lat</t>
+    <t>Wyspy sensoryczne to zestaw służący do stymulacji zmysłów i rozwijania motoryki u dzieci, co zapewniają różne powierzchnie wysp. Można je wykorzystywać w terapii sensorycznej czy jako element zabawy. Wyspy wykonane są ze sklejki, u spodu posiadają podkładki antypoślizgowe. Każda z wysp posiada inną powierzchnię: półwałki drewniane, bezpieczne lustro, trwałą tkaninę bez ftalanów, plastikowe szczotki, wyfrezowane wzory w sklejce. • śr. 32 cm• od 2 latSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>092604</t>
   </si>
   <si>
     <t>Stół Flexi prostokątny 120 x 80 cm - bukowy</t>
   </si>
   <si>
-    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 40-58 cm</t>
+    <t>Bardzo wytrzymałe stoły, wykonane ze sklejki o grubości 25 mm, z kolorowym lamiatem HPL. Rogi blatów są delikatnie zaokrąglone. Nogi okrągłe o śr. 55 mm, z regulacją wysokości: 40, 46, 52, 58 cm, wliczone w cenę. • 6 kształtów: kwadratowy, prostokątny, trapezowy, okrągły, półokrągły, trójkątny • 6 kolorów: bukowy, zielony, niebieski, żółty, biały, klon• wym. 120 x 80 x 58 cm</t>
   </si>
   <si>
     <t>092195-5</t>
   </si>
   <si>
-    <t>Quadro - szafka-domek - jasnobrązowa, skrzynia klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafka - kryjówka w kształcie domku z aplikacją - ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm, w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną meditap, łatwą do utrzymania w czystości.  • wym. 130 x 60 x 173,5 cm</t>
+    <t>Quadro – szafka-domek – jasnobrązowa, skrzynia klon jasny</t>
+  </si>
+  <si>
+    <t>Szafka – kryjówka w kształcie domku z aplikacją – ścianką z oknem. Dzieci mogą usiąść wygodnie w środku, zrelaksować się i wyciszyć. Do uzupełnienia szafki można wykorzystać siedziska (101486, 101487, 109061, sprzedawane osobno). Wykonany z płyty laminowanej o gr. 18 mm w tonacji klonu jasnego oraz sklejki lakierowanej o gr. 18 mm, piankowe materace pokryte trwałą tkaniną, łatwą do utrzymania w czystości. • wym. 130 x 60 x 173,50 cm</t>
   </si>
   <si>
     <t>109054</t>
   </si>
   <si>
     <t>Poduszki okrągłe 5 szt. jasnobrązowe</t>
   </si>
   <si>
-    <t>Okrągłe poduszki wykonane z pianki, obszyte meditapem. Idealnie sprawdzą się w kącikach relaksacyjnych czy świetlicach. • śr. 35 cm• gr. 3 cm</t>
+    <t>Okrągłe poduszki wykonane z pianki, obszyte trwałą tkaniną, niezawierającą ftalanów, łatwą do utrzymania w czystości.• śr. 35 cm• gr. 3 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>101892</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna musztardowa</t>
   </si>
   <si>
     <t>101909</t>
   </si>
   <si>
     <t>Poducha Myszka</t>
   </si>
   <si>
     <t>Miękkie poduchy z bawełnianym pokrowcem, spełniają funkcję dekoracyjną, rozwijają wyobraźnię dziecka oraz stanowią podparcie dla ciała.Wykonana z tkaniny Bardo (65% poliester, 35% bawełna). • wym. 70 x 80 cmUwaga: jako włókno naturalne, bawełna może się nieznacznie skurczyć podczas prania. Skład tkaniny: 35% bawełna, 65% poliester.</t>
   </si>
   <si>
     <t>101923</t>
   </si>
   <si>
     <t>Poduszka jasnobrązowa</t>
   </si>
   <si>
     <t>092098</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - beżowa</t>
-[...2 lines deleted...]
-    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,3 x 37,8 x 44,7 cm</t>
+    <t>Quadro – skrzynia duża – beżowa</t>
+  </si>
+  <si>
+    <t>Pojemne skrzynie wyposażone w kółka ułatwiające wysuwanie. Wykonane z białej płyty laminowanej o gr. 18 mm, front wykonany z płyty MDF o gr. 18 mm pokrytej trwałą okleiną termoplastyczną. • wym. frontu 74,3 x 36,9 cm • wym. wewn. 68,8 x 34,2 x 28 cm• wym. 74,30 x 37,80 x 44,70 cm</t>
   </si>
   <si>
     <t>101894</t>
   </si>
   <si>
     <t>Pufa Inflamea 1 pięciokątna jasnoszara</t>
   </si>
   <si>
     <t>092147</t>
   </si>
   <si>
-    <t>Quadro - regał M z przegrodą i półką, klon jasny</t>
-[...2 lines deleted...]
-    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) - od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,2 x 41,5 x 86,8 cm</t>
+    <t>Quadro – regał M z przegrodą i półką, klon jasny</t>
+  </si>
+  <si>
+    <t>Regał można uzupełnić małymi (092200-092211, 098832-098842, 092200S-092211S, 098832S-098842S, sprzedawane osobno) lub średnimi drzwiczkami (092212-092225, 098843-098853, 092212S-092225S, 098843S-098853S, sprzedawane osobno) i półkami (092199, sprzedawane osobno) oraz wąskimi szufladami (092262-092273, 098981-098991, sprzedawane osobno) – od 2024 r. można zamocować je na 4 poziomach. Wykonany z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 79,20 x 41,50 x 86,80 cm</t>
   </si>
   <si>
     <t>553022</t>
   </si>
   <si>
     <t>Pojemnik składany z pokrywką</t>
   </si>
   <si>
-    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 34,5 x 35 cm</t>
+    <t>Praktyczny, składany pojemnik do przechowywania drobiazgów i innych lekkich przedmiotów. Wykonany z tektury obszytej materiałem, wyposażony w pokrywkę i uchwyty po dwóch bokach. • wym. 35,5 x 34,5 x 35 cm• wym. 35,50 x 34,50 x 35 cm</t>
   </si>
   <si>
     <t>101913</t>
   </si>
   <si>
     <t>Poduszka musztardowa</t>
   </si>
   <si>
     <t>098832</t>
   </si>
   <si>
-    <t>Quadro - drzwiczki małe 90 st.- kość słoniowa</t>
+    <t>Quadro – drzwiczki małe 90 st. – kość słoniowa</t>
   </si>
   <si>
     <t>092165</t>
   </si>
   <si>
-    <t>Quadro - szafka M+ na plastikowe pojemniki - z 2 przegrodami, klon jasny</t>
-[...2 lines deleted...]
-    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,2 x 48 x 105,4 cm</t>
+    <t>Quadro – szafka M+ na plastikowe pojemniki – z 2 przegrodami, klon jasny</t>
+  </si>
+  <si>
+    <t>Szafkę należy uzupełnić plastikowymi pojemnikami (372005-372006, 372009-372026, 372034-372041, 372050-372073, 372076-372085, sprzedawane osobno). Wykonana z płyty laminowanej w tonacji klonu jasnego oraz białej o gr. 18 mm.• wym. 104,20 x 48 x 105,40 cm</t>
   </si>
   <si>
     <t>092099</t>
   </si>
   <si>
-    <t>Quadro - skrzynia duża - brązowa</t>
+    <t>Quadro – skrzynia duża – brązowa</t>
   </si>
   <si>
     <t>118201</t>
   </si>
   <si>
     <t>Krzesło Filipek rozm. 1 naturalne - naturalne</t>
   </si>
   <si>
     <t>Krzesła wykonane z lakierowanej sklejki bukowej o gr. 6 mm. Stelaż został wykonany z profilu drewnianego o przekroju 22 x 45 mm. Wyprofilowane siedzisko eliminuje ucisk pod kolanami w trakcie siedzenia, a wygodne oparcie zapewnia właściwą postawę ciała. Płyta siedziska została umieszczona pomiędzy elementami konstrukcyjnymi stelaża. Krzesło Filipek w rozmiarze 4 jest wyposażone w łączynę wzmacniającą, umieszczoną między przednimi nóżkami. Solidna, drewniana konstrukcja zapewnia stabilność. Stopki z tworzywa lub filcu chronią podłogę przed zarysowaniem. Krzesła można stawiać jedno na drugim. Krzesełka Filipek w każdym rozmiarze występują aż w 6 wariantach kolorystycznych. I tak oparcie oraz siedzisko są dostępne w kolorze czerwonym, żółtym, zielonym, niebieskim, pomarańczowym, białym oraz naturalnym kolorze drewna bukowego. Stelaż każdego krzesełka wykonany jest z lakierowanego drewna bukowego. W ofercie posiadamy także krzesełka w wersji bielonej. Zgodne z normą PN EN 1729-1:2016-02 oraz PN EN 1729-2:2023-10.  Uwaga: Krzesełek nie należy dezynfekować ponieważ może to uszkodzić lakier.  • wym. siedziska: 32 x 25,5 cm (rozmiar 1), 33 x 29 cm (rozmiar 2), 36,5 x 32 cm (rozmiar 3), 38,5 x 35,3 cm (rozmiar 4)</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -469,51 +476,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8d67c04f1cad8180e0a02a354ed60ad1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d13384243e50396c8a7cf5f16fcf6552.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6988698b5fc057030fc87e6fbd0999a3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05f12588950c0030338dc8f813a514d4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10488567241244db2af96e3372f9a135.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc419c5d479bb44e0b752a8c4ce90316.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91c70c6c19520aa1dbf55c83628e651b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40aa689f20347a2e2d2cb2b7d8b5242c8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e55f6d0d2e66b66070773cc49a31ca19.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41079f2f3a29abc928acf427d62eb1c10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac7ac243ace194e81c19304d9e7bcb511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51fecf8b1cd141af9e29da323af4405412.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf4961b5dd2e361183c8299c764000a13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b917125d30aa68d7721a5e5ba3b4c514.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02bbc5f0bafcef3eba3f04d17ef8cf2c15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4402f01cbf6ae09617c87d0f05a84d8716.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792b27f3f87206c74de5cdc67e8daeb617.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17bad0178bcbf375aba7d01bd1d8471618.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da07efd73c429218d172cf6fe29af4a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e642be70b01901db39c8a29196ef5dee20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e5311f925c85098fb225fe4c5cd69f21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7447954a93b6d60a71c2adcb0211103022.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a73549d40d9879152811da505a5cd7b23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d0fbe4286b03fe76bc6319b941cda124.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd866a18363cc9d6a9b74cfae9ba410425.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e2f3e7647ab586a865b64e9d126aa326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d2764f51d7d26020338b734341b4c5a27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680bb3f9c5326a72aacc20f8326c4cf328.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12cdf2317bbaccd027feb1c93c44973429.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472d0f0f32e3c4e85cbe6e48f29080030.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ea54b5564f9b08a8107a4a4bfd878c431.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a24e660b7184378e7ca10d55aace8cc32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/955d6cfefe269ebafe738fe72adf74ba33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5e3bb21bd8fe315c6126648e8fadb0634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1325295e26524b6d4b223c278b0905f35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32402807b9c6f137cc56be4ad302e2c36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0290cd87aa7a1fb8793d57edb340086737.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a78ba20d4342a1a378722a25799e31a38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d3353b9d88ee01dddd1cfb561dcdf139.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06d866fceab9a6d0b1912d1aef9d41a01.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4269f9ea877a32b40ffef76da363d9f52.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35a6c27a1fece896ec0ff27a77b9b7a13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5087b6d779fac549c91434affcad72664.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c0e1e197ee0537061053d227ecc07f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d0d5cc5150a898d665c9e4e05065d56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deed6315382ebf7f171d44e3f62601947.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2ee1e382c433a5656d2e024910ef8778.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79787f7b0039b7e71a4e46ff848927b39.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8958d4f71e8e59d0955cdc6147ad0710.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e85336066e7c49acd0284a9347ef79b11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1e4e423022e89660080f4363a1c94712.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22adf92f614870bf66b7e15bc6a2ded313.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe56c4d99bcf96138eaed6a0280947e614.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b40d4bfca3af7622798e6291d5f6ef8f15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f4d287991ff8658995b3133461b63516.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c83acf2044cab55f1ce3d4b6463cc317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89aa4ab5218f59a859f445c6125590be18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663e77af31b6e99a8c0edd27479f28fc19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c6e6e193900e1777a42d92e481012d20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dde269567804ebe2e0a23957a7f2abf21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87eb0a55bec620aec9b9839c28153de422.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0925870e749167d3c3bda788b09ed9d23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f4c7900aff4dca7eaf5c8912fd0d5824.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63328281451cbd2ca5eefc072fd7ab5e25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/464b03bc91928484313f4dc65e48c33d26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c47fc274a2f335aa98e14d95867b7c27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521bfc238b4a10cd60aac50673cc8e0828.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a2b116b399a2ba527da9141ca2f47529.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbfbb22790846f375da2bc3a604433d530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a528aebad3efa87cdd23899da7a323f231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff0468ab1b83ce45ec44e9a2c1e767232.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12ab21153cd55afe0af61b4a183eba633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131ee3d5649c13c0c6eef2bbd80fb18734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f862f47c4673c0c27bbbcbbe49952d535.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb8e25c18141849bdb10e17aeb5d7fa736.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984668a340d5e32af733435abfa5929b37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f8fc74bc415bd2f89a4b2e9ced630638.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aeece3e26b5e4ad7a4a24b56e02cec339.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4286250" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="INS-PRZ-QU-001" descr="Sala przedszkolna Quadro w kolorystyce beżowo-musztardowej"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>