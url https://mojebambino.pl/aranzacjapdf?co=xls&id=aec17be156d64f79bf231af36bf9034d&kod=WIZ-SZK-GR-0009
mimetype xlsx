--- v0 (2025-10-18)
+++ v1 (2026-01-08)
@@ -19,490 +19,382 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>WIZ-SZK-GR-0009 Klasa szkolna I-III Grande 1</t>
   </si>
   <si>
-    <t>z dnia 2025-10-18 13:45:24</t>
+    <t>z dnia 2026-01-08 01:52:30</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>096872K</t>
   </si>
   <si>
-    <t>Drzwi Grande niskie 90 st. z zamkiem 2 szt. - szare</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do nadstawek S (096888, 096888W, 096889, 096889W). • 2 szt. • wym. 40,5 x 34,9 cm</t>
+    <t>Drzwi Grande niskie 90 st. z zamkiem 2 szt. – szare</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do nadstawek S (096888, 096888W, 096889, 096889W). • 2 szt. • wym. 40,50 x 34,90 cm</t>
   </si>
   <si>
     <t>098271</t>
   </si>
   <si>
-    <t xml:space="preserve">Szafka-organizer Grande - klon jasny </t>
-[...2 lines deleted...]
-    <t>Szafka z licznymi półeczkami, która pozwala na uporządkowane przechowywanie gier, pomocy i wszelkich materiałów plastycznych. Szafki wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. • wym. przegródek po lewej stronie 25 x 36 x 5 cm • wym. półek po prawej stronie 25 x 36 x 21 cm• wym. 82 x 38 x 82,2 cm</t>
+    <t xml:space="preserve">Szafka-organizer Grande – klon jasny </t>
+  </si>
+  <si>
+    <t>Szafka z licznymi półeczkami, która pozwala na uporządkowane przechowywanie gier, pomocy i wszelkich materiałów plastycznych. Szafki z płyty laminowanej 18 mm w kolorze jasnego klonu lub białym. • wym. przegródek po lewej stronie 25 x 36 x 5 cm • wym. półek po prawej stronie 25 x 36 x 21 cm• wym. 82 x 38 x 82,20 cm</t>
   </si>
   <si>
     <t>096902</t>
   </si>
   <si>
-    <t>Regał Grande M z 8 szufladami - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w wytrzymałe, trwałe szuflady kasetowe w tym samym odcieniu. Szuflady są wyposażone w metalowe prowadnice, z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnegu wysuwu. Na regale można zamontować nadstawki z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• wym. 82 x 39.8 x 82,2 cm</t>
+    <t>Regał Grande M z 8 szufladami – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Wyposażone w wytrzymałe, trwałe szuflady kasetowe w tym samym odcieniu. Szuflady są wyposażone w metalowe prowadnice z mechanizmem samodomykającym. Zapewniają cichy domyk i możliwość pełnegu wysuwu. Na regale można zamontować nadstawki z tej samej kolekcji (096888, 096888W, 096890, 096890W, 096892, 096892W).• wym. 82 x 39,80 x 82,20 cm</t>
   </si>
   <si>
     <t>SET6307</t>
   </si>
   <si>
     <t>Quadro - zestaw 152, skrzynia klon jasny</t>
   </si>
   <si>
-    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.# 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.# 372036	Pojemnik głęboki 2 – limonka, 3 szt.# 372055	Pojemnik głęboki 2 biały, 3 szt.# 372056	Pojemnik głęboki 2 błękitny, 3 szt.# 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,2 x 48 x 86,8 cm</t>
+    <t>Meble wykonane z płyty laminowanej w tonacji klonu jasnego, o gr. 18 mm.• 092164	Quadro - szafka M na plastikowe pojemniki - z 2 przegrodami, klon jasny, 1 szt.• 372036	Pojemnik głęboki 2 – limonka, 3 szt.• 372055	Pojemnik głęboki 2 biały, 3 szt.• 372056	Pojemnik głęboki 2 błękitny, 3 szt.• 372057	Pojemnik głęboki 2 jasnoszary, 3 szt.• wym. 104,20 x 48 x 86,80 cm</t>
   </si>
   <si>
     <t>146064</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna magnetyczna</t>
   </si>
   <si>
     <t>Tablica biała suchościeralna o powierzchni magnetycznej lakierowanej. Rama wykonana z profilu aluminiowego w kolorze srebrnym, wykończona popielatymi narożnikami. 10 lat gwarancji na powierzchnię lakierowaną. Wymaga częstego czyszczenia płynem do tablic suchościeralnych (146164, sprzedawany osobno). Płyn jest dostępny także w zestawie startowym do tablic suchościeralnych (146113). • wym. 170 x 100 cmUWAGA! Aby zapobiec powstawaniu wybrzuszeń, tablice należy przechowywać w poziomie.</t>
   </si>
   <si>
     <t>ZEST6137</t>
   </si>
   <si>
     <t>Stół T 1-os. klon 375 z krzesłem T, rozm. 3-4, aluminium</t>
   </si>
   <si>
     <t>Skład: • B9030-34-08-SP-1AMC05-PA-P Stół T 70 x 50 rozm. 3-4, 1os., stelaż aluminium, blat klon 375, obrzeże ABS, narożniki proste, 1 szt.• F011001-3-08-08 T krzesło z regulacją wysokości 3-4 - aluminium – buk, 1 szt.</t>
   </si>
   <si>
     <t>098776</t>
   </si>
   <si>
-    <t>Panel ścienny - drzewo z okrągłą koroną</t>
-[...2 lines deleted...]
-    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 216 x 245 cm• wym. 216 cm x 245 cm</t>
+    <t>Panel ścienny – drzewo z okrągłą koroną</t>
+  </si>
+  <si>
+    <t>Dekoracja naścienna, która idealnie sprawdzi się w żłobkach, przedszkolach, poczekalniach i gabinetach pediatrycznych. Korony drzew wykonane z poliestru. Wykonana ze sklejki o gr. 10 mm.• wym. 216 x 245 cm• wym. 216 x 245 cmSpecyfikacja urządzenia:</t>
   </si>
   <si>
     <t>096901</t>
   </si>
   <si>
-    <t>Regał Grande L głęboki - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • maks. obciążenie: 20 kg• wym. 82 x 48 x 117,4 cm</t>
+    <t>Regał Grande L głęboki – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • maks. obciążenie: 20 kg• wym. 82 x 48 x 117,40 cm</t>
   </si>
   <si>
     <t>029061-1</t>
   </si>
   <si>
     <t>Kosz na śmieci Flip - szary</t>
   </si>
   <si>
     <t>Kosze z otwieraną ręcznie uchylną pokrywą, z dwiema opcjami otwierania: w dół do małych odpadków i w górę do większych. • dostępne kolory: szary, zielony, niebieski, czerwony, żółty • wym. 29,4 x 37,6 x 65,3 cm • poj. 50 l</t>
   </si>
   <si>
     <t>031901</t>
   </si>
   <si>
     <t>Program multimedialny Matematyka. Dyskalkulia mTalent</t>
   </si>
   <si>
-    <t xml:space="preserve">Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. 
-[...36 lines deleted...]
-WAŻNE: Licencja produktu jest na 2 stanowiska - 2 stanowiska online oraz 2 stanowiska offline. </t>
+    <t>Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, mających doświadczenie zarówno w pracy z dziećmi, jak i technologii na usługach terapii, a także tworzeniu (rozpoznawalnych na rynku) produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Do czego służy? • Do wykorzystania na zajęciach korekcyjno-kompensacyjnych i dydaktyczno-wyrównawczych, a także innych mających na celu kształtowanie i nabywanie umiejętności matematycznych na poziomie pierwszego etapu edukacyjnego (klasy I-III) lub wyrównawczo w klasach starszych.Z czego się składa? • 600 ekranów interaktywnych, więcej niż 200 kart pracy, przewodnik metodyczny oraz zestaw materiałów dodatkowych w jednym pudełku.Dla kogo? • Dla terapeutów pedagogicznych i nauczycieli zajmujących się wspomaganiem dzieci w nabywaniu przez nie sprawności w zakresie liczenia i myślenia matematycznego.Program mTalent MATEMATYKA. Dyskalkulia w usystematyzowany i nieszablonowy sposób wspomaga dzieci w zrozumieniu trudnych dla nich zagadnień.Podany materiał cechują następujące rozwiązania metodyczne:• od konkretu do abstrakcji,• materiał bliski dzieciom (tzw. "Matematyka codzienności"),• zadania na logiczne myślenie,• ćwiczenie metodą tzw. małych kroczków – każde działanie jest rozdzielone na mniejsze etapy,• produkt zawiera matematyczne gry zespołowe, w których mogą brać udział pary lub grupy dzieci uczęszczające na zajęcia,• duża część materiału poświęcona umiejętności szacowania, a także odczytywaniu wykresów,• zadania na myślenie przestrzenne i perspektywiczne,• elementy kodowania, a także przykłady matematyki twórczej,• inne ćwiczenia terapeutyczne, np. ćwiczenia kształtujące percepcję wzrokową na materiale typowo matematycznym.mTalent. Matematyka. Dyskalkulia składa się z następujących działów:1. Od jedności do wielkości2. Dodawanie i odejmowanie, to całkiem proste zadanie3. Mnożymy, dzielimy, liczbami się bawimy4. Jak się nie zgubimy, cały świat zmierzymy5. Trochę łamigłówek dla mądrych główekDodatkowo w skład zestawu mTalent Matematyka. Dyskalkulia wchodzą:• tradycyjne elementy wyposażenia: kolorowe klocki, banknoty i monety polskie, zegar;• drukowane elementy wyposażenia: instrukcja użytkowania, dokument licencyjny, gwarancja, książka ze szkoleniem z zakresu tworzenia autorskich materiałów interaktywnych, a także poradnik metodyczny ze scenariuszami zajęć. WAŻNE: Licencja produktu jest na 4 stanowiska – 2 stanowiska online oraz 2 stanowiska offline. Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>605103</t>
   </si>
   <si>
-    <t>Tempery - zestaw wiosenny</t>
-[...2 lines deleted...]
-    <t>Farby doskonałe do pracy w przedszkolu i szkole, łatwo rozprowadzają się i dobrze kryją. Bogata paleta kolorów i odpowiednio gęsta konsystencja zapewniają swobodne malowanie. Farby są na bazie wody. Dostępne w zestawach lub pojedynczo. • jasny różowy • zielony • żółty • jasny zielonyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605015, 1000 ml, jasnoróżowa• 605010, 1000 ml, zielona• 605001, 1000 ml, żółta• 605009, 1000 ml, jasnozielonaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
+    <t>Tempery – zestaw wiosenny</t>
+  </si>
+  <si>
+    <t>Farby idealne do pracy w przedszkolu i szkole, łatwo się rozprowadzają i dobrze kryją. Bogata paleta kolorów i gęsta konsystencja ułatwiają malowanie. Na bazie wody, dostępne w zestawach lub pojedynczo.• jasny różowy • zielony • żółty • jasny zielonyPrzed przystąpieniem do malowania radzimy ubrać dziecko w fartuszek. W przypadku zabrudzeń zalecamy usuwać plamy od razu, gdy tkanina jest jeszcze mokra: • Spłucz plamę zimną wodą do momentu jej zmycia z włókien tekstylnych.• Przed włożeniem do pralki w miejsce plamy lekko wetrzyj odplamiacz • Prać w maksymalnej temperaturze 40 ° C. W razie potrzeby czynność powtórzyć.• Nie prać w temperaturze powyżej 40 ° C, nie prasować i nie wkładać odzieży do suszarki.• 605015, 1000 ml, jasnoróżowa• 605010, 1000 ml, zielona• 605001, 1000 ml, żółta• 605009, 1000 ml, jasnozielonaOSTRZEŻENIE: Nie nadaje się dla dzieci w wieku poniżej 3 lat.Ryzyko zadławienia małymi elementami.</t>
   </si>
   <si>
     <t>031903</t>
   </si>
   <si>
-    <t>Program multimedialny Percepcja słuchowa mTalent</t>
-[...53 lines deleted...]
-• Linux (Chrome i Firefox)</t>
+    <t>mTalent Percepcja słuchowa – program multimedialny</t>
+  </si>
+  <si>
+    <t>Programy mTalent otrzymały wyróżnienie w prestiżowym konkursie Bett Awards 2021 i 2024, dotyczącym rozwiązań edukacyjnych na świecie. Seria produktów mTalent to gotowe narzędzia diagnostyczno-terapeutyczne, zawierające tysiące ćwiczeń multimedialnych dla nauczycieli, terapeutów, pedagogów i logopedów do wykorzystania podczas zajęć dydaktyczno-wyrównawczych, rewalidacyjnych, logopedycznych, korekcyjno-kompensacyjnych z dziećmi w wieku 4-11 lat w normie intelektualnej lub niezależnie od wieku w przypadku dzieci z niepełnosprawnością intelektualną. Każdy program serii mTalent:• zawiera drukowany podręcznik metodyczny, scenariusze zajęć, zestaw tradycyjnych pomocy dydaktycznych, drukowalnych kart pracy, oraz KURS TWORZENIA MULTIMEDIALNYCH ZASOBÓW EDUKACYJNYCH przeznaczonych na tablice i monitory interaktywne, komputery oraz tablety. Materiały kursu dostępne są w formie bogato ilustrowanego podręcznika, pełnego przykładów tworzenia gier i ćwiczeń interaktywnych do wykorzystania w edukacji i terapii. Kurs został opracowany przez wieloletniego wykładowcę akademickiego, przygotowującego przyszłych nauczycieli i terapeutów do pracy. Uczestnicy mają możliwość zakończenia kursu uzyskaniem certyfikatu imiennego.• umożliwia pracę z programem zarówno online w dowolnym miejscu i czasie (np. w domu) na każdym dostępnym urządzeniu (komputer, tablet, smartfon, tablica interaktywna, na systemach Windows, Android oraz iOS), jak i offline (bez dostępu do internetu) na komputerze, tablecie (np. w szkole, gabinecie),• służy do wykorzystania podczas zajęć indywidualnych (np. w gabinecie, w poradni), jak i grupowych (w szkole, przedszkolu) np. przy tablicy lub monitorze interaktywnym,• wykonany w technologii HTML5, a nie flash,• jest opracowany przez najlepszych specjalistów w swojej dziedzinie, mających doświadczenie zarówno w pracy z dziećmi, jak i technologii na usługach terapii, a także tworzeniu (rozpoznawalnych na rynku) produktów wspierających diagnozę i proces terapeutyczny,• zapewnia zgodność z zasadami dostępności – łatwiejsza obsługa oprogramowania przez osoby z niepełnosprawnościami – właściciel marki mTalent (Learnetic SA) jest również pierwszym w Polsce (z ramienia firm prywatnych) sygnatariuszem ogólnopolskiego projektu dotyczącego dostępności,• umożliwia m.in. monitoring postępów podopiecznych, oraz zbieranie informacji szczegółowych np. na temat tego, z jakimi elementami mieli problemy.Pracuj z mTalent również na odległość! Niezależnie od okoliczności możesz kontynuować pracę z programami mTalent. W tym celu wykorzystaj multimedialne zasoby programów oraz funkcjonalności platformy mTalent.pl do prowadzenia terapii na odległość. Czy wiesz, że mTalent to jedyne na polskim rynku programy wspierające terapię, które pozwalają na pracę zdalną bez korzystania z zewnętrznego oprogramowania? Takie podejście gwarantuje całkowite bezpieczeństwo danych osobowych pacjentów i terapeutów oraz przebiegu zdalnej terapii.Wsparcie merytoryczne i szkoleniowe.Programy z serii mTalent są zgodne z opublikowanymi przez MEN podstawowymi kierunkami realizacji polityki oświatowej. Promowanie higieny cyfrowej i bezpiecznego poruszania się w sieci. Rozwijanie umiejętności krytycznej analizy informacji dostępnych w Internecie. Poprawne metodycznie wykorzystywanie przez nauczycieli nowoczesnych technologii. Zestaw interaktywnych ćwiczeń wspomagających usprawnianie i rozwój percepcji słuchowej, a także wspierający koncentrację uwagi opartej na analizatorze słuchowym.● Przygotowuje do podjęcia nauki w szkole podstawowej poprzez kształtowanie umiejętności powtarzania i układania rymów, wyodrębniania wyrazów i głosek oraz analizy i syntezy sylabowej.● Ponad 700 ekranów interaktywnych, ponad 200 kart pracy, przewodnik metodyczny oraz zestaw materiałów dodatkowych w jednym pudełku.● Dla terapeutów pedagogicznych, logopedów i nauczycieli zajmujących się wspomaganiem sprawności w zakresie percepcji słuchowej.mTalent Percepcja słuchowa to odpowiedź na jedno z najczęstszych zaleceń w pracy psychologiczno-pedagogicznej — kształtowanie i ćwiczenie percepcji słuchowej u dziecka.Program Percepcja słuchowa to:● jedyny tego typu interaktywny produkt na rynku,● materiał pozytywnie zaopiniowany i zrecenzowany,● większość zadań oparta o materiał nieliterowy,● propozycja uzupełniona o zestaw dodatkowych pomocy i publikacji autorskich (np. pomoce tradycyjne, karty pracy do wydruku, przewodnik metodyczny),● ćwiczenia pozwalające nagrywać, a następnie odsłuchiwać głos dziecka,● produkt zgodny z wytycznymi dostępności dla osób z niepełnosprawnościami,mTalent Percepcja słuchowa dostępny jest także w wersji ukraińskojęzycznej. W ramach osobnego spisu treści cały program dostosowany został do dzieci z Ukrainy (tekst i głos lektora w języku ukraińskim).W programie wydzielono następujące działy:1. 	Rozpoznawanie i różnicowanie dźwięków2. 	Sekwencje i rytmy3. 	Słuch fonemowy4. 	Synteza słuchowa5. 	Analiza słuchowa6. 	Pamięć słuchowa i polecenia złożone7. 	Rymy i zagadki8. 	Zabawy słuchowe (zawierające ćwiczenia niesklasyfikowane w innych działach, np. koordynacja słuchowo-ruchowa)Dodatkowe informacje:● Licencja bezterminowa na 4 stanowiska (2 online i 2 offline).● Bezpłatne szkolenie zakończone wystawieniem certyfikatu.● Dostęp do centrum wsparcia technicznego i szkoleniowego mTalent.● Bezpłatne aktualizacje programu.Wypróbuj wersję demo programu na www.mTalent.pl/demo WYMAGANIA TECHNICZNE: Program przeznaczony jest do pracy przy użyciu komputera, tabletu, smartfona oraz tablicy lub monitora interaktywnego (na systemach Windows, Android oraz iOS).Przeglądarki:• Google Chrome – od wersji 70 i wyższe• Mozilla Firefox – od wersji 50 i wyższe• Apple Safari – od wersji 10.1 i wyższe• Microsoft Edge – od wersji 80 i wyższeSystemy operacyjne:• Microsoft Windows – wersje 8, 8.1, 10, 11 i wyższe (Chrome, Firefox, Edge)• Apple Mac OSx – od wersji 10.12 i wyższe (Safari)• Apple iOS – od wersji 10 (Safari)• Google Android – od wersji 9 (Chrome i Edge)• Linux (Chrome i Firefox)Specyfikacja urządzenia:</t>
   </si>
   <si>
     <t>585038-0VAT</t>
   </si>
   <si>
     <t>Monitor interaktywny insGraf DIGITAL EduSpace 75</t>
   </si>
   <si>
     <t xml:space="preserve">
 Monitor ze stawką VAT 0% dla placówek oświatowych.
 Przy zakupie wymagane jest przesłanie wypełnionego i podpisanego przez organ nadzorujący Zaświadczenia.
  Wzór Zaświadczenia &gt;&gt;
  Przykład wypełnionego Zaświadczenia &gt;&gt;
-insGraf Digital EDUSpace – era innowacyjnej edukacji cyfrowej
-insGraf Digital EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
+insGraf DIGITAL EDUSpace – era innowacyjnej edukacji cyfrowej
+insGraf DIGITAL EDUSpace to najnowocześniejszy monitor interaktywny zaprojektowany specjalnie z myślą o placówkach edukacyjnych i cyfrowej transformacji szkoły. Łączy w sobie zaawansowane technologie, łatwość obsługi i funkcjonalności, które wspierają zarówno nauczycieli, jak i uczniów. Wyposażony w system operacyjny Android 14 z certyfikatem Google EDLA (Enterprise Device Licensing Agreement), zapewnia pełną integrację z ekosystemem Google, oferując dostęp do Google for Education oraz sklepu Google Play. To innowacyjne rozwiązanie gwarantuje szkołom nieograniczone możliwości edukacyjne oraz najwyższy poziom bezpieczeństwa.
 Co daje certyfikat Google EDLA? Certyfikat EDLA to potwierdzenie zgodności urządzenia z rygorystycznymi standardami Google, dzięki czemu monitor jest w pełni bezpieczny, wydajny i kompatybilny. EDLA umożliwia regularne aktualizacje systemu, zapewniając jego stabilność i nowoczesność. Dzięki integracji z Google Play nauczyciele mogą korzystać z tysięcy aplikacji edukacyjnych, takich jak narzędzia do nauki matematyki, języków obcych czy programowania, które wzbogacają lekcje o interaktywne treści. Ponadto pełna integracja z Google Workspace for Education (Classroom, Meet, Drive, Docs) usprawnia współpracę i organizację pracy zarówno w klasie, jak i w trybie zdalnym.
 Najważniejsze nowości i zalety:
 1. System Android 14 z certyfikatem Google EDLA:
 	Pełna integracja z Google Workspace for Education.
 	Nieograniczony dostęp do sklepu Google Play.
 	Regularne aktualizacje i zgodność z najnowszymi technologiami.
 2. Generatywna sztuczna inteligencja Google Gemini:
 	Pomoc w tworzeniu materiałów dydaktycznych.
 	Zaawansowany asystent wspierający nauczyciela i ucznia w procesie edukacji
 	Źródło inspiracji, zwiększenie produktywności, zaangażowanie ucznia w proces uczenia.
 3. Ułatwienia dostępu – nauka bez barier:
-Monitor Insgraf Digital EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
+Monitor Insgraf DIGITAL EDUSpace został wyposażony w skróty ułatwień dostępu, które zostały stworzone z myślą o uczniach ze specjalnymi potrzebami edukacyjnymi (SPE), wszystko dostępne wprost na ekranie w pasku ułatwień dostępu:
 	Powiększanie tekstu – umożliwia lepsze zrozumienie treści osobom z problemami ze wzrokiem.
 	Odwrócenie kolorów – ułatwia korzystanie z urządzenia uczniom z dysfunkcją wzroku lub trudnościami w odróżnianiu kolorów.
 	Duży wskaźnik – poprawia widoczność kursora, wspierając uczniów z trudnościami w koordynacji ruchowej.
 	Czytanie zawartości ekranu – funkcja lektora pomaga osobom niewidomym lub z dysleksją w przyswajaniu treści
 Te rozwiązania sprawiają, że monitor jest w pełni dostosowany do potrzeb uczniów z specjalnymi potrzebami edukacyjnymi (SPE) wspierając integrację i równe szanse w edukacji.
 4. Moduł NFC – szybkie i bezpieczne logowanie. Dzięki tej technologii nauczyciele mogą błyskawicznie uzyskać dostęp do swoich kont, eliminując konieczność wpisywania haseł. To rozwiązanie zwiększa wygodę oraz chroni przed nieautoryzowanym dostępem.
 5. Zewnętrzna kamera AI:
 	Tryb panoramiczny
 	Lokalizowanie uczestników i automatyczne kadrowanie
 	Lokalizacja dźwięku
 Kamera do zakupienia osobno (585040).
 6. Teraz 50 punktów dotyku, umożliwiających jednoczesną pracę wielu osób
 7. Bezprzewodowa komunikacja z EShare Pro:
 	Wbudowane oprogramowanie EShare PRO w cenie monitora.
 	Bezprzewodowe przesyłanie treści z urządzeń uczniów i nauczycieli.
 	Wsparcie dla współpracy między różnymi platformami.
 8. Niezależne dzielenie ekranu:
-Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf Digital EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
+Choć funkcja podziału ekranu pojawiała się już w niektórych monitorach, insGraf DIGITAL EDUSpace wyróżnia się płynnością działania i pełną swobodą w wyborze aplikacji, co czyni go wyjątkowo przydatnym w edukacji.
 	Podział ekranu na dwie części
 	Jednoczesne uruchamianie dowolnych aplikacji
 	Regulowana szerokość podzielonych części
 Nowe funkcje Whiteboard – jeszcze więcej możliwości w nauczaniu
 Zaawansowana aplikacja Whiteboard wprowadza innowacyjne funkcje, które sprawdzą się zarówno podczas lekcji matematyki, muzyki, jak i innych przedmiotów:
 	Rozpoznawanie pisma ręcznego – automatyczne konwertowanie ręcznie napisanych notatek na tekst cyfrowy.
 	Diagramy i mapy myśli – narzędzia wspierające wizualne przedstawianie informacji i organizację pracy - tworzenie diagramów i map myśli .
-Dlaczego warto wybrać insGraf Digital EDUSpace?
-[...2 lines deleted...]
-Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf Digital EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
+Dlaczego warto wybrać insGraf DIGITAL EDUSpace?
+Monitor insGraf DIGITAL EDUSpace to idealne rozwiązanie dla nowoczesnych szkół, które chcą wprowadzić edukację na wyższy poziom. Dzięki zaawansowanym funkcjom, integracji z Google Workspace i wsparciu generatywnej sztucznej inteligencji, monitor zapewnia nauczycielom więcej możliwości, oszczędzając czas i angażując uczniów w aktywne uczestnictwo w lekcjach.
+Postaw na insGraf DIGITAL EDUSpace i odkryj nowy wymiar edukacji!
+Google EDLA (Enterprise Device Licensing Agreement) to certyfikat, który gwarantuje, że urządzenie spełnia najwyższe standardy Google w zakresie bezpieczeństwa, wydajności i kompatybilności. Certyfikowane monitory, takie jak insGraf DIGITAL EDUSpace, zapewniają pełen dostęp do Google Workspace for Education, umożliwiając korzystanie z takich narzędzi jak Google Classroom, Google Meet, Docs, Sheets czy Slides. Dzięki temu nauczyciele mogą z łatwością planować lekcje, prowadzić wideokonferencje, zarządzać zadaniami domowymi i monitorować postępy uczniów w jednym, spójnym ekosystemie. Certyfikat EDLA oznacza również regularne aktualizacje oprogramowania, zapewniające ciągłe wsparcie dla nowych funkcji i ochronę przed zagrożeniami cybernetycznymi. Google Workspace for Education to nie tylko narzędzia organizacyjne, ale również platforma wspierająca kreatywność i współpracę, co pozwala uczniom rozwijać umiejętności XXI wieku, takie jak komunikacja, krytyczne myślenie i współpraca w grupie.
 SPECYFIKACJA TECHNICZNA:
-Przekątna obrazu: 75"
+Przekątna obrazu: 75\"
 Wymiary: 170,5 x 102,6 x 11 cm
 Waga: 51 kg
 Matryca: VA
 Podświetlenie: DLED
 Żywotność matrycy: 50 000h
 Technologia matrycy: Zero bonding
 Twardość szkła: 9h
 Grubość szkła: 3,2mm
 Rozdzielczość: 3840x2160 pixel (4k)
 Współczynnik proporcji: 16:9
 Jasność świecenia: 450 cd/m²
 Kontrast: 5500:1
 HDR: HDR 10
 Kolory wyświetlacza: 8 bitów + FRC
 Czujnik światła otoczenia: Tak
 Czas rekcji wyświetlacza: 6,5 ms
 Kąt widzenia H/V: 178°/178°
 Czujnik dotyku: podczerwień
 Punkty dotyku: 50 punktów
 Narzędzia do pisania: pisak, palec, dłoń
 Pisanie 2 kolory: Tak - dwa pisaki
 Dokładność pisania: &lt; 1 mm (ponad 90% pow.)
 Wysokość odczytu pisak: 1,5 mm
 Czas reakcji pisania: 3,3 ms
 Pamięć ram: 8GB
 Procesor: CORTEX A72x4 A53x4
 Chipset: RK3576
 Pojemność dysku: 256GB
 System operacyjny: ANDROID 14 + Certyfikat Google EDLA
 Slot OPS: Tak (12 x 18 x 3 cm)
 WIFI: Tak / 6
 Bluetooth: Tak/ BT 5.2
 ZŁĄCZA PORTY
-Przedni panel:
-[...20 lines deleted...]
-	Wyjście sieciowe LAN RJ45/8P8C x 1
+Przedni panel: • HDMI 2.0 x 1 • USB (dotykowe) x 1 • USB 3.0 x 2 • Wejście mikrofonu x 1 • USB Typ C x 1 - do 5V/3A 65W
+Panel tylny: • USB3.0 (dotykowy) x 1 • USB Typ C x 1 • Wejście HDMI 1/2 x 2 • Wyjście HDMI x 1 • DP x 1 • USB 3.0 x2 • USB 2.0 (Android) x 1 • RS-232 x 1 • słuchawki x 1 • wyjście SPDIF x 1 • audio-VGA x 1 • VGA x 1 • gniazdo OPS x 1 (4K przy 60 Hz) • Wejście sieciowe LAN RJ45/8P8C x 1 • Wyjście sieciowe LAN RJ45/8P8C x 1
 Obsługa HDCP (Cyfrowa ochrona treści przed kopiowanie)
 Głośniki: przód 2 x 20 W
 Mikrofon: Tak (8 macierzy, 10m, nagrywanie, redukcja pogłosu)
 Podział ekranu: Tak/dowolne 2 aplikacje - nowość
 Udostępnianie ekranu: Tak
 Obsługiwane pliki: Full
 Wbudowany pakiet OFFICE: Tak
 Obsługiwane pliki video: Full
 FUNKCJE TABLICY
 Pisanie - rysik, palec dłoń: Tak
 Wysokość pisania: 1,5 mm
 Czas reakcji (pisanie): ≤ 3,3 ms
-Funkcja Painting
 Funkcje rozpoznawania i zamiana pisania i figur geometrycznych: Tak
 Autokształty: Tak
 Funkcja notatki: Tak
 Gadżety: stoper, minutnik spotlight
 Przybory geometryczne: TAK - linijka, ekierka, kątomierz
 Podział tablicy: Tak
 Zapis aktywnej tablicy: Tak
 YOUTUBE w Tablicy: Tak
 Własne Wideo w Tablicy: Tak
 Wyszukiwanie obrazów: Tak
+Powierzchnia ekranu monitora jest matowa, antyodblaskowa.
 Zawartość:
 	pilot, 1 szt.
 	pisak, 2 szt.
 	przewód zasilający 3m, 1 szt.
 	przewód USB-C 65W dł - 2m, 1 szt.
 	przewód USB 2.0 A-B -3M, 1 szt.
 	przewód HDMI 2.0 dł - 3m, 1 szt.
 Zawartość:
-# pilot, 1 szt.
-[...4 lines deleted...]
-# przewód HDMI 2.0 dł - 3m, 1 szt.</t>
+• pilot, 1 szt.
+• pisak, 2 szt.
+• przewód zasilający 3 m, 1 szt.
+• przewód USB-C 65W dł – 2 m, 1 szt.
+• przewód USB 2.0 A-B – 3 m, 1 szt.
+• przewód HDMI 2.0 dł – 3 m, 1 szt.</t>
   </si>
   <si>
     <t>096875K</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - szare</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,5 x 70,1 cm</t>
+    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. – szare</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów M (096898, 096898W, 096899, 096899W), nadstawek M (096890, 096890W, 096891, 096891W) i szafki wiszącej M szerokiej (098268). • 2 szt. • wym. 40,50 x 70,10 cm</t>
   </si>
   <si>
     <t>056102</t>
   </si>
   <si>
     <t>Dywan okrągły o śr. 2 m - szaro-niebieski</t>
   </si>
   <si>
     <t>Skład runa 100% PP heat-set frise, przędza pojedyncza. Posiadają Certyfikat Zgodności tzn. Atest Higieniczny. Pokryty środkiem uniepalniającym. • wysokość runa: 7 mm • śr. 2 m  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>098488K</t>
   </si>
   <si>
-    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. - ciemnoturkusowe</t>
+    <t>Drzwi Grande średnie 90 st. z zamkiem 2 szt. – ciemnoturkusowe</t>
   </si>
   <si>
     <t>098490K</t>
   </si>
   <si>
-    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. - brudnoróżowe</t>
-[...2 lines deleted...]
-    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90 stopni i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,5 x 105,3 cm</t>
+    <t>Drzwi Grande wysokie 90 st. z zamkiem 2 szt. – brudnoróżowe</t>
+  </si>
+  <si>
+    <t>Drzwi wykonane z płyty laminowanej o gr. 18 mm. Zawiasy umożliwiające otwieranie szafki pod kątem 90° i zastosowano w nich mechanizm cichego domyku. Wyposażone w zamek. Pasują do regałów L (096900, 096900W, 096901, 096901W) i nadstawek L (096892, 096892W, 096893, 096893W). • 2 szt. • wym. 40,50 x 105,30 cm</t>
   </si>
   <si>
     <t>548100</t>
   </si>
   <si>
     <t>Krzesło obrotowe szaro-czarne</t>
   </si>
   <si>
     <t>Wyposażone w wysokie, ergonomicznie wyprofilowane oparcie, zapewniające optymalne wsparcie dla kręgosłupa. Regulowana wysokość. Krzesło na kółkach. Materiał: 100% włókno syntetyczne. • śr. 63 cm • wym. siedziska 50 x 48 cm • wys. siedziska 51-57 cm</t>
   </si>
   <si>
     <t>096899</t>
   </si>
   <si>
-    <t>Regał Grande M głęboki - klon jasny</t>
-[...2 lines deleted...]
-    <t>Regały wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Regał można uzupełnić  drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm), można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 82,2 cm</t>
+    <t>Regał Grande M głęboki – klon jasny</t>
+  </si>
+  <si>
+    <t>Regały wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Regał można uzupełnić drzwiczkami w odpowiednim rozmiarze oraz zwiększyć ilość miejsca do przechowywania poprzez zamontowanie nadstawek z tej samej kolekcji (096889, 096889W, 096891, 096891W, 096893, 096893W). Na głębokich regałach (48 cm) można ustawiać także nadstawki o głębokości 38 cm (096888, 096888W, 096890, 096890W, 096892, 096892W), ale w tym celu należy dokupić Płytę przejściową do nadstawek Grande (096940). • wym. 82 x 48 x 82,20 cm</t>
   </si>
   <si>
     <t>096889</t>
   </si>
   <si>
-    <t>Nadstawka Grande S głęboka - klon jasny</t>
-[...2 lines deleted...]
-    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 35,2 cm</t>
+    <t>Nadstawka Grande S głęboka – klon jasny</t>
+  </si>
+  <si>
+    <t>Nadstawki do głębokich regałów z kolekcji Grande, wykonane z płyty laminowanej o gr. 18 mm w kolorze jasnego klonu lub białym. Dostępne w 3 rozmiarach. Nadstawkę można uzupełnić drzwiczkami.• wym. 82 x 48 x 35,20 cm</t>
   </si>
   <si>
     <t>099749</t>
   </si>
   <si>
     <t xml:space="preserve">Biurko Grande narożne prawe z metalową nogą, klon jasny </t>
   </si>
   <si>
     <t>Duże biurka narożne uzupełniające kolekcję meblową Grande, wykonane z płyty laminowanej o gr. 18 mm, w kolorze jasnego klonu lub białym. Wyposażone w 4 szuflady (w górnej szufladzie zamek), z przelotką w blacie. • dł. boku 80 cm• wym. 180 x 160 x 76,6 cm</t>
   </si>
   <si>
     <t>031300</t>
   </si>
   <si>
-    <t>Cyfrowe zasoby - Scottie Go! Edu</t>
+    <t>Cyfrowe zasoby – Scottie Go! Edu</t>
   </si>
   <si>
     <t xml:space="preserve">
 Scottie Go! EDU to innowacyjna gra do nauki programowania dla dzieci od 6 roku życia.
 Umożliwia naukę programowania w szkole podstawowej. Rozwija intuicję algorytmiczną i wspiera rozwój kompetencji uczniów zgodnie z najnowszymi zdobyczami światowej metodyki przez co w pracy z grą Scottie Go! Edu uczniowie zdobywają umiejętności w zakresie:
 	analitycznego i logicznego myślenia,
 	rozumowania algorytmicznego,
 	precyzyjnego prezentowania myśli i pomysłów,
 	właściwego planowania i organizacji pracy,
 	rozwiązywania skomplikowanych problemów,
 	współpracy w grupie,
 	pracy zespołowej i efektywnej realizacji projektów.
 Bohaterem gry jest sympatyczny kosmita Scottie, którego pojazd w wyniku awarii spada na ziemię. Należy pomóc Scottiemu zdobyć części zamienne do pojazdu kosmicznego, programując jego ruchy przy pomocy specjalnych klocków. Przed uczniami jest wiele godzin nauki i zabawy oraz szereg wymagających pomysłowości wyzwań i zadań, które musi wykonać Scottie aby naprawić swój pojazd i wrócić do domu.
 Gra Scottie Go! EDU składa się z aplikacji oraz kartonowych klocków. Zawiera 91 zadań o rosnącym poziomie trudności. Specjalnie zaprojektowane klocki służą do nauki programowania i kształcenia kompetencji matematycznych. Uczniowie układają z nich programy, które kosmita Scottie będzie wykonywał w aplikacji. Każdy program rozpoczyna się od klocka START i kończy klockiem KONIEC. Między nimi uczeń wstawia klocki z poleceniami, z których część wymaga dodania parametru, np. ilości kroków, które bohater musi pokonać. Klocki umożliwiają również wchodzenie w interakcje z dodatkowymi postaciami i obiektami. Dzięki pracy z grą uczniowie mogą opanować podstawowe pojęcia programistyczne takie jak:
 	Instrukcja prosta i złożona,
 	parametr,
 	pętla,
 	instrukcja warunkowa,
 	zmienne,
 	funkcje.
 Aplikacja Scottie Go! EDU Może być zainstalowana na 3 urządzeniach przy użyciu kodu licencyjnego zawartego w pudełku, umożliwiając wykonanie wszystkich 91 zadań z gry. Aplikacja służy do wyznaczenia zadania do rozwiązania, zeskanowania ułożonych z klocków programów i sprawdzenia ich poprawności. Po zainstalowaniu aplikacji na urządzeniu, uczeń wybiera zadanie i układa na planszy program z klocków, który jest jego rozwiązaniem. Następnie skanuje go wykonując zdjęcie lub rejestrując wideo. Jeśli program został napisany poprawnie i Scottie wykona zadanie, na ekranie pojawią się 3 gwiazdki. Jeżeli na ekranie pojawią się 2 lub 1 gwiazdka, oznacza to, że ułożony program może być krótszy (należy go zoptymalizować). Gdy zadanie zostanie wykonane nieprawidłowo będzie można ponownie ułożyć jego rozwiązanie.
 Pudełko z grą Scottie Go! EDU zawiera:
 	179 kartonowych klocków,
 	Kod licencyjny dla 3 urządzeń,
 	Planszę do układania klocków,
@@ -518,51 +410,53 @@
 	Obudowę metodyczną stworzoną przez nauczycieli praktyków, a w tym:
 	program pracy z wykorzystaniem gry,
 	pomysły na ciekawe dodatkowe aktywności w pracy z grą,
 	scenariusze lekcji dla uczniów w wieku 6-15 lat.
 	informacje na temat certyfikacji i wsparcia w Szkolnych Klubach Scottie Go!
 Zestaw Scottie Go! Edu wspomaga realizację podstawy programowej kształcenia ogólnego w ramach przedmiotów: zajęcia komputerowe i informatyka oraz wymagań szczegółowych projektu nowej podstawy programowej z przedmiotu informatyka.
 Gra Scottie Go! EDU pozwala na realizację zajęć w różnych sytuacjach edukacyjnych, w dowolnym miejscu i na różnych urządzeniach. Po zainstalowaniu aplikacji na urządzeniu, nie jest wymagany stały dostęp do Internetu podczas prowadzenia zajęć co sprawia, że mogą się one odbywać praktycznie w dowolnym miejscu: klasa szkolna, świetlica, hol, czy świeże powietrze.
 Wymagania sprzętowe:
 	Wymagania minimalne dla systemu operacyjnego Android: • Android 4.1 lub nowszy • procesor dwurdzeniowy 1.5GHz.
 	Wymagania minimalne dla systemu operacyjnego iOS 3: • iOS 8 • iPhone 5s • iPad 4 generacji lub nowszy.
 	Wymagania minimalne dla systemu operacyjnego Windows: • Windows 7/8/10 • 32/64 bit • 2GB RAM • procesor dwurdzeniowy 1.33GHz, z tylną kamerą.
 Gra wymaga pobrania darmowej aplikacji pobierz aplikację:
 	Google Play
 	iTunnes
 	Windows
 Pudełko NIE zawiera tabletu.
 • od 6 do 14 lat</t>
   </si>
   <si>
     <t>855211</t>
   </si>
   <si>
     <t>Stojak z zestawem pastelowych puf </t>
   </si>
   <si>
-    <t>Zestaw 10 piankowych puf w pastelowych kolorach umieszczonych na stojaku. Stojak jest wykonany ze sklejki brzozowej o gr. 18 mm powleczonej transparentnym lakierem wodnym i wyposażony w kółka (2 z blokadą), dzięki czemu można go łatwo przemieszczać i ustawiać bez ryzyka niechcianego przesunięcia się zestawu.  • wym. puf 30 x 30 x 10 cm  • wym. stelaża 108 x 40 x 47 cm</t>
+    <t>Zestaw 10 piankowych puf w pastelowych kolorach umieszczonych na stojaku. Stojak jest wykonany ze sklejki brzozowej o gr. 18 mm powleczonej transparentnym lakierem wodnym i wyposażony w kółka (2 z blokadą), dzięki czemu można go łatwo przemieszczać i ustawiać bez ryzyka niechcianego przesunięcia się zestawu. 
+• wym. puf 30 x 30 x 10 cm 
+• wym. stelaża 108 x 40 x 47 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -640,51 +534,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf0144d7cffced4e8abc7dbbe6a7d9d1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e78f3efacfb1af42eac95ba56a2e582.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a22e334d7ba857ba60704660c70f553.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8690270cd73fb78c6ba5fe91a54550b94.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657c5d397bdb634395233ec746fd71475.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08dd57a9ee49b0b1989f766e75fad656.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90a7d871604defd22f12b51901f2c2897.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92148216dea75d06745e1cf4bde7b0608.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d3efd42143779fba55c20a147bbfb8d9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b29849de8a995b5cc5d709687ec3a7610.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e1678fdc2455e5d34af2a892a1c97611.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86f47c6a1060fa937b5c26706a9da26612.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa3c23bcafb1edebd95ebfb12d02a7913.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebb3a8bae77874af9299adc40cf25c2314.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d276e8eedde1390ed87357160e76a815.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa53dfba23b8f0eb8d7a9e36e7f5199416.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fed6cbd65e15f91ef434d0c990440117.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32eeca4dfc4934cc2202b9768634c3018.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/044c742c3b248690b81c9601334d5bec19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52faa0214887e83877963cab4c10afd320.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915195b7d431b5cecb779a8609ad202e21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d6aaa4adffa36a41b928a5eeb88113622.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb0550c7769caebe89e31ef5a94053023.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227690df9bfcf625a2d26abaf56704d924.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e019ab95d677127fd34fcc033822adf1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09ca842350d44db4d9dc12e6e16c1e82.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939fac3e4bc7795f617443e9604985193.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba353b13beb62ad7b442bc9052aa8b34.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba92393e3995d2db043adcc7d1f84785.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc47179e74366f607d0c8377d1683496.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b488a3aeee0b4867c609fbf50b80b13b7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ee32b9b0c69acae1da5789979f87388.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653851f61d90b038fb553d706debac059.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c384454bd252de768a8db6357572ae10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/488163549939b7015d94be5daf33d4d511.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1652932cec90e7aa305fe6d0a6456fb112.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b816c6550e9ac97bba5a0512b2d79faa13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61147b0a1331d9bdac263d2f2c11791b14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac67d7b562ed3af3cf95b981ca1ced915.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1d7c7ab48aedca44974b44a99d1a7616.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29aaf547eb1b5cdb70c959c6fcb4c9a317.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf8b53bbf13964956c9f40ef05fd2c118.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8302c456ad193fc5960533433bd7985e19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca1715015e5f61512a97e764ade810920.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b8287da9ec8cd76d4b793b0b35c84421.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef179a6d55a68f358ac6de7ae60bfb8e22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/472d49f5db4e7ed485b6c2809d3760da23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cf5e5f9f51eef3966dc6879477271724.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4038600" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-GR-0009" descr="Klasa szkolna I-III Grande 1"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>