--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -19,150 +19,150 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Kalkulacja" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>WIZ-SZK-MB-0055 Sala wyciszenia</t>
   </si>
   <si>
-    <t>z dnia 2025-10-07 07:04:41</t>
+    <t>z dnia 2025-11-30 01:01:25</t>
   </si>
   <si>
     <t>Kod</t>
   </si>
   <si>
     <t>Nazwa</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Brutto</t>
   </si>
   <si>
     <t>Suma</t>
   </si>
   <si>
     <t>565014</t>
   </si>
   <si>
     <t>Stolik Neli do kącików zabaw</t>
   </si>
   <si>
     <t>Stolik do kącików zabaw, z białym laminowanym blatem, wyposażony w okrągłe nogi. Narożniki blatu delikatnie zaokrąglone. • wym. 60 x 60 x 53 cm• wym. 60 cm x 60 cm x 53 cm</t>
   </si>
   <si>
     <t>146246</t>
   </si>
   <si>
     <t>EKO dekor - domek duży szary</t>
   </si>
   <si>
     <t>Dekoracje w kształcie domków wykonane z tworzywa PET pochodzącego w 20% z recyklingu. Przeznaczone do eksponowania np. prac plastycznych. Do samodzielnego montażu za pomocą taśmy montażowej lub kleju montażowego (brak w zestawie). Mieści 16 prac formatu A4. • wym. 116,5 x 154,5 cmCzyścić suchą lub lekko zwilżoną szmatką, w razie potrzeby dokładnie odkurzyć.• wym. 117 cm x 155 cm</t>
   </si>
   <si>
     <t>855013</t>
   </si>
   <si>
     <t>Biblioteczka TAB z materacem</t>
   </si>
   <si>
-    <t>Korpus biblioteczki wykonany z szarej płyty laminowanej, drążki bukowe naturalne, nogi także bukowe z białym mocowaniem ze stali. Siedzisko biblioteczki tworzy materac o gr. 3 cm, obszyty szarym, plamoodpornym materiałem o widocznej strukturze. • wym. 103,5 x 40 x 163 cm</t>
+    <t>Korpus biblioteczki wykonany z szarej płyty laminowanej, drążki bukowe naturalne, nogi także bukowe z białym mocowaniem ze stali. Siedzisko biblioteczki tworzy materac o gr. 3 cm, obszyty szarym, plamoodpornym materiałem o widocznej strukturze. • wym. 103,50 x 40 x 163 cm</t>
   </si>
   <si>
     <t>303024</t>
   </si>
   <si>
     <t>Uniwersalny zestaw do mocowania hamaka do sufitu</t>
   </si>
   <si>
     <t>Niezbędne akcesoria do zamocowania hamaka. Do wyboru zestawy pozwalające zawiesić hamak między drzewami lub przymocować do ściany, belki albo do sufitu w pozycji "fotelika".• lina o dł. 3 m • element mocujący do przykręcenia do sufitu • haczyk • 4 wkręty z kołkami• wykonany z poliamidu (wzmocnionego włóknem szklanym) • lina wykonana z poliestru• wym. 300 cm</t>
   </si>
   <si>
     <t>834120</t>
   </si>
   <si>
     <t>Pufa Blocco 3-osobowa jasnoszara</t>
   </si>
   <si>
     <t xml:space="preserve">Seria siedzisk i oparć Blocco o geometrycznych kształtach świetnie sprawdzi się zarówno w przestrzeni biurowej, w gabinetach, jak i na korytarzu, w szatni czy w bibliotece. Można je dowolnie konfigurować. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) w stonowanych kolorach i wyposażone w niskie, okrągłe nóżki. Konstrukcja skrzyni jest wykonana z płyty wiórowej łączonej belkami z tarcicy. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wym. 190 x 50 x 42 cm  </t>
   </si>
   <si>
     <t>855010</t>
   </si>
   <si>
     <t>Szafka średnia TAB</t>
   </si>
   <si>
-    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,5 x 40 x 79,5 cm</t>
+    <t>Korpus wykonany z szarej płyty laminowanej, nogi bukowe w kolorze naturalnym z białym mocowaniem ze stali. Szafki można uzupełnić białymi drzwiczkami (855015, 855016, sprzedawane osobno) z lakierowanej płyty MDF.• wym. 103,50 x 40 x 79,50 cm</t>
   </si>
   <si>
     <t>056169</t>
   </si>
   <si>
     <t>Dywan Kamienie śr. 2 m, na 8 miejsc siedzących</t>
   </si>
   <si>
     <t>• śr. 2 m • 8 miejsc do siedzenia  Należy przyjąć tolerancję dla wymiarów +/- 2-3%.</t>
   </si>
   <si>
     <t>834116</t>
   </si>
   <si>
     <t>Pufa Blocco 2-osobowa jasnoszara</t>
   </si>
   <si>
     <t>Seria siedzisk i oparć Blocco o geometrycznych kształtach świetnie sprawdzi się zarówno w przestrzeni biurowej, w gabinetach, jak i na korytarzu, w szatni czy w bibliotece. Można je dowolnie konfigurować. Meble są tapicerowane odporną na ścieranie tkaniną poliestrową (100 000 cykli) w stonowanych kolorach i wyposażone w niskie, okrągłe nóżki. Konstrukcja skrzyni jest wykonana z płyty wiórowej łączonej belkami z tarcicy. Tkanina posiada badania na trudnozapalność m. in: BS EN 1021-1; BS EN 1021-2; BS 5852:2006 (CRIB 5). • wym. 130 x 50 x 42 cm  • wym. 130 cm x 50 cm x 42 cm</t>
   </si>
   <si>
     <t>101904</t>
   </si>
   <si>
     <t>Kanapka rozkładana - szara</t>
   </si>
   <si>
-    <t>Wygodna i stabilna kanapka z pianki, pokryta wytrzymałą tkaniną meditap, łatwą do utrzymania w czystości. Tkanina nie zawiera ftalanów. • wym. 48 x 80 x 49 cm • wym. po rozłożeniu 80 x 144 x 32,5 cm • gr. materaca 8 cm</t>
+    <t>Wygodna i stabilna kanapka z pianki, pokryta wytrzymałą tkaniną, łatwą do utrzymania w czystości. Tkanina nie zawiera ftalanów. • wym. 48 x 80 x 49 cm • wym. po rozłożeniu 80 x 144 x 32,5 cm • gr. materaca 8 cm• wym. 80 x 144 x 32,50 cm</t>
   </si>
   <si>
     <t>Łączna wartość</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$zł-415]_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -240,51 +240,51 @@
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="2" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="3" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d880a1e5fda4b132abc00aac0d8fd2b1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2ce3930d399ca27e4dd200180c770d2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389c85b1a15b84196918b6270edf99253.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd875fa57e7834afac38ba84c510cbb24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be142d2be9f67248c4ced5661dc6019f5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4adee38965caaf0b595263632b879ff56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aceea8694df2cde8a9f2c4485d279827.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cd5661690ecd16d6a30eb0583491208.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480fe2b57061a986622023bdad25a6c59.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7cea1b3d7e63b69094fa0c7b86802d10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3fa76c7d69ceb9a237e7b2902ecce751.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7844855f3d756f80bec3162cc3e97212.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63accc72583013776894626aac218b333.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0f8e4cf8e2ac37b865a86375c63aaa4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a41e166c8fca858b4741d440171b3d5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506ad68a3fe6e397cfea6335df814056.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8be06f7f38b81724b1fa7f33a45ea2a67.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29e43efb21abef9ee63cf8f6601abbcc8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0fd721732772d807622972194f4e38f9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3595e8456cfe4470a34ee8601ba2055910.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5076825" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="WIZ-SZK-MB-0055" descr="Sala wyciszenia"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>